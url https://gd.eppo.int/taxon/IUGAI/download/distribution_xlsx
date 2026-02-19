--- v0 (2025-10-01)
+++ v1 (2026-02-19)
@@ -92,51 +92,51 @@
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>