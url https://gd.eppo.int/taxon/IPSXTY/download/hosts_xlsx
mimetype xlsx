--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -12,83 +12,87 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPSXTY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PIEAB</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
+    <t>* Jurc M, Pavlin R, Borkovič D, Pintarič S (2024) The Material for the Beetle Fauna (Coleoptera) of Slovenia : 6. contribution: Polyphaga: Curculionidae: Scolytinae, Platypodinae. Slovenian Museum of Natural History, 2024. 405 str., ilustr. Scopolia, 108, 2024. https://www.pms-lj.si/app/uploads/2024/12/Scopolia_108_web.pdf
+* Pulgarín Díaz JA, Pérez-Pérez J, Melin M, Peltola H, Tikkanen OP (2025) Assessing the impacts of forest stand structure and landscape on the formation of Ips typographus damage hotspots in Finland. Forestry: An International Journal of Forest Research cpaf058. https://doi.org/10.1093/forestry/cpaf058</t>
+  </si>
+  <si>
+    <t>Host</t>
+  </si>
+  <si>
+    <t>ABIAL</t>
+  </si>
+  <si>
+    <t>Abies alba</t>
+  </si>
+  <si>
     <t>* Jurc M, Pavlin R, Borkovič D, Pintarič S (2024) The Material for the Beetle Fauna (Coleoptera) of Slovenia : 6. contribution: Polyphaga: Curculionidae: Scolytinae, Platypodinae. Slovenian Museum of Natural History, 2024. 405 str., ilustr. Scopolia, 108, 2024. https://www.pms-lj.si/app/uploads/2024/12/Scopolia_108_web.pdf</t>
-  </si>
-[...7 lines deleted...]
-    <t>Abies alba</t>
   </si>
   <si>
     <t>ABIHL</t>
   </si>
   <si>
     <t>Abies holophylla</t>
   </si>
   <si>
     <t>ABINE</t>
   </si>
   <si>
     <t>Abies nephrolepis</t>
   </si>
   <si>
     <t>ABINO</t>
   </si>
   <si>
     <t>Abies nordmanniana</t>
   </si>
   <si>
     <t>ABISA</t>
   </si>
   <si>
     <t>Abies sachalinensis</t>
   </si>
@@ -583,313 +587,313 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">