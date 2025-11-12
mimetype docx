--- v0 (2025-10-20)
+++ v1 (2025-11-12)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167068f63d0597d99" w:history="1">
+            <w:hyperlink r:id="rId657969142475e0f67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId617768f63d0597deb" w:history="1">
+            <w:hyperlink r:id="rId169869142475e0fad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7122379" name="name486968f63d0598456" descr="13747.jpg"/>
+                  <wp:docPr id="29206503" name="name769669142475e1940" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId737868f63d0598454" cstate="print"/>
+                          <a:blip r:embed="rId424269142475e193e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId599368f63d0598590" w:history="1">
+            <w:hyperlink r:id="rId815569142475e1a79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,63 +1301,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53502089" name="name246068f63d059959e" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="78180093" name="name978669142475e2ddc" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId405168f63d059959c" cstate="print"/>
+                    <a:blip r:embed="rId735969142475e2dd9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565168f63d059b68a" w:history="1">
+      <w:hyperlink r:id="rId276469142475e512d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420568f63d059b8ba" w:history="1">
+      <w:hyperlink r:id="rId587969142475e537d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521168f63d059b942" w:history="1">
+      <w:hyperlink r:id="rId225469142475e540a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787668f63d059bcaf" w:history="1">
+      <w:hyperlink r:id="rId487969142475e57db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781368f63d059be0a" w:history="1"/>
+      <w:hyperlink r:id="rId459669142475e5941" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534668f63d059c582" w:history="1">
+      <w:hyperlink r:id="rId384069142475e60e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926168f63d059c5d4" w:history="1">
+      <w:hyperlink r:id="rId123769142475e613c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501568f63d059c664" w:history="1">
+      <w:hyperlink r:id="rId130369142475e61ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110268f63d059c718" w:history="1">
+      <w:hyperlink r:id="rId776469142475e6288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17041703" name="name247868f63d059c98a" descr="eu_funding_250.png"/>
+            <wp:docPr id="50015961" name="name294869142475e6422" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId431168f63d059c989" cstate="print"/>
+                    <a:blip r:embed="rId799069142475e6421" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48198034">
+  <w:abstractNum w:abstractNumId="41461220">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94997922">
+    <w:lvl w:ilvl="0" w:tplc="53176609">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94997922" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53176609" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48198033">
+  <w:abstractNum w:abstractNumId="41461219">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48203051">
+    <w:lvl w:ilvl="0" w:tplc="86744353">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48198033">
-    <w:abstractNumId w:val="48198033"/>
+  <w:num w:numId="41461219">
+    <w:abstractNumId w:val="41461219"/>
   </w:num>
-  <w:num w:numId="48198034">
-    <w:abstractNumId w:val="48198034"/>
+  <w:num w:numId="41461220">
+    <w:abstractNumId w:val="41461220"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId267809882" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701227108" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId167068f63d0597d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId617768f63d0597deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId599368f63d0598590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId565168f63d059b68a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId420568f63d059b8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId521168f63d059b942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId787668f63d059bcaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId781368f63d059be0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId534668f63d059c582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId926168f63d059c5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId501568f63d059c664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId110268f63d059c718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId737868f63d0598454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737868f63d0598454.jpg"/><Relationship Id="rId405168f63d059959c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId405168f63d059959c.jpg"/><Relationship Id="rId431168f63d059c989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431168f63d059c989.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId833512315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596548176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId657969142475e0f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId169869142475e0fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId815569142475e1a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId276469142475e512d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId587969142475e537d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId225469142475e540a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId487969142475e57db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId459669142475e5941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId384069142475e60e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId123769142475e613c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId130369142475e61ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId776469142475e6288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId424269142475e193e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424269142475e193e.jpg"/><Relationship Id="rId735969142475e2dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735969142475e2dd9.jpg"/><Relationship Id="rId799069142475e6421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799069142475e6421.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>