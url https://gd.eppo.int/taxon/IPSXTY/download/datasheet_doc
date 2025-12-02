--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId657969142475e0f67" w:history="1">
+            <w:hyperlink r:id="rId9365692e9c856d246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169869142475e0fad" w:history="1">
+            <w:hyperlink r:id="rId3732692e9c856d289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29206503" name="name769669142475e1940" descr="13747.jpg"/>
+                  <wp:docPr id="89753243" name="name4672692e9c856daac" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId424269142475e193e" cstate="print"/>
+                          <a:blip r:embed="rId1616692e9c856daaa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId815569142475e1a79" w:history="1">
+            <w:hyperlink r:id="rId9065692e9c856dbdb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,63 +1301,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78180093" name="name978669142475e2ddc" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="12598680" name="name6781692e9c856f0de" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId735969142475e2dd9" cstate="print"/>
+                    <a:blip r:embed="rId9115692e9c856f0dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276469142475e512d" w:history="1">
+      <w:hyperlink r:id="rId9875692e9c857126a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587969142475e537d" w:history="1">
+      <w:hyperlink r:id="rId5168692e9c85714a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225469142475e540a" w:history="1">
+      <w:hyperlink r:id="rId3824692e9c857152e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487969142475e57db" w:history="1">
+      <w:hyperlink r:id="rId1000692e9c85719bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459669142475e5941" w:history="1"/>
+      <w:hyperlink r:id="rId8176692e9c8571b1f" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384069142475e60e9" w:history="1">
+      <w:hyperlink r:id="rId3340692e9c85723ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123769142475e613c" w:history="1">
+      <w:hyperlink r:id="rId5494692e9c8572439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId130369142475e61ce" w:history="1">
+      <w:hyperlink r:id="rId5883692e9c85724fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776469142475e6288" w:history="1">
+      <w:hyperlink r:id="rId7128692e9c85725de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50015961" name="name294869142475e6422" descr="eu_funding_250.png"/>
+            <wp:docPr id="95068780" name="name9763692e9c8572802" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId799069142475e6421" cstate="print"/>
+                    <a:blip r:embed="rId1846692e9c8572800" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41461220">
+  <w:abstractNum w:abstractNumId="22560716">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53176609">
+    <w:lvl w:ilvl="0" w:tplc="68016637">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53176609" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68016637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41461219">
+  <w:abstractNum w:abstractNumId="22560715">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86744353">
+    <w:lvl w:ilvl="0" w:tplc="92631833">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41461219">
-    <w:abstractNumId w:val="41461219"/>
+  <w:num w:numId="22560715">
+    <w:abstractNumId w:val="22560715"/>
   </w:num>
-  <w:num w:numId="41461220">
-    <w:abstractNumId w:val="41461220"/>
+  <w:num w:numId="22560716">
+    <w:abstractNumId w:val="22560716"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId833512315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596548176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId657969142475e0f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId169869142475e0fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId815569142475e1a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId276469142475e512d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId587969142475e537d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId225469142475e540a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId487969142475e57db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId459669142475e5941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId384069142475e60e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId123769142475e613c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId130369142475e61ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId776469142475e6288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId424269142475e193e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424269142475e193e.jpg"/><Relationship Id="rId735969142475e2dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735969142475e2dd9.jpg"/><Relationship Id="rId799069142475e6421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799069142475e6421.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId105384986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500357514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9365692e9c856d246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId3732692e9c856d289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId9065692e9c856dbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId9875692e9c857126a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId5168692e9c85714a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId3824692e9c857152e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId1000692e9c85719bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId8176692e9c8571b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId3340692e9c85723ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId5494692e9c8572439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId5883692e9c85724fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId7128692e9c85725de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1616692e9c856daaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1616692e9c856daaa.jpg"/><Relationship Id="rId9115692e9c856f0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9115692e9c856f0dc.jpg"/><Relationship Id="rId1846692e9c8572800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1846692e9c8572800.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>