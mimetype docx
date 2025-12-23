--- v2 (2025-12-02)
+++ v3 (2025-12-23)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9365692e9c856d246" w:history="1">
+            <w:hyperlink r:id="rId7882694a6d9e19b19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3732692e9c856d289" w:history="1">
+            <w:hyperlink r:id="rId7905694a6d9e19b5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89753243" name="name4672692e9c856daac" descr="13747.jpg"/>
+                  <wp:docPr id="99080806" name="name9574694a6d9e1a2e8" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1616692e9c856daaa" cstate="print"/>
+                          <a:blip r:embed="rId2712694a6d9e1a2e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9065692e9c856dbdb" w:history="1">
+            <w:hyperlink r:id="rId9825694a6d9e1a3de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,105 +1301,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12598680" name="name6781692e9c856f0de" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="94657496" name="name4067694a6d9e1b6a4" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9115692e9c856f0dc" cstate="print"/>
+                    <a:blip r:embed="rId3095694a6d9e1b6a0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Kazakhstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Kazakhstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9875692e9c857126a" w:history="1">
+      <w:hyperlink r:id="rId8513694a6d9e1d7b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5168692e9c85714a5" w:history="1">
+      <w:hyperlink r:id="rId3324694a6d9e1d9db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3824692e9c857152e" w:history="1">
+      <w:hyperlink r:id="rId3816694a6d9e1da61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1000692e9c85719bc" w:history="1">
+      <w:hyperlink r:id="rId3866694a6d9e1ddcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8176692e9c8571b1f" w:history="1"/>
+      <w:hyperlink r:id="rId3181694a6d9e1df24" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3340692e9c85723ba" w:history="1">
+      <w:hyperlink r:id="rId9497694a6d9e1ea46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5494692e9c8572439" w:history="1">
+      <w:hyperlink r:id="rId9159694a6d9e1ea98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5883692e9c85724fb" w:history="1">
+      <w:hyperlink r:id="rId1214694a6d9e1eb29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7128692e9c85725de" w:history="1">
+      <w:hyperlink r:id="rId5692694a6d9e1ebe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95068780" name="name9763692e9c8572802" descr="eu_funding_250.png"/>
+            <wp:docPr id="38263987" name="name2394694a6d9e1ed32" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1846692e9c8572800" cstate="print"/>
+                    <a:blip r:embed="rId8546694a6d9e1ed31" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22560716">
+  <w:abstractNum w:abstractNumId="40446474">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68016637">
+    <w:lvl w:ilvl="0" w:tplc="68042999">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68016637" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68042999" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22560715">
+  <w:abstractNum w:abstractNumId="40446473">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92631833">
+    <w:lvl w:ilvl="0" w:tplc="66747684">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22560715">
-    <w:abstractNumId w:val="22560715"/>
+  <w:num w:numId="40446473">
+    <w:abstractNumId w:val="40446473"/>
   </w:num>
-  <w:num w:numId="22560716">
-    <w:abstractNumId w:val="22560716"/>
+  <w:num w:numId="40446474">
+    <w:abstractNumId w:val="40446474"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId105384986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500357514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9365692e9c856d246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId3732692e9c856d289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId9065692e9c856dbdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId9875692e9c857126a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId5168692e9c85714a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId3824692e9c857152e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId1000692e9c85719bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId8176692e9c8571b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId3340692e9c85723ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId5494692e9c8572439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId5883692e9c85724fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId7128692e9c85725de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1616692e9c856daaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1616692e9c856daaa.jpg"/><Relationship Id="rId9115692e9c856f0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9115692e9c856f0dc.jpg"/><Relationship Id="rId1846692e9c8572800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1846692e9c8572800.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892352580" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618281870" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7882694a6d9e19b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId7905694a6d9e19b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId9825694a6d9e1a3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId8513694a6d9e1d7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId3324694a6d9e1d9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId3816694a6d9e1da61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId3866694a6d9e1ddcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId3181694a6d9e1df24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId9497694a6d9e1ea46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId9159694a6d9e1ea98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId1214694a6d9e1eb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId5692694a6d9e1ebe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2712694a6d9e1a2e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2712694a6d9e1a2e6.jpg"/><Relationship Id="rId3095694a6d9e1b6a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3095694a6d9e1b6a0.jpg"/><Relationship Id="rId8546694a6d9e1ed31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8546694a6d9e1ed31.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>