--- v3 (2025-12-23)
+++ v4 (2026-01-14)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7882694a6d9e19b19" w:history="1">
+            <w:hyperlink r:id="rId536869674abf108f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7905694a6d9e19b5d" w:history="1">
+            <w:hyperlink r:id="rId646169674abf10935" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99080806" name="name9574694a6d9e1a2e8" descr="13747.jpg"/>
+                  <wp:docPr id="74055935" name="name761869674abf10f23" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2712694a6d9e1a2e6" cstate="print"/>
+                          <a:blip r:embed="rId191369674abf10f22" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9825694a6d9e1a3de" w:history="1">
+            <w:hyperlink r:id="rId797569674abf1102c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,63 +1301,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94657496" name="name4067694a6d9e1b6a4" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="24107950" name="name693769674abf1235d" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3095694a6d9e1b6a0" cstate="print"/>
+                    <a:blip r:embed="rId800469674abf1235a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8513694a6d9e1d7b8" w:history="1">
+      <w:hyperlink r:id="rId878669674abf1461e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3324694a6d9e1d9db" w:history="1">
+      <w:hyperlink r:id="rId422769674abf14868" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3816694a6d9e1da61" w:history="1">
+      <w:hyperlink r:id="rId709169674abf148f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3866694a6d9e1ddcc" w:history="1">
+      <w:hyperlink r:id="rId447169674abf14c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3181694a6d9e1df24" w:history="1"/>
+      <w:hyperlink r:id="rId610269674abf14dce" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9497694a6d9e1ea46" w:history="1">
+      <w:hyperlink r:id="rId197569674abf15541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9159694a6d9e1ea98" w:history="1">
+      <w:hyperlink r:id="rId545569674abf15593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1214694a6d9e1eb29" w:history="1">
+      <w:hyperlink r:id="rId899269674abf15622" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7974,73 +7974,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5692694a6d9e1ebe1" w:history="1">
+      <w:hyperlink r:id="rId624369674abf156d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38263987" name="name2394694a6d9e1ed32" descr="eu_funding_250.png"/>
+            <wp:docPr id="42905776" name="name564069674abf15ac0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8546694a6d9e1ed31" cstate="print"/>
+                    <a:blip r:embed="rId751069674abf15abf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40446474">
+  <w:abstractNum w:abstractNumId="92823389">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68042999">
+    <w:lvl w:ilvl="0" w:tplc="76800472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68042999" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76800472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40446473">
+  <w:abstractNum w:abstractNumId="92823388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66747684">
+    <w:lvl w:ilvl="0" w:tplc="40376109">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40446473">
-    <w:abstractNumId w:val="40446473"/>
+  <w:num w:numId="92823388">
+    <w:abstractNumId w:val="92823388"/>
   </w:num>
-  <w:num w:numId="40446474">
-    <w:abstractNumId w:val="40446474"/>
+  <w:num w:numId="92823389">
+    <w:abstractNumId w:val="92823389"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId892352580" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618281870" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7882694a6d9e19b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId7905694a6d9e19b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId9825694a6d9e1a3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId8513694a6d9e1d7b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId3324694a6d9e1d9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId3816694a6d9e1da61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId3866694a6d9e1ddcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId3181694a6d9e1df24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId9497694a6d9e1ea46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId9159694a6d9e1ea98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId1214694a6d9e1eb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId5692694a6d9e1ebe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2712694a6d9e1a2e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2712694a6d9e1a2e6.jpg"/><Relationship Id="rId3095694a6d9e1b6a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3095694a6d9e1b6a0.jpg"/><Relationship Id="rId8546694a6d9e1ed31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8546694a6d9e1ed31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551727034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId467933585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId536869674abf108f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId646169674abf10935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId797569674abf1102c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId878669674abf1461e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId422769674abf14868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId709169674abf148f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId447169674abf14c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId610269674abf14dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId197569674abf15541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId545569674abf15593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId899269674abf15622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId624369674abf156d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191369674abf10f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191369674abf10f22.jpg"/><Relationship Id="rId800469674abf1235a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469674abf1235a.jpg"/><Relationship Id="rId751069674abf15abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751069674abf15abf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>