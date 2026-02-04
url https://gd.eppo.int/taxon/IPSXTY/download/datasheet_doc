--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536869674abf108f2" w:history="1">
+            <w:hyperlink r:id="rId479669832c94a35cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId646169674abf10935" w:history="1">
+            <w:hyperlink r:id="rId713469832c94a3613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74055935" name="name761869674abf10f23" descr="13747.jpg"/>
+                  <wp:docPr id="75304787" name="name589069832c94a3c5e" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId191369674abf10f22" cstate="print"/>
+                          <a:blip r:embed="rId593969832c94a3c5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId797569674abf1102c" w:history="1">
+            <w:hyperlink r:id="rId745869832c94a3d8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,105 +1301,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24107950" name="name693769674abf1235d" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="25847503" name="name278069832c94a5353" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId800469674abf1235a" cstate="print"/>
+                    <a:blip r:embed="rId984269832c94a534f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Kazakhstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland), Kazakhstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878669674abf1461e" w:history="1">
+      <w:hyperlink r:id="rId372569832c94a7583" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422769674abf14868" w:history="1">
+      <w:hyperlink r:id="rId691569832c94a77aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709169674abf148f1" w:history="1">
+      <w:hyperlink r:id="rId726569832c94a7832" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447169674abf14c73" w:history="1">
+      <w:hyperlink r:id="rId117369832c94a7baf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610269674abf14dce" w:history="1"/>
+      <w:hyperlink r:id="rId952169832c94a7d0b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197569674abf15541" w:history="1">
+      <w:hyperlink r:id="rId747169832c94a849c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545569674abf15593" w:history="1">
+      <w:hyperlink r:id="rId924769832c94a84ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899269674abf15622" w:history="1">
+      <w:hyperlink r:id="rId786069832c94a8580" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624369674abf156d8" w:history="1">
+      <w:hyperlink r:id="rId199869832c94a8642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42905776" name="name564069674abf15ac0" descr="eu_funding_250.png"/>
+            <wp:docPr id="37423474" name="name560169832c94a87d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId751069674abf15abf" cstate="print"/>
+                    <a:blip r:embed="rId109169832c94a87d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92823389">
+  <w:abstractNum w:abstractNumId="66843570">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76800472">
+    <w:lvl w:ilvl="0" w:tplc="89523068">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76800472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89523068" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92823388">
+  <w:abstractNum w:abstractNumId="66843569">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40376109">
+    <w:lvl w:ilvl="0" w:tplc="31997885">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92823388">
-    <w:abstractNumId w:val="92823388"/>
+  <w:num w:numId="66843569">
+    <w:abstractNumId w:val="66843569"/>
   </w:num>
-  <w:num w:numId="92823389">
-    <w:abstractNumId w:val="92823389"/>
+  <w:num w:numId="66843570">
+    <w:abstractNumId w:val="66843570"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551727034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId467933585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId536869674abf108f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId646169674abf10935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId797569674abf1102c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId878669674abf1461e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId422769674abf14868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId709169674abf148f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId447169674abf14c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId610269674abf14dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId197569674abf15541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId545569674abf15593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId899269674abf15622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId624369674abf156d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191369674abf10f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191369674abf10f22.jpg"/><Relationship Id="rId800469674abf1235a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId800469674abf1235a.jpg"/><Relationship Id="rId751069674abf15abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751069674abf15abf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId931991017" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340539224" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId479669832c94a35cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId713469832c94a3613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId745869832c94a3d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId372569832c94a7583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId691569832c94a77aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId726569832c94a7832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId117369832c94a7baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId952169832c94a7d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId747169832c94a849c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId924769832c94a84ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId786069832c94a8580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId199869832c94a8642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId593969832c94a3c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593969832c94a3c5c.jpg"/><Relationship Id="rId984269832c94a534f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984269832c94a534f.jpg"/><Relationship Id="rId109169832c94a87d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109169832c94a87d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>