--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Niijima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-dentate bark beetle, eight-spined engraver, eight-toothed spruce bark beetle, spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479669832c94a35cc" w:history="1">
+            <w:hyperlink r:id="rId4645699e81b3911ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713469832c94a3613" w:history="1">
+            <w:hyperlink r:id="rId3682699e81b391234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXTY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75304787" name="name589069832c94a3c5e" descr="13747.jpg"/>
+                  <wp:docPr id="10896325" name="name3371699e81b39192c" descr="13747.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13747.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId593969832c94a3c5c" cstate="print"/>
+                          <a:blip r:embed="rId5134699e81b39192a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId745869832c94a3d8c" w:history="1">
+            <w:hyperlink r:id="rId2861699e81b391a7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1301,63 +1301,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I. typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present both in the lowlands and mountains.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25847503" name="name278069832c94a5353" descr="IPSXTY_distribution_map.jpg"/>
+            <wp:docPr id="1957843" name="name8655699e81b392c07" descr="IPSXTY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXTY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId984269832c94a534f" cstate="print"/>
+                    <a:blip r:embed="rId3156699e81b392c03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5368,51 +5368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eight-toothed bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372569832c94a7583" w:history="1">
+      <w:hyperlink r:id="rId3779699e81b394de8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 17 July 2020] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5708,51 +5708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691569832c94a77aa" w:history="1">
+      <w:hyperlink r:id="rId4370699e81b39501e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726569832c94a7832" w:history="1">
+      <w:hyperlink r:id="rId9889699e81b3950a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6337,51 +6337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1/3), 241-250. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117369832c94a7baf" w:history="1">
+      <w:hyperlink r:id="rId3623699e81b39541a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sciencedirect.com/science/journal/03781127</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6552,51 +6552,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 34–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952169832c94a7d0b" w:history="1"/>
+      <w:hyperlink r:id="rId5170699e81b395576" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Krehan H &amp; Steyrer G (2004) Bark-beetle gradation (2003). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7746,101 +7746,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747169832c94a849c" w:history="1">
+      <w:hyperlink r:id="rId3925699e81b395d1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28843</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924769832c94a84ef" w:history="1">
+      <w:hyperlink r:id="rId7300699e81b395d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7886,51 +7886,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4881, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786069832c94a8580" w:history="1">
+      <w:hyperlink r:id="rId1498699e81b395e02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7996,51 +7996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199869832c94a8642" w:history="1">
+      <w:hyperlink r:id="rId1311699e81b395eba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8159,63 +8159,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37423474" name="name560169832c94a87d8" descr="eu_funding_250.png"/>
+            <wp:docPr id="14886330" name="name1748699e81b39628d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId109169832c94a87d7" cstate="print"/>
+                    <a:blip r:embed="rId4755699e81b39628c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8313,137 +8313,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66843570">
+  <w:abstractNum w:abstractNumId="97447415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89523068">
+    <w:lvl w:ilvl="0" w:tplc="39739112">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89523068" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39739112" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66843569">
+  <w:abstractNum w:abstractNumId="97447414">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31997885">
+    <w:lvl w:ilvl="0" w:tplc="13966078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9195,55 +9195,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66843569">
-    <w:abstractNumId w:val="66843569"/>
+  <w:num w:numId="97447414">
+    <w:abstractNumId w:val="97447414"/>
   </w:num>
-  <w:num w:numId="66843570">
-    <w:abstractNumId w:val="66843570"/>
+  <w:num w:numId="97447415">
+    <w:abstractNumId w:val="97447415"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20793,51 +20793,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId931991017" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340539224" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId479669832c94a35cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId713469832c94a3613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId745869832c94a3d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId372569832c94a7583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId691569832c94a77aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId726569832c94a7832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId117369832c94a7baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId952169832c94a7d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId747169832c94a849c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId924769832c94a84ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId786069832c94a8580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId199869832c94a8642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId593969832c94a3c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593969832c94a3c5c.jpg"/><Relationship Id="rId984269832c94a534f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984269832c94a534f.jpg"/><Relationship Id="rId109169832c94a87d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109169832c94a87d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478656142" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585168071" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4645699e81b3911ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/" TargetMode="External"/><Relationship Id="rId3682699e81b391234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/categorization" TargetMode="External"/><Relationship Id="rId2861699e81b391a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXTY/photos" TargetMode="External"/><Relationship Id="rId3779699e81b394de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId4370699e81b39501e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId9889699e81b3950a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId3623699e81b39541a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/journal/03781127" TargetMode="External"/><Relationship Id="rId5170699e81b395576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-185X.2011.00183" TargetMode="External"/><Relationship Id="rId3925699e81b395d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28843" TargetMode="External"/><Relationship Id="rId7300699e81b395d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.488" TargetMode="External"/><Relationship Id="rId1498699e81b395e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/full/10.2903/j.efsa.2017.4881" TargetMode="External"/><Relationship Id="rId1311699e81b395eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5134699e81b39192a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5134699e81b39192a.jpg"/><Relationship Id="rId3156699e81b392c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3156699e81b392c03.jpg"/><Relationship Id="rId4755699e81b39628c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4755699e81b39628c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>