--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId836168e2bc5128864" w:history="1">
+            <w:hyperlink r:id="rId951168fdc95e7db25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227868e2bc51288aa" w:history="1">
+            <w:hyperlink r:id="rId576668fdc95e7db6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96894139" name="name741568e2bc51290bd" descr="15991.jpg"/>
+                  <wp:docPr id="80197691" name="name412668fdc95e7e45e" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId803868e2bc51290bc" cstate="print"/>
+                          <a:blip r:embed="rId717968fdc95e7e45c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId440468e2bc51291d3" w:history="1">
+            <w:hyperlink r:id="rId673368fdc95e7e587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68839469" name="name897968e2bc512a883" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="39957440" name="name534068fdc95e7f8ec" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId806868e2bc512a880" cstate="print"/>
+                    <a:blip r:embed="rId346068fdc95e7f8e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448768e2bc512b6c9" w:history="1">
+      <w:hyperlink r:id="rId694068fdc95e8092f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103268e2bc512be7d" w:history="1">
+      <w:hyperlink r:id="rId310668fdc95e81122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594468e2bc512c4ad" w:history="1">
+      <w:hyperlink r:id="rId975268fdc95e8177e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953168e2bc512c56f" w:history="1">
+      <w:hyperlink r:id="rId424068fdc95e81846" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88133017" name="name494668e2bc512c6aa" descr="eu_funding_250.png"/>
+            <wp:docPr id="61095757" name="name455268fdc95e81ddb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId409568e2bc512c6a8" cstate="print"/>
+                    <a:blip r:embed="rId185668fdc95e81dda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11552353">
+  <w:abstractNum w:abstractNumId="10011182">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93924054">
+    <w:lvl w:ilvl="0" w:tplc="40484125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93924054" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40484125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11552352">
+  <w:abstractNum w:abstractNumId="10011181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61880408">
+    <w:lvl w:ilvl="0" w:tplc="68520261">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11552352">
-    <w:abstractNumId w:val="11552352"/>
+  <w:num w:numId="10011181">
+    <w:abstractNumId w:val="10011181"/>
   </w:num>
-  <w:num w:numId="11552353">
-    <w:abstractNumId w:val="11552353"/>
+  <w:num w:numId="10011182">
+    <w:abstractNumId w:val="10011182"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989895991" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820875209" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId836168e2bc5128864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId227868e2bc51288aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId440468e2bc51291d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId448768e2bc512b6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId103268e2bc512be7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId594468e2bc512c4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId953168e2bc512c56f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId803868e2bc51290bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803868e2bc51290bc.jpg"/><Relationship Id="rId806868e2bc512a880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId806868e2bc512a880.jpg"/><Relationship Id="rId409568e2bc512c6a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId409568e2bc512c6a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId318948439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418843973" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId951168fdc95e7db25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId576668fdc95e7db6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId673368fdc95e7e587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId694068fdc95e8092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId310668fdc95e81122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId975268fdc95e8177e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId424068fdc95e81846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId717968fdc95e7e45c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717968fdc95e7e45c.jpg"/><Relationship Id="rId346068fdc95e7f8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId346068fdc95e7f8e9.jpg"/><Relationship Id="rId185668fdc95e81dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185668fdc95e81dda.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>