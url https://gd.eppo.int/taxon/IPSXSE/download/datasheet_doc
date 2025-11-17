--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId951168fdc95e7db25" w:history="1">
+            <w:hyperlink r:id="rId7917691a8ee50e355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576668fdc95e7db6b" w:history="1">
+            <w:hyperlink r:id="rId5208691a8ee50e398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80197691" name="name412668fdc95e7e45e" descr="15991.jpg"/>
+                  <wp:docPr id="8034116" name="name1903691a8ee50ee88" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId717968fdc95e7e45c" cstate="print"/>
+                          <a:blip r:embed="rId7504691a8ee50ee85" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId673368fdc95e7e587" w:history="1">
+            <w:hyperlink r:id="rId2996691a8ee50efd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39957440" name="name534068fdc95e7f8ec" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="30047347" name="name5343691a8ee51074a" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId346068fdc95e7f8e9" cstate="print"/>
+                    <a:blip r:embed="rId9527691a8ee510747" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694068fdc95e8092f" w:history="1">
+      <w:hyperlink r:id="rId4659691a8ee511776" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310668fdc95e81122" w:history="1">
+      <w:hyperlink r:id="rId2032691a8ee512061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975268fdc95e8177e" w:history="1">
+      <w:hyperlink r:id="rId3667691a8ee5126d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424068fdc95e81846" w:history="1">
+      <w:hyperlink r:id="rId9199691a8ee5127d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61095757" name="name455268fdc95e81ddb" descr="eu_funding_250.png"/>
+            <wp:docPr id="32191933" name="name5890691a8ee512942" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId185668fdc95e81dda" cstate="print"/>
+                    <a:blip r:embed="rId2331691a8ee512941" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10011182">
+  <w:abstractNum w:abstractNumId="99584495">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40484125">
+    <w:lvl w:ilvl="0" w:tplc="71341127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40484125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71341127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10011181">
+  <w:abstractNum w:abstractNumId="99584494">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68520261">
+    <w:lvl w:ilvl="0" w:tplc="46387455">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10011181">
-    <w:abstractNumId w:val="10011181"/>
+  <w:num w:numId="99584494">
+    <w:abstractNumId w:val="99584494"/>
   </w:num>
-  <w:num w:numId="10011182">
-    <w:abstractNumId w:val="10011182"/>
+  <w:num w:numId="99584495">
+    <w:abstractNumId w:val="99584495"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId318948439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418843973" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId951168fdc95e7db25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId576668fdc95e7db6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId673368fdc95e7e587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId694068fdc95e8092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId310668fdc95e81122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId975268fdc95e8177e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId424068fdc95e81846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId717968fdc95e7e45c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717968fdc95e7e45c.jpg"/><Relationship Id="rId346068fdc95e7f8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId346068fdc95e7f8e9.jpg"/><Relationship Id="rId185668fdc95e81dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185668fdc95e81dda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId690449293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935158694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7917691a8ee50e355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId5208691a8ee50e398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId2996691a8ee50efd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId4659691a8ee511776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId2032691a8ee512061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId3667691a8ee5126d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId9199691a8ee5127d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7504691a8ee50ee85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7504691a8ee50ee85.jpg"/><Relationship Id="rId9527691a8ee510747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9527691a8ee510747.jpg"/><Relationship Id="rId2331691a8ee512941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331691a8ee512941.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>