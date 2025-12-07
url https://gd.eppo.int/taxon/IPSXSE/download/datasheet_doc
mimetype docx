--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7917691a8ee50e355" w:history="1">
+            <w:hyperlink r:id="rId7203693555a35123b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5208691a8ee50e398" w:history="1">
+            <w:hyperlink r:id="rId1535693555a351280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8034116" name="name1903691a8ee50ee88" descr="15991.jpg"/>
+                  <wp:docPr id="66612626" name="name2247693555a351b06" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7504691a8ee50ee85" cstate="print"/>
+                          <a:blip r:embed="rId6005693555a351b04" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2996691a8ee50efd9" w:history="1">
+            <w:hyperlink r:id="rId5677693555a351ee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30047347" name="name5343691a8ee51074a" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="6497374" name="name6608693555a353a20" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9527691a8ee510747" cstate="print"/>
+                    <a:blip r:embed="rId5093693555a353a1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4659691a8ee511776" w:history="1">
+      <w:hyperlink r:id="rId6381693555a354bc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2032691a8ee512061" w:history="1">
+      <w:hyperlink r:id="rId6239693555a355372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3667691a8ee5126d2" w:history="1">
+      <w:hyperlink r:id="rId5995693555a355977" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9199691a8ee5127d5" w:history="1">
+      <w:hyperlink r:id="rId2639693555a355a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32191933" name="name5890691a8ee512942" descr="eu_funding_250.png"/>
+            <wp:docPr id="1755594" name="name3946693555a355f5f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2331691a8ee512941" cstate="print"/>
+                    <a:blip r:embed="rId2798693555a355f5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99584495">
+  <w:abstractNum w:abstractNumId="31129273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71341127">
+    <w:lvl w:ilvl="0" w:tplc="91909753">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71341127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91909753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99584494">
+  <w:abstractNum w:abstractNumId="31129272">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46387455">
+    <w:lvl w:ilvl="0" w:tplc="64735934">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99584494">
-    <w:abstractNumId w:val="99584494"/>
+  <w:num w:numId="31129272">
+    <w:abstractNumId w:val="31129272"/>
   </w:num>
-  <w:num w:numId="99584495">
-    <w:abstractNumId w:val="99584495"/>
+  <w:num w:numId="31129273">
+    <w:abstractNumId w:val="31129273"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId690449293" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935158694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7917691a8ee50e355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId5208691a8ee50e398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId2996691a8ee50efd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId4659691a8ee511776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId2032691a8ee512061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId3667691a8ee5126d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId9199691a8ee5127d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7504691a8ee50ee85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7504691a8ee50ee85.jpg"/><Relationship Id="rId9527691a8ee510747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9527691a8ee510747.jpg"/><Relationship Id="rId2331691a8ee512941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331691a8ee512941.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId524994254" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId933180381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7203693555a35123b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId1535693555a351280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId5677693555a351ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId6381693555a354bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6239693555a355372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId5995693555a355977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId2639693555a355a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6005693555a351b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6005693555a351b04.jpg"/><Relationship Id="rId5093693555a353a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5093693555a353a1e.jpg"/><Relationship Id="rId2798693555a355f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2798693555a355f5d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>