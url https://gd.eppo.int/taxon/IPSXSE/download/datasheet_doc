--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7203693555a35123b" w:history="1">
+            <w:hyperlink r:id="rId769569513c962c590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1535693555a351280" w:history="1">
+            <w:hyperlink r:id="rId624969513c962c5d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66612626" name="name2247693555a351b06" descr="15991.jpg"/>
+                  <wp:docPr id="67694147" name="name569869513c962c708" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6005693555a351b04" cstate="print"/>
+                          <a:blip r:embed="rId912969513c962c707" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5677693555a351ee8" w:history="1">
+            <w:hyperlink r:id="rId466269513c962c841" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6497374" name="name6608693555a353a20" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="39379833" name="name830269513c962da86" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5093693555a353a1e" cstate="print"/>
+                    <a:blip r:embed="rId537469513c962da84" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6381693555a354bc5" w:history="1">
+      <w:hyperlink r:id="rId736969513c962e8b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6239693555a355372" w:history="1">
+      <w:hyperlink r:id="rId938869513c962f139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5995693555a355977" w:history="1">
+      <w:hyperlink r:id="rId229769513c962f73a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2639693555a355a3c" w:history="1">
+      <w:hyperlink r:id="rId535269513c962f7ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1755594" name="name3946693555a355f5f" descr="eu_funding_250.png"/>
+            <wp:docPr id="22596798" name="name256269513c962f935" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2798693555a355f5d" cstate="print"/>
+                    <a:blip r:embed="rId296669513c962f934" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31129273">
+  <w:abstractNum w:abstractNumId="21769223">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91909753">
+    <w:lvl w:ilvl="0" w:tplc="80424630">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91909753" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80424630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31129272">
+  <w:abstractNum w:abstractNumId="21769222">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64735934">
+    <w:lvl w:ilvl="0" w:tplc="74496579">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31129272">
-    <w:abstractNumId w:val="31129272"/>
+  <w:num w:numId="21769222">
+    <w:abstractNumId w:val="21769222"/>
   </w:num>
-  <w:num w:numId="31129273">
-    <w:abstractNumId w:val="31129273"/>
+  <w:num w:numId="21769223">
+    <w:abstractNumId w:val="21769223"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId524994254" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId933180381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7203693555a35123b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId1535693555a351280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId5677693555a351ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId6381693555a354bc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6239693555a355372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId5995693555a355977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId2639693555a355a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6005693555a351b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6005693555a351b04.jpg"/><Relationship Id="rId5093693555a353a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5093693555a353a1e.jpg"/><Relationship Id="rId2798693555a355f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2798693555a355f5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269378645" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId755092364" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769569513c962c590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId624969513c962c5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId466269513c962c841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId736969513c962e8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId938869513c962f139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId229769513c962f73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId535269513c962f7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId912969513c962c707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912969513c962c707.jpg"/><Relationship Id="rId537469513c962da84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537469513c962da84.jpg"/><Relationship Id="rId296669513c962f934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296669513c962f934.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>