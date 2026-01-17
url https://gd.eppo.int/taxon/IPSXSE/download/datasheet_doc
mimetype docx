--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769569513c962c590" w:history="1">
+            <w:hyperlink r:id="rId3832696c1cf6bfbba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId624969513c962c5d6" w:history="1">
+            <w:hyperlink r:id="rId4172696c1cf6bfbfe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67694147" name="name569869513c962c708" descr="15991.jpg"/>
+                  <wp:docPr id="16734929" name="name3712696c1cf6c0167" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId912969513c962c707" cstate="print"/>
+                          <a:blip r:embed="rId7641696c1cf6c0165" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId466269513c962c841" w:history="1">
+            <w:hyperlink r:id="rId8450696c1cf6c028e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39379833" name="name830269513c962da86" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="55214270" name="name4620696c1cf6c15a0" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId537469513c962da84" cstate="print"/>
+                    <a:blip r:embed="rId4594696c1cf6c159d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736969513c962e8b7" w:history="1">
+      <w:hyperlink r:id="rId2236696c1cf6c26b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938869513c962f139" w:history="1">
+      <w:hyperlink r:id="rId6641696c1cf6c2f79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229769513c962f73a" w:history="1">
+      <w:hyperlink r:id="rId5444696c1cf6c3b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5822,73 +5822,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535269513c962f7ff" w:history="1">
+      <w:hyperlink r:id="rId8608696c1cf6c3c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22596798" name="name256269513c962f935" descr="eu_funding_250.png"/>
+            <wp:docPr id="21765359" name="name8747696c1cf6c417a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId296669513c962f934" cstate="print"/>
+                    <a:blip r:embed="rId5698696c1cf6c4178" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21769223">
+  <w:abstractNum w:abstractNumId="77580861">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80424630">
+    <w:lvl w:ilvl="0" w:tplc="88719839">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80424630" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88719839" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21769222">
+  <w:abstractNum w:abstractNumId="77580860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74496579">
+    <w:lvl w:ilvl="0" w:tplc="98046852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21769222">
-    <w:abstractNumId w:val="21769222"/>
+  <w:num w:numId="77580860">
+    <w:abstractNumId w:val="77580860"/>
   </w:num>
-  <w:num w:numId="21769223">
-    <w:abstractNumId w:val="21769223"/>
+  <w:num w:numId="77580861">
+    <w:abstractNumId w:val="77580861"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269378645" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId755092364" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769569513c962c590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId624969513c962c5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId466269513c962c841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId736969513c962e8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId938869513c962f139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId229769513c962f73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId535269513c962f7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId912969513c962c707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912969513c962c707.jpg"/><Relationship Id="rId537469513c962da84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537469513c962da84.jpg"/><Relationship Id="rId296669513c962f934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296669513c962f934.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId729790070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId446149501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3832696c1cf6bfbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId4172696c1cf6bfbfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId8450696c1cf6c028e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId2236696c1cf6c26b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6641696c1cf6c2f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId5444696c1cf6c3b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId8608696c1cf6c3c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7641696c1cf6c0165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7641696c1cf6c0165.jpg"/><Relationship Id="rId4594696c1cf6c159d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4594696c1cf6c159d.jpg"/><Relationship Id="rId5698696c1cf6c4178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5698696c1cf6c4178.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>