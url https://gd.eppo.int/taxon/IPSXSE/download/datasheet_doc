--- v5 (2026-01-17)
+++ v6 (2026-02-09)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3832696c1cf6bfbba" w:history="1">
+            <w:hyperlink r:id="rId5454698a09977aa01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4172696c1cf6bfbfe" w:history="1">
+            <w:hyperlink r:id="rId2721698a09977ab10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16734929" name="name3712696c1cf6c0167" descr="15991.jpg"/>
+                  <wp:docPr id="80221396" name="name6819698a09977b11c" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7641696c1cf6c0165" cstate="print"/>
+                          <a:blip r:embed="rId6400698a09977b11b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8450696c1cf6c028e" w:history="1">
+            <w:hyperlink r:id="rId6785698a09977b24e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,105 +1614,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55214270" name="name4620696c1cf6c15a0" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="14160163" name="name4229698a09977c81b" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4594696c1cf6c159d" cstate="print"/>
+                    <a:blip r:embed="rId8890698a09977c819" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Kazakhstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Italy (mainland, Sardegna, Sicilia), Kazakhstan, Latvia, Lithuania, Luxembourg, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Norway, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Sweden, Switzerland, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Hebei, Heilongjiang, Jilin, Shaanxi, Shanxi, Sichuan, Yunnan), Japan, Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Myanmar, Thailand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2236696c1cf6c26b4" w:history="1">
+      <w:hyperlink r:id="rId2013698a09977d696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6641696c1cf6c2f79" w:history="1">
+      <w:hyperlink r:id="rId5931698a09977de2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5444696c1cf6c3b6b" w:history="1">
+      <w:hyperlink r:id="rId4522698a09977e447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8608696c1cf6c3c8c" w:history="1">
+      <w:hyperlink r:id="rId8186698a09977e50d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21765359" name="name8747696c1cf6c417a" descr="eu_funding_250.png"/>
+            <wp:docPr id="7363750" name="name9365698a09977e645" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5698696c1cf6c4178" cstate="print"/>
+                    <a:blip r:embed="rId9071698a09977e644" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77580861">
+  <w:abstractNum w:abstractNumId="74214605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88719839">
+    <w:lvl w:ilvl="0" w:tplc="77261719">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88719839" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77261719" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77580860">
+  <w:abstractNum w:abstractNumId="74214604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98046852">
+    <w:lvl w:ilvl="0" w:tplc="42621098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77580860">
-    <w:abstractNumId w:val="77580860"/>
+  <w:num w:numId="74214604">
+    <w:abstractNumId w:val="74214604"/>
   </w:num>
-  <w:num w:numId="77580861">
-    <w:abstractNumId w:val="77580861"/>
+  <w:num w:numId="74214605">
+    <w:abstractNumId w:val="74214605"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId729790070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId446149501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3832696c1cf6bfbba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId4172696c1cf6bfbfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId8450696c1cf6c028e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId2236696c1cf6c26b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6641696c1cf6c2f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId5444696c1cf6c3b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId8608696c1cf6c3c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7641696c1cf6c0165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7641696c1cf6c0165.jpg"/><Relationship Id="rId4594696c1cf6c159d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4594696c1cf6c159d.jpg"/><Relationship Id="rId5698696c1cf6c4178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5698696c1cf6c4178.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641419220" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730033486" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5454698a09977aa01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId2721698a09977ab10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId6785698a09977b24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId2013698a09977d696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId5931698a09977de2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId4522698a09977e447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId8186698a09977e50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6400698a09977b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6400698a09977b11b.jpg"/><Relationship Id="rId8890698a09977c819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8890698a09977c819.jpg"/><Relationship Id="rId9071698a09977e644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9071698a09977e644.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>