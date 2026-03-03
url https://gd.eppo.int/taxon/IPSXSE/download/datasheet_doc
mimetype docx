--- v6 (2026-02-09)
+++ v7 (2026-03-03)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5454698a09977aa01" w:history="1">
+            <w:hyperlink r:id="rId708069a63e8ab71c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2721698a09977ab10" w:history="1">
+            <w:hyperlink r:id="rId636969a63e8ab7205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80221396" name="name6819698a09977b11c" descr="15991.jpg"/>
+                  <wp:docPr id="78431008" name="name876569a63e8ab78ca" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6400698a09977b11b" cstate="print"/>
+                          <a:blip r:embed="rId741469a63e8ab78c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6785698a09977b24e" w:history="1">
+            <w:hyperlink r:id="rId813069a63e8ab7a78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14160163" name="name4229698a09977c81b" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="7282282" name="name160169a63e8ab90c8" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8890698a09977c819" cstate="print"/>
+                    <a:blip r:embed="rId670669a63e8ab90c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2013698a09977d696" w:history="1">
+      <w:hyperlink r:id="rId427769a63e8aba119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5931698a09977de2d" w:history="1">
+      <w:hyperlink r:id="rId212769a63e8aba97f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4522698a09977e447" w:history="1">
+      <w:hyperlink r:id="rId710069a63e8abb023" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8186698a09977e50d" w:history="1">
+      <w:hyperlink r:id="rId994169a63e8abb100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7363750" name="name9365698a09977e645" descr="eu_funding_250.png"/>
+            <wp:docPr id="61138556" name="name227269a63e8abb5b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9071698a09977e644" cstate="print"/>
+                    <a:blip r:embed="rId345469a63e8abb5b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74214605">
+  <w:abstractNum w:abstractNumId="65568581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77261719">
+    <w:lvl w:ilvl="0" w:tplc="41486486">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77261719" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41486486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74214604">
+  <w:abstractNum w:abstractNumId="65568580">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42621098">
+    <w:lvl w:ilvl="0" w:tplc="70066095">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74214604">
-    <w:abstractNumId w:val="74214604"/>
+  <w:num w:numId="65568580">
+    <w:abstractNumId w:val="65568580"/>
   </w:num>
-  <w:num w:numId="74214605">
-    <w:abstractNumId w:val="74214605"/>
+  <w:num w:numId="65568581">
+    <w:abstractNumId w:val="65568581"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641419220" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730033486" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5454698a09977aa01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId2721698a09977ab10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId6785698a09977b24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId2013698a09977d696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId5931698a09977de2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId4522698a09977e447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId8186698a09977e50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6400698a09977b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6400698a09977b11b.jpg"/><Relationship Id="rId8890698a09977c819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8890698a09977c819.jpg"/><Relationship Id="rId9071698a09977e644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9071698a09977e644.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292623685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414860419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId708069a63e8ab71c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId636969a63e8ab7205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId813069a63e8ab7a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId427769a63e8aba119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId212769a63e8aba97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId710069a63e8abb023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId994169a63e8abb100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId741469a63e8ab78c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741469a63e8ab78c8.jpg"/><Relationship Id="rId670669a63e8ab90c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670669a63e8ab90c5.jpg"/><Relationship Id="rId345469a63e8abb5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345469a63e8abb5b4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>