--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> Duftschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> six-toothed bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId708069a63e8ab71c1" w:history="1">
+            <w:hyperlink r:id="rId940469c12140dea60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636969a63e8ab7205" w:history="1">
+            <w:hyperlink r:id="rId831969c12140deaa6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78431008" name="name876569a63e8ab78ca" descr="15991.jpg"/>
+                  <wp:docPr id="35171009" name="name868969c12140df178" descr="15991.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15991.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId741469a63e8ab78c8" cstate="print"/>
+                          <a:blip r:embed="rId736069c12140df175" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId813069a63e8ab7a78" w:history="1">
+            <w:hyperlink r:id="rId716569c12140df306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1614,63 +1614,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7282282" name="name160169a63e8ab90c8" descr="IPSXSE_distribution_map.jpg"/>
+            <wp:docPr id="12769969" name="name536169c12140e0cb8" descr="IPSXSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId670669a63e8ab90c5" cstate="print"/>
+                    <a:blip r:embed="rId821569c12140e0cb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,51 +3578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bark beetles of the World (Coleoptera: Curculionidae: Scolytinae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427769a63e8aba119" w:history="1">
+      <w:hyperlink r:id="rId305669c12140e1ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 22 February 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4770,51 +4770,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–440.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lozovoj DI (1966) [Economically important species of bark beetles in the conifer (Spruce) stands of Soviet Georgia, and their control]. From CAB Direct. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212769a63e8aba97f" w:history="1">
+      <w:hyperlink r:id="rId600369c12140e2504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabdirect.org/cabdirect/abstract/19660601005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 June 2017] (in Russian).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5725,51 +5725,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017) EFSA Journal 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710069a63e8abb023" w:history="1">
+      <w:hyperlink r:id="rId950569c12140e2bd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4999</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 24 February 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5844,51 +5844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips sexdentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994169a63e8abb100" w:history="1">
+      <w:hyperlink r:id="rId114569c12140e2c9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5963,63 +5963,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61138556" name="name227269a63e8abb5b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="90048773" name="name745769c12140e2f46" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345469a63e8abb5b4" cstate="print"/>
+                    <a:blip r:embed="rId651769c12140e2f45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6117,137 +6117,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65568581">
+  <w:abstractNum w:abstractNumId="99091458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41486486">
+    <w:lvl w:ilvl="0" w:tplc="87222916">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41486486" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87222916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65568580">
+  <w:abstractNum w:abstractNumId="99091457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70066095">
+    <w:lvl w:ilvl="0" w:tplc="44921860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6999,55 +6999,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65568580">
-    <w:abstractNumId w:val="65568580"/>
+  <w:num w:numId="99091457">
+    <w:abstractNumId w:val="99091457"/>
   </w:num>
-  <w:num w:numId="65568581">
-    <w:abstractNumId w:val="65568581"/>
+  <w:num w:numId="99091458">
+    <w:abstractNumId w:val="99091458"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18597,51 +18597,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292623685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId414860419" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId708069a63e8ab71c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId636969a63e8ab7205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId813069a63e8ab7a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId427769a63e8aba119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId212769a63e8aba97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId710069a63e8abb023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId994169a63e8abb100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId741469a63e8ab78c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741469a63e8ab78c8.jpg"/><Relationship Id="rId670669a63e8ab90c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670669a63e8ab90c5.jpg"/><Relationship Id="rId345469a63e8abb5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345469a63e8abb5b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId244126099" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345671021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId940469c12140dea60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/" TargetMode="External"/><Relationship Id="rId831969c12140deaa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/categorization" TargetMode="External"/><Relationship Id="rId716569c12140df306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXSE/photos" TargetMode="External"/><Relationship Id="rId305669c12140e1ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId600369c12140e2504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabdirect.org/cabdirect/abstract/19660601005" TargetMode="External"/><Relationship Id="rId950569c12140e2bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4999" TargetMode="External"/><Relationship Id="rId114569c12140e2c9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId736069c12140df175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId736069c12140df175.jpg"/><Relationship Id="rId821569c12140e0cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId821569c12140e0cb3.jpg"/><Relationship Id="rId651769c12140e2f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId651769c12140e2f45.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>