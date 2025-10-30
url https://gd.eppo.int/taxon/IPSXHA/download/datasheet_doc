--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224668e4f82c5d8cd" w:history="1">
+            <w:hyperlink r:id="rId3609690384f8701ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535068e4f82c5d90f" w:history="1">
+            <w:hyperlink r:id="rId3613690384f870230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60444907" name="name302068e4f82c5df11" descr="11598.jpg"/>
+                  <wp:docPr id="80955391" name="name2309690384f870987" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId108068e4f82c5df0f" cstate="print"/>
+                          <a:blip r:embed="rId4449690384f870986" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId309968e4f82c5dff1" w:history="1">
+            <w:hyperlink r:id="rId6414690384f870ab9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46353180" name="name208768e4f82c5ef02" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="12605035" name="name6108690384f871e00" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId702668e4f82c5ef00" cstate="print"/>
+                    <a:blip r:embed="rId4821690384f871dfc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706068e4f82c60070" w:history="1">
+      <w:hyperlink r:id="rId7449690384f872c3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351868e4f82c600c9" w:history="1">
+      <w:hyperlink r:id="rId2113690384f872c95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687668e4f82c60183" w:history="1">
+      <w:hyperlink r:id="rId6817690384f872d28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409468e4f82c60595" w:history="1">
+      <w:hyperlink r:id="rId1603690384f873075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173768e4f82c60e25" w:history="1">
+      <w:hyperlink r:id="rId7551690384f8736a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661168e4f82c60feb" w:history="1">
+      <w:hyperlink r:id="rId5025690384f873772" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90391589" name="name625268e4f82c61085" descr="eu_funding_250.png"/>
+            <wp:docPr id="92632391" name="name2670690384f8737f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId912968e4f82c61084" cstate="print"/>
+                    <a:blip r:embed="rId4653690384f8737f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17602744">
+  <w:abstractNum w:abstractNumId="60412256">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38920822">
+    <w:lvl w:ilvl="0" w:tplc="66761885">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38920822" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66761885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17602743">
+  <w:abstractNum w:abstractNumId="60412255">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18375816">
+    <w:lvl w:ilvl="0" w:tplc="42694733">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17602743">
-    <w:abstractNumId w:val="17602743"/>
+  <w:num w:numId="60412255">
+    <w:abstractNumId w:val="60412255"/>
   </w:num>
-  <w:num w:numId="17602744">
-    <w:abstractNumId w:val="17602744"/>
+  <w:num w:numId="60412256">
+    <w:abstractNumId w:val="60412256"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323751700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId846027858" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId224668e4f82c5d8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId535068e4f82c5d90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId309968e4f82c5dff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId706068e4f82c60070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId351868e4f82c600c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId687668e4f82c60183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId409468e4f82c60595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId173768e4f82c60e25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId661168e4f82c60feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId108068e4f82c5df0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108068e4f82c5df0f.jpg"/><Relationship Id="rId702668e4f82c5ef00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId702668e4f82c5ef00.jpg"/><Relationship Id="rId912968e4f82c61084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912968e4f82c61084.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126096732" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835214873" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3609690384f8701ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId3613690384f870230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId6414690384f870ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId7449690384f872c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId2113690384f872c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId6817690384f872d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId1603690384f873075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId7551690384f8736a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5025690384f873772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId4449690384f870986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4449690384f870986.jpg"/><Relationship Id="rId4821690384f871dfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821690384f871dfc.jpg"/><Relationship Id="rId4653690384f8737f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4653690384f8737f5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>