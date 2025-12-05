--- v1 (2025-10-30)
+++ v2 (2025-12-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3609690384f8701ec" w:history="1">
+            <w:hyperlink r:id="rId92406932f7a61c224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3613690384f870230" w:history="1">
+            <w:hyperlink r:id="rId40516932f7a61c268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80955391" name="name2309690384f870987" descr="11598.jpg"/>
+                  <wp:docPr id="94505304" name="name65016932f7a61ca08" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4449690384f870986" cstate="print"/>
+                          <a:blip r:embed="rId60406932f7a61ca06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6414690384f870ab9" w:history="1">
+            <w:hyperlink r:id="rId69686932f7a61cb42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12605035" name="name6108690384f871e00" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="6065410" name="name14336932f7a61dd26" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4821690384f871dfc" cstate="print"/>
+                    <a:blip r:embed="rId31206932f7a61dd23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7449690384f872c3c" w:history="1">
+      <w:hyperlink r:id="rId36466932f7a61eb59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2113690384f872c95" w:history="1">
+      <w:hyperlink r:id="rId85156932f7a61ebb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6817690384f872d28" w:history="1">
+      <w:hyperlink r:id="rId89736932f7a61ec46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1603690384f873075" w:history="1">
+      <w:hyperlink r:id="rId96376932f7a61efa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7551690384f8736a7" w:history="1">
+      <w:hyperlink r:id="rId54816932f7a61f5e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5025690384f873772" w:history="1">
+      <w:hyperlink r:id="rId62796932f7a61f6b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92632391" name="name2670690384f8737f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="14644833" name="name38366932f7a61f70e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4653690384f8737f5" cstate="print"/>
+                    <a:blip r:embed="rId35766932f7a61f70c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60412256">
+  <w:abstractNum w:abstractNumId="91604751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66761885">
+    <w:lvl w:ilvl="0" w:tplc="17983853">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66761885" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17983853" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60412255">
+  <w:abstractNum w:abstractNumId="91604750">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42694733">
+    <w:lvl w:ilvl="0" w:tplc="99879450">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60412255">
-    <w:abstractNumId w:val="60412255"/>
+  <w:num w:numId="91604750">
+    <w:abstractNumId w:val="91604750"/>
   </w:num>
-  <w:num w:numId="60412256">
-    <w:abstractNumId w:val="60412256"/>
+  <w:num w:numId="91604751">
+    <w:abstractNumId w:val="91604751"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126096732" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId835214873" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3609690384f8701ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId3613690384f870230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId6414690384f870ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId7449690384f872c3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId2113690384f872c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId6817690384f872d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId1603690384f873075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId7551690384f8736a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5025690384f873772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId4449690384f870986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4449690384f870986.jpg"/><Relationship Id="rId4821690384f871dfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4821690384f871dfc.jpg"/><Relationship Id="rId4653690384f8737f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4653690384f8737f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId570195442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId635146554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92406932f7a61c224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId40516932f7a61c268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId69686932f7a61cb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId36466932f7a61eb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId85156932f7a61ebb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId89736932f7a61ec46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId96376932f7a61efa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId54816932f7a61f5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62796932f7a61f6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId60406932f7a61ca06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60406932f7a61ca06.jpg"/><Relationship Id="rId31206932f7a61dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31206932f7a61dd23.jpg"/><Relationship Id="rId35766932f7a61f70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35766932f7a61f70c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>