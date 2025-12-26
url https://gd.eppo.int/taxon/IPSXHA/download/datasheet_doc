--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92406932f7a61c224" w:history="1">
+            <w:hyperlink r:id="rId1818694e246bcb418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40516932f7a61c268" w:history="1">
+            <w:hyperlink r:id="rId9555694e246bcb460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94505304" name="name65016932f7a61ca08" descr="11598.jpg"/>
+                  <wp:docPr id="22130044" name="name8067694e246bcbbba" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId60406932f7a61ca06" cstate="print"/>
+                          <a:blip r:embed="rId6562694e246bcbbb8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69686932f7a61cb42" w:history="1">
+            <w:hyperlink r:id="rId9518694e246bcbcef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6065410" name="name14336932f7a61dd26" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="19899183" name="name6339694e246bccd96" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31206932f7a61dd23" cstate="print"/>
+                    <a:blip r:embed="rId9432694e246bccd93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36466932f7a61eb59" w:history="1">
+      <w:hyperlink r:id="rId8875694e246bcdecf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85156932f7a61ebb2" w:history="1">
+      <w:hyperlink r:id="rId2849694e246bcdf29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89736932f7a61ec46" w:history="1">
+      <w:hyperlink r:id="rId7903694e246bcdfbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96376932f7a61efa8" w:history="1">
+      <w:hyperlink r:id="rId4912694e246bce338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54816932f7a61f5e7" w:history="1">
+      <w:hyperlink r:id="rId2796694e246bce99b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62796932f7a61f6b0" w:history="1">
+      <w:hyperlink r:id="rId5909694e246bcea67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14644833" name="name38366932f7a61f70e" descr="eu_funding_250.png"/>
+            <wp:docPr id="84326370" name="name8337694e246bceae3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35766932f7a61f70c" cstate="print"/>
+                    <a:blip r:embed="rId3870694e246bceae2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91604751">
+  <w:abstractNum w:abstractNumId="18970415">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17983853">
+    <w:lvl w:ilvl="0" w:tplc="18929862">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17983853" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18929862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91604750">
+  <w:abstractNum w:abstractNumId="18970414">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99879450">
+    <w:lvl w:ilvl="0" w:tplc="10004695">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91604750">
-    <w:abstractNumId w:val="91604750"/>
+  <w:num w:numId="18970414">
+    <w:abstractNumId w:val="18970414"/>
   </w:num>
-  <w:num w:numId="91604751">
-    <w:abstractNumId w:val="91604751"/>
+  <w:num w:numId="18970415">
+    <w:abstractNumId w:val="18970415"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId570195442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId635146554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92406932f7a61c224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId40516932f7a61c268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId69686932f7a61cb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId36466932f7a61eb59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId85156932f7a61ebb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId89736932f7a61ec46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId96376932f7a61efa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId54816932f7a61f5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62796932f7a61f6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId60406932f7a61ca06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60406932f7a61ca06.jpg"/><Relationship Id="rId31206932f7a61dd23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31206932f7a61dd23.jpg"/><Relationship Id="rId35766932f7a61f70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35766932f7a61f70c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525032993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490161345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1818694e246bcb418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId9555694e246bcb460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId9518694e246bcbcef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId8875694e246bcdecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId2849694e246bcdf29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId7903694e246bcdfbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId4912694e246bce338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId2796694e246bce99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5909694e246bcea67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId6562694e246bcbbb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6562694e246bcbbb8.jpg"/><Relationship Id="rId9432694e246bccd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9432694e246bccd93.jpg"/><Relationship Id="rId3870694e246bceae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3870694e246bceae2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>