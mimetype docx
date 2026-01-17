--- v3 (2025-12-26)
+++ v4 (2026-01-17)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1818694e246bcb418" w:history="1">
+            <w:hyperlink r:id="rId5830696af236816eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9555694e246bcb460" w:history="1">
+            <w:hyperlink r:id="rId7112696af2368173a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22130044" name="name8067694e246bcbbba" descr="11598.jpg"/>
+                  <wp:docPr id="71007442" name="name9702696af23681c56" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6562694e246bcbbb8" cstate="print"/>
+                          <a:blip r:embed="rId7860696af23681c54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9518694e246bcbcef" w:history="1">
+            <w:hyperlink r:id="rId6105696af23681d32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19899183" name="name6339694e246bccd96" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="24660044" name="name9272696af23682b35" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9432694e246bccd93" cstate="print"/>
+                    <a:blip r:embed="rId7283696af23682b33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8875694e246bcdecf" w:history="1">
+      <w:hyperlink r:id="rId4025696af236838ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2849694e246bcdf29" w:history="1">
+      <w:hyperlink r:id="rId4734696af23683924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7903694e246bcdfbf" w:history="1">
+      <w:hyperlink r:id="rId1718696af236839b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4912694e246bce338" w:history="1">
+      <w:hyperlink r:id="rId6735696af23683cf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4508,73 +4508,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2796694e246bce99b" w:history="1">
+      <w:hyperlink r:id="rId8187696af2368430f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5909694e246bcea67" w:history="1">
+      <w:hyperlink r:id="rId5717696af236843d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84326370" name="name8337694e246bceae3" descr="eu_funding_250.png"/>
+            <wp:docPr id="98104643" name="name9397696af236844d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3870694e246bceae2" cstate="print"/>
+                    <a:blip r:embed="rId2962696af236844d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18970415">
+  <w:abstractNum w:abstractNumId="97741685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18929862">
+    <w:lvl w:ilvl="0" w:tplc="41971546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18929862" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41971546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18970414">
+  <w:abstractNum w:abstractNumId="97741684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10004695">
+    <w:lvl w:ilvl="0" w:tplc="69228818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18970414">
-    <w:abstractNumId w:val="18970414"/>
+  <w:num w:numId="97741684">
+    <w:abstractNumId w:val="97741684"/>
   </w:num>
-  <w:num w:numId="18970415">
-    <w:abstractNumId w:val="18970415"/>
+  <w:num w:numId="97741685">
+    <w:abstractNumId w:val="97741685"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525032993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490161345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1818694e246bcb418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId9555694e246bcb460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId9518694e246bcbcef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId8875694e246bcdecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId2849694e246bcdf29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId7903694e246bcdfbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId4912694e246bce338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId2796694e246bce99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5909694e246bcea67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId6562694e246bcbbb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6562694e246bcbbb8.jpg"/><Relationship Id="rId9432694e246bccd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9432694e246bccd93.jpg"/><Relationship Id="rId3870694e246bceae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3870694e246bceae2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163757715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537981319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5830696af236816eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId7112696af2368173a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId6105696af23681d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId4025696af236838ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId4734696af23683924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId1718696af236839b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6735696af23683cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId8187696af2368430f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5717696af236843d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId7860696af23681c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7860696af23681c54.jpg"/><Relationship Id="rId7283696af23682b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7283696af23682b33.jpg"/><Relationship Id="rId2962696af236844d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2962696af236844d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>