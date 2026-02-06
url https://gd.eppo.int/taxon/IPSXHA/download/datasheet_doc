--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5830696af236816eb" w:history="1">
+            <w:hyperlink r:id="rId153369860f6632526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7112696af2368173a" w:history="1">
+            <w:hyperlink r:id="rId117269860f663256c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71007442" name="name9702696af23681c56" descr="11598.jpg"/>
+                  <wp:docPr id="27405231" name="name158669860f6632a63" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7860696af23681c54" cstate="print"/>
+                          <a:blip r:embed="rId118169860f6632a61" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6105696af23681d32" w:history="1">
+            <w:hyperlink r:id="rId597069860f6632b86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24660044" name="name9272696af23682b35" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="98074391" name="name857269860f663393e" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7283696af23682b33" cstate="print"/>
+                    <a:blip r:embed="rId556469860f663393b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4025696af236838ce" w:history="1">
+      <w:hyperlink r:id="rId774669860f66346f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4734696af23683924" w:history="1">
+      <w:hyperlink r:id="rId320269860f663474c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1718696af236839b5" w:history="1">
+      <w:hyperlink r:id="rId739969860f66347de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6735696af23683cf6" w:history="1">
+      <w:hyperlink r:id="rId938669860f6634b26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8187696af2368430f" w:history="1">
+      <w:hyperlink r:id="rId620169860f6635169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5717696af236843d5" w:history="1">
+      <w:hyperlink r:id="rId527869860f663522e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98104643" name="name9397696af236844d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="16520064" name="name631369860f66352b0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2962696af236844d8" cstate="print"/>
+                    <a:blip r:embed="rId913669860f66352af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97741685">
+  <w:abstractNum w:abstractNumId="70533278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41971546">
+    <w:lvl w:ilvl="0" w:tplc="76587080">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41971546" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76587080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97741684">
+  <w:abstractNum w:abstractNumId="70533277">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69228818">
+    <w:lvl w:ilvl="0" w:tplc="30253195">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97741684">
-    <w:abstractNumId w:val="97741684"/>
+  <w:num w:numId="70533277">
+    <w:abstractNumId w:val="70533277"/>
   </w:num>
-  <w:num w:numId="97741685">
-    <w:abstractNumId w:val="97741685"/>
+  <w:num w:numId="70533278">
+    <w:abstractNumId w:val="70533278"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163757715" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537981319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5830696af236816eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId7112696af2368173a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId6105696af23681d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId4025696af236838ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId4734696af23683924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId1718696af236839b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId6735696af23683cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId8187696af2368430f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5717696af236843d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId7860696af23681c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7860696af23681c54.jpg"/><Relationship Id="rId7283696af23682b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7283696af23682b33.jpg"/><Relationship Id="rId2962696af236844d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2962696af236844d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId224954764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187259741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId153369860f6632526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId117269860f663256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId597069860f6632b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId774669860f66346f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId320269860f663474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId739969860f66347de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId938669860f6634b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId620169860f6635169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId527869860f663522e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId118169860f6632a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId118169860f6632a61.jpg"/><Relationship Id="rId556469860f663393b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556469860f663393b.jpg"/><Relationship Id="rId913669860f66352af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913669860f66352af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>