--- v5 (2026-02-06)
+++ v6 (2026-03-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153369860f6632526" w:history="1">
+            <w:hyperlink r:id="rId103469a96dbcb7ebf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117269860f663256c" w:history="1">
+            <w:hyperlink r:id="rId503269a96dbcb7f02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27405231" name="name158669860f6632a63" descr="11598.jpg"/>
+                  <wp:docPr id="92042558" name="name768269a96dbcb850a" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId118169860f6632a61" cstate="print"/>
+                          <a:blip r:embed="rId872169a96dbcb8508" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId597069860f6632b86" w:history="1">
+            <w:hyperlink r:id="rId791169a96dbcb8655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98074391" name="name857269860f663393e" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="67805442" name="name690569a96dbcb98ee" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId556469860f663393b" cstate="print"/>
+                    <a:blip r:embed="rId261269a96dbcb98eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774669860f66346f4" w:history="1">
+      <w:hyperlink r:id="rId351069a96dbcba6ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320269860f663474c" w:history="1">
+      <w:hyperlink r:id="rId548069a96dbcba74b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739969860f66347de" w:history="1">
+      <w:hyperlink r:id="rId155269a96dbcba7e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938669860f6634b26" w:history="1">
+      <w:hyperlink r:id="rId865769a96dbcbab5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620169860f6635169" w:history="1">
+      <w:hyperlink r:id="rId245669a96dbcbb183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527869860f663522e" w:history="1">
+      <w:hyperlink r:id="rId554369a96dbcbb24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16520064" name="name631369860f66352b0" descr="eu_funding_250.png"/>
+            <wp:docPr id="82636509" name="name266569a96dbcbb2a6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId913669860f66352af" cstate="print"/>
+                    <a:blip r:embed="rId285869a96dbcbb2a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70533278">
+  <w:abstractNum w:abstractNumId="54610498">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76587080">
+    <w:lvl w:ilvl="0" w:tplc="99482114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76587080" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99482114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70533277">
+  <w:abstractNum w:abstractNumId="54610497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30253195">
+    <w:lvl w:ilvl="0" w:tplc="21529614">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70533277">
-    <w:abstractNumId w:val="70533277"/>
+  <w:num w:numId="54610497">
+    <w:abstractNumId w:val="54610497"/>
   </w:num>
-  <w:num w:numId="70533278">
-    <w:abstractNumId w:val="70533278"/>
+  <w:num w:numId="54610498">
+    <w:abstractNumId w:val="54610498"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId224954764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187259741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId153369860f6632526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId117269860f663256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId597069860f6632b86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId774669860f66346f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId320269860f663474c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId739969860f66347de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId938669860f6634b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId620169860f6635169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId527869860f663522e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId118169860f6632a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId118169860f6632a61.jpg"/><Relationship Id="rId556469860f663393b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556469860f663393b.jpg"/><Relationship Id="rId913669860f66352af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId913669860f66352af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676545963" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407987342" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103469a96dbcb7ebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId503269a96dbcb7f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId791169a96dbcb8655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId351069a96dbcba6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId548069a96dbcba74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId155269a96dbcba7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId865769a96dbcbab5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId245669a96dbcbb183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId554369a96dbcbb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId872169a96dbcb8508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872169a96dbcb8508.jpg"/><Relationship Id="rId261269a96dbcb98eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261269a96dbcb98eb.jpg"/><Relationship Id="rId285869a96dbcbb2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285869a96dbcbb2a5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>