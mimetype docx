--- v6 (2026-03-05)
+++ v7 (2026-03-05)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103469a96dbcb7ebf" w:history="1">
+            <w:hyperlink r:id="rId698669a980af2d8ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503269a96dbcb7f02" w:history="1">
+            <w:hyperlink r:id="rId503869a980af2d8ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92042558" name="name768269a96dbcb850a" descr="11598.jpg"/>
+                  <wp:docPr id="6656218" name="name531869a980af2de6f" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId872169a96dbcb8508" cstate="print"/>
+                          <a:blip r:embed="rId693669a980af2de6d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId791169a96dbcb8655" w:history="1">
+            <w:hyperlink r:id="rId728269a980af2df6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67805442" name="name690569a96dbcb98ee" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="81914808" name="name970869a980af2ef44" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId261269a96dbcb98eb" cstate="print"/>
+                    <a:blip r:embed="rId364269a980af2ef42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351069a96dbcba6ea" w:history="1">
+      <w:hyperlink r:id="rId950269a980af2fce3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548069a96dbcba74b" w:history="1">
+      <w:hyperlink r:id="rId770469a980af2fd5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155269a96dbcba7e0" w:history="1">
+      <w:hyperlink r:id="rId933369a980af2fe08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865769a96dbcbab5f" w:history="1">
+      <w:hyperlink r:id="rId589369a980af30155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245669a96dbcbb183" w:history="1">
+      <w:hyperlink r:id="rId107569a980af30774" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554369a96dbcbb24a" w:history="1">
+      <w:hyperlink r:id="rId148569a980af30838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82636509" name="name266569a96dbcbb2a6" descr="eu_funding_250.png"/>
+            <wp:docPr id="59395489" name="name135069a980af30ad5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId285869a96dbcbb2a5" cstate="print"/>
+                    <a:blip r:embed="rId211869a980af30ad4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54610498">
+  <w:abstractNum w:abstractNumId="14254259">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99482114">
+    <w:lvl w:ilvl="0" w:tplc="42630856">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99482114" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42630856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54610497">
+  <w:abstractNum w:abstractNumId="14254258">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21529614">
+    <w:lvl w:ilvl="0" w:tplc="21598324">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54610497">
-    <w:abstractNumId w:val="54610497"/>
+  <w:num w:numId="14254258">
+    <w:abstractNumId w:val="14254258"/>
   </w:num>
-  <w:num w:numId="54610498">
-    <w:abstractNumId w:val="54610498"/>
+  <w:num w:numId="14254259">
+    <w:abstractNumId w:val="14254259"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676545963" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407987342" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103469a96dbcb7ebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId503269a96dbcb7f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId791169a96dbcb8655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId351069a96dbcba6ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId548069a96dbcba74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId155269a96dbcba7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId865769a96dbcbab5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId245669a96dbcbb183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId554369a96dbcbb24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId872169a96dbcb8508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872169a96dbcb8508.jpg"/><Relationship Id="rId261269a96dbcb98eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261269a96dbcb98eb.jpg"/><Relationship Id="rId285869a96dbcbb2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285869a96dbcbb2a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId446926300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560369655" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId698669a980af2d8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId503869a980af2d8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId728269a980af2df6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId950269a980af2fce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId770469a980af2fd5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId933369a980af2fe08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId589369a980af30155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId107569a980af30774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId148569a980af30838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId693669a980af2de6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693669a980af2de6d.jpg"/><Relationship Id="rId364269a980af2ef42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364269a980af2ef42.jpg"/><Relationship Id="rId211869a980af30ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211869a980af30ad4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>