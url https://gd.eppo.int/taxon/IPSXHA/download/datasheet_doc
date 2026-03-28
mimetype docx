--- v7 (2026-03-05)
+++ v8 (2026-03-28)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Reitter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hauser's engraver, Kyrgyz mountain engraver</w:t>
             </w:r>
-            <w:hyperlink r:id="rId698669a980af2d8ad" w:history="1">
+            <w:hyperlink r:id="rId471069c7bb538e0d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503869a980af2d8ef" w:history="1">
+            <w:hyperlink r:id="rId136369c7bb538e118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXHA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6656218" name="name531869a980af2de6f" descr="11598.jpg"/>
+                  <wp:docPr id="43873085" name="name448669c7bb538e574" descr="11598.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11598.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId693669a980af2de6d" cstate="print"/>
+                          <a:blip r:embed="rId578969c7bb538e573" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId728269a980af2df6d" w:history="1">
+            <w:hyperlink r:id="rId497569c7bb538e693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -993,63 +993,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81914808" name="name970869a980af2ef44" descr="IPSXHA_distribution_map.jpg"/>
+            <wp:docPr id="66953703" name="name192269c7bb538f820" descr="IPSXHA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXHA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId364269a980af2ef42" cstate="print"/>
+                    <a:blip r:embed="rId374869c7bb538f81e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2899,101 +2899,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alonso-Zarazaga MA (coordinator), Barrios H, Borovec R, Bouchard P, Caldara R, Colonnelli E, Gültekin L, Hlaváč, Korotyaev PB, Lyal CHC, Machado A, Meregalli M, Pierotti H, Ren L, Sánchez-Ruiz M, Sforzi A, Silfverberg H, Skuhrovec J, Trýzna M, Velázquez de Castro AJ, Yunakov NN (2017) Cooperative Catalogue of Palaearctic Coleoptera Curculionoidea. Monografías electrónicas Sociedad Entomológica Aragonesa (SEA) 8, 729 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950269a980af2fce3" w:history="1">
+      <w:hyperlink r:id="rId595669c7bb539079c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://sea-entomologia.org/monoelec.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770469a980af2fd5c" w:history="1">
+      <w:hyperlink r:id="rId690169c7bb53907f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28826</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [Accessed: 20 October 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3039,51 +3039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Canadian Journal of Arthropod Identification </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933369a980af2fe08" w:history="1">
+      <w:hyperlink r:id="rId606869c7bb5390896" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3564,51 +3564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 912 (in Russian). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589369a980af30155" w:history="1">
+      <w:hyperlink r:id="rId469169c7bb5390bdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10100912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips hauseri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107569a980af30774" w:history="1">
+      <w:hyperlink r:id="rId175669c7bb53911f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4650,81 +4650,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450-452. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148569a980af30838" w:history="1">
+      <w:hyperlink r:id="rId164469c7bb53912b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00881.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59395489" name="name135069a980af30ad5" descr="eu_funding_250.png"/>
+            <wp:docPr id="16470277" name="name954069c7bb5391312" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId211869a980af30ad4" cstate="print"/>
+                    <a:blip r:embed="rId591169c7bb5391311" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14254259">
+  <w:abstractNum w:abstractNumId="10475157">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42630856">
+    <w:lvl w:ilvl="0" w:tplc="95413778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42630856" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95413778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14254258">
+  <w:abstractNum w:abstractNumId="10475156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21598324">
+    <w:lvl w:ilvl="0" w:tplc="99939023">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14254258">
-    <w:abstractNumId w:val="14254258"/>
+  <w:num w:numId="10475156">
+    <w:abstractNumId w:val="10475156"/>
   </w:num>
-  <w:num w:numId="14254259">
-    <w:abstractNumId w:val="14254259"/>
+  <w:num w:numId="10475157">
+    <w:abstractNumId w:val="10475157"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId446926300" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560369655" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId698669a980af2d8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId503869a980af2d8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId728269a980af2df6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId950269a980af2fce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId770469a980af2fd5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId933369a980af2fe08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId589369a980af30155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId107569a980af30774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId148569a980af30838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId693669a980af2de6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693669a980af2de6d.jpg"/><Relationship Id="rId364269a980af2ef42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364269a980af2ef42.jpg"/><Relationship Id="rId211869a980af30ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211869a980af30ad4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId593018444" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId211393866" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId471069c7bb538e0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/" TargetMode="External"/><Relationship Id="rId136369c7bb538e118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/categorization" TargetMode="External"/><Relationship Id="rId497569c7bb538e693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXHA/photos" TargetMode="External"/><Relationship Id="rId595669c7bb539079c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sea-entomologia.org/monoelec.html" TargetMode="External"/><Relationship Id="rId690169c7bb53907f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28826" TargetMode="External"/><Relationship Id="rId606869c7bb5390896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId469169c7bb5390bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10100912" TargetMode="External"/><Relationship Id="rId175669c7bb53911f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId164469c7bb53912b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00881.x" TargetMode="External"/><Relationship Id="rId578969c7bb538e573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId578969c7bb538e573.jpg"/><Relationship Id="rId374869c7bb538f81e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId374869c7bb538f81e.jpg"/><Relationship Id="rId591169c7bb5391311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591169c7bb5391311.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>