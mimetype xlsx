--- v0 (2025-10-08)
+++ v1 (2026-01-29)
@@ -188,51 +188,51 @@
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>