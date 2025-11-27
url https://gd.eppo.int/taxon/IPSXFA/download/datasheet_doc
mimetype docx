--- v0 (2025-11-07)
+++ v1 (2025-11-27)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1237690dba0eae250" w:history="1">
+            <w:hyperlink r:id="rId25746928b5a635ab1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4509690dba0eae295" w:history="1">
+            <w:hyperlink r:id="rId62656928b5a635af5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24448689" name="name1696690dba0eaeb1c" descr="12520.jpg"/>
+                  <wp:docPr id="43682561" name="name49996928b5a6363e6" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8848690dba0eaeb1a" cstate="print"/>
+                          <a:blip r:embed="rId82836928b5a6363e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9685690dba0eaec45" w:history="1">
+            <w:hyperlink r:id="rId17526928b5a63650c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,63 +1221,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64304814" name="name9534690dba0eb015b" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="81208275" name="name98026928b5a63777f" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7150690dba0eb0158" cstate="print"/>
+                    <a:blip r:embed="rId13276928b5a63777c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1674690dba0eb126f" w:history="1">
+      <w:hyperlink r:id="rId17426928b5a6386a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1047690dba0eb140c" w:history="1">
+      <w:hyperlink r:id="rId84626928b5a638801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3219690dba0eb14d6" w:history="1">
+      <w:hyperlink r:id="rId51596928b5a638894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4364690dba0eb1590" w:history="1">
+      <w:hyperlink r:id="rId20886928b5a638940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6928690dba0eb173c" w:history="1">
+      <w:hyperlink r:id="rId74296928b5a638abe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262690dba0eb1b2a" w:history="1">
+      <w:hyperlink r:id="rId26776928b5a638e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4268690dba0eb2096" w:history="1">
+      <w:hyperlink r:id="rId65756928b5a6392f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5626,51 +5626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9921690dba0eb22f1" w:history="1">
+      <w:hyperlink r:id="rId73016928b5a639529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8494690dba0eb23f2" w:history="1">
+      <w:hyperlink r:id="rId79476928b5a639618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52408568" name="name2112690dba0eb2493" descr="eu_funding_250.png"/>
+            <wp:docPr id="32919967" name="name62046928b5a639a7d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9322690dba0eb2492" cstate="print"/>
+                    <a:blip r:embed="rId73786928b5a639a7b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55323624">
+  <w:abstractNum w:abstractNumId="51666905">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44852287">
+    <w:lvl w:ilvl="0" w:tplc="79772322">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44852287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79772322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55323623">
+  <w:abstractNum w:abstractNumId="51666904">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47493584">
+    <w:lvl w:ilvl="0" w:tplc="17566160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55323623">
-    <w:abstractNumId w:val="55323623"/>
+  <w:num w:numId="51666904">
+    <w:abstractNumId w:val="51666904"/>
   </w:num>
-  <w:num w:numId="55323624">
-    <w:abstractNumId w:val="55323624"/>
+  <w:num w:numId="51666905">
+    <w:abstractNumId w:val="51666905"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709339884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId833013464" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1237690dba0eae250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId4509690dba0eae295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId9685690dba0eaec45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId1674690dba0eb126f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId1047690dba0eb140c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId3219690dba0eb14d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId4364690dba0eb1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId6928690dba0eb173c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId7262690dba0eb1b2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId4268690dba0eb2096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId9921690dba0eb22f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8494690dba0eb23f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId8848690dba0eaeb1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8848690dba0eaeb1a.jpg"/><Relationship Id="rId7150690dba0eb0158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7150690dba0eb0158.jpg"/><Relationship Id="rId9322690dba0eb2492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9322690dba0eb2492.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404969506" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889610067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25746928b5a635ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId62656928b5a635af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId17526928b5a63650c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId17426928b5a6386a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId84626928b5a638801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId51596928b5a638894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId20886928b5a638940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId74296928b5a638abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId26776928b5a638e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId65756928b5a6392f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId73016928b5a639529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79476928b5a639618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId82836928b5a6363e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82836928b5a6363e4.jpg"/><Relationship Id="rId13276928b5a63777c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13276928b5a63777c.jpg"/><Relationship Id="rId73786928b5a639a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73786928b5a639a7b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>