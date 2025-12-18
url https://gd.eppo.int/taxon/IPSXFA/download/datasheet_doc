--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25746928b5a635ab1" w:history="1">
+            <w:hyperlink r:id="rId9599694453d6aef34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62656928b5a635af5" w:history="1">
+            <w:hyperlink r:id="rId7891694453d6aef79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43682561" name="name49996928b5a6363e6" descr="12520.jpg"/>
+                  <wp:docPr id="10379796" name="name8083694453d6af79a" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId82836928b5a6363e4" cstate="print"/>
+                          <a:blip r:embed="rId8512694453d6af799" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17526928b5a63650c" w:history="1">
+            <w:hyperlink r:id="rId3063694453d6af8a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,63 +1221,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81208275" name="name98026928b5a63777f" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="44626167" name="name4042694453d6b181a" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13276928b5a63777c" cstate="print"/>
+                    <a:blip r:embed="rId1605694453d6b1817" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17426928b5a6386a7" w:history="1">
+      <w:hyperlink r:id="rId7080694453d6b2741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84626928b5a638801" w:history="1">
+      <w:hyperlink r:id="rId4321694453d6b28a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51596928b5a638894" w:history="1">
+      <w:hyperlink r:id="rId2184694453d6b2932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20886928b5a638940" w:history="1">
+      <w:hyperlink r:id="rId4865694453d6b29e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74296928b5a638abe" w:history="1">
+      <w:hyperlink r:id="rId2627694453d6b2b58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26776928b5a638e0a" w:history="1">
+      <w:hyperlink r:id="rId5983694453d6b2e96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65756928b5a6392f2" w:history="1">
+      <w:hyperlink r:id="rId6765694453d6b338b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5626,51 +5626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73016928b5a639529" w:history="1">
+      <w:hyperlink r:id="rId2110694453d6b35c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79476928b5a639618" w:history="1">
+      <w:hyperlink r:id="rId3544694453d6b36c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32919967" name="name62046928b5a639a7d" descr="eu_funding_250.png"/>
+            <wp:docPr id="41529741" name="name5469694453d6b3aa6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73786928b5a639a7b" cstate="print"/>
+                    <a:blip r:embed="rId3099694453d6b3aa4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51666905">
+  <w:abstractNum w:abstractNumId="25500188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79772322">
+    <w:lvl w:ilvl="0" w:tplc="21308444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79772322" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21308444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51666904">
+  <w:abstractNum w:abstractNumId="25500187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17566160">
+    <w:lvl w:ilvl="0" w:tplc="10782541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51666904">
-    <w:abstractNumId w:val="51666904"/>
+  <w:num w:numId="25500187">
+    <w:abstractNumId w:val="25500187"/>
   </w:num>
-  <w:num w:numId="51666905">
-    <w:abstractNumId w:val="51666905"/>
+  <w:num w:numId="25500188">
+    <w:abstractNumId w:val="25500188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404969506" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889610067" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId25746928b5a635ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId62656928b5a635af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId17526928b5a63650c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId17426928b5a6386a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId84626928b5a638801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId51596928b5a638894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId20886928b5a638940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId74296928b5a638abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId26776928b5a638e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId65756928b5a6392f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId73016928b5a639529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79476928b5a639618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId82836928b5a6363e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82836928b5a6363e4.jpg"/><Relationship Id="rId13276928b5a63777c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13276928b5a63777c.jpg"/><Relationship Id="rId73786928b5a639a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73786928b5a639a7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104918714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200700270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9599694453d6aef34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId7891694453d6aef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId3063694453d6af8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId7080694453d6b2741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId4321694453d6b28a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId2184694453d6b2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId4865694453d6b29e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId2627694453d6b2b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId5983694453d6b2e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId6765694453d6b338b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId2110694453d6b35c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3544694453d6b36c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId8512694453d6af799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8512694453d6af799.jpg"/><Relationship Id="rId1605694453d6b1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1605694453d6b1817.jpg"/><Relationship Id="rId3099694453d6b3aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3099694453d6b3aa4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>