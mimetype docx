--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9599694453d6aef34" w:history="1">
+            <w:hyperlink r:id="rId90426960a0bc08ef6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7891694453d6aef79" w:history="1">
+            <w:hyperlink r:id="rId97666960a0bc08f3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10379796" name="name8083694453d6af79a" descr="12520.jpg"/>
+                  <wp:docPr id="25445494" name="name82706960a0bc09015" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8512694453d6af799" cstate="print"/>
+                          <a:blip r:embed="rId19326960a0bc09013" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3063694453d6af8a7" w:history="1">
+            <w:hyperlink r:id="rId72886960a0bc09129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,63 +1221,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44626167" name="name4042694453d6b181a" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="28984770" name="name31096960a0bc09fd1" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1605694453d6b1817" cstate="print"/>
+                    <a:blip r:embed="rId24396960a0bc09fcf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7080694453d6b2741" w:history="1">
+      <w:hyperlink r:id="rId56426960a0bc0aea7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4321694453d6b28a0" w:history="1">
+      <w:hyperlink r:id="rId67676960a0bc0b001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2184694453d6b2932" w:history="1">
+      <w:hyperlink r:id="rId81106960a0bc0b092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4865694453d6b29e0" w:history="1">
+      <w:hyperlink r:id="rId17476960a0bc0b13e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2627694453d6b2b58" w:history="1">
+      <w:hyperlink r:id="rId47066960a0bc0b2a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5983694453d6b2e96" w:history="1">
+      <w:hyperlink r:id="rId27976960a0bc0b5d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6765694453d6b338b" w:history="1">
+      <w:hyperlink r:id="rId47506960a0bc0bc1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5604,73 +5604,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2110694453d6b35c6" w:history="1">
+      <w:hyperlink r:id="rId17086960a0bc0be85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3544694453d6b36c1" w:history="1">
+      <w:hyperlink r:id="rId72466960a0bc0bf7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41529741" name="name5469694453d6b3aa6" descr="eu_funding_250.png"/>
+            <wp:docPr id="66724197" name="name20476960a0bc0bfe1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3099694453d6b3aa4" cstate="print"/>
+                    <a:blip r:embed="rId45846960a0bc0bfe0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25500188">
+  <w:abstractNum w:abstractNumId="11547304">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21308444">
+    <w:lvl w:ilvl="0" w:tplc="38179424">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21308444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38179424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25500187">
+  <w:abstractNum w:abstractNumId="11547303">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10782541">
+    <w:lvl w:ilvl="0" w:tplc="42969560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25500187">
-    <w:abstractNumId w:val="25500187"/>
+  <w:num w:numId="11547303">
+    <w:abstractNumId w:val="11547303"/>
   </w:num>
-  <w:num w:numId="25500188">
-    <w:abstractNumId w:val="25500188"/>
+  <w:num w:numId="11547304">
+    <w:abstractNumId w:val="11547304"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId104918714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200700270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9599694453d6aef34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId7891694453d6aef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId3063694453d6af8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId7080694453d6b2741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId4321694453d6b28a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId2184694453d6b2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId4865694453d6b29e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId2627694453d6b2b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId5983694453d6b2e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId6765694453d6b338b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId2110694453d6b35c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3544694453d6b36c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId8512694453d6af799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8512694453d6af799.jpg"/><Relationship Id="rId1605694453d6b1817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1605694453d6b1817.jpg"/><Relationship Id="rId3099694453d6b3aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3099694453d6b3aa4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916139365" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId790777536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90426960a0bc08ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId97666960a0bc08f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId72886960a0bc09129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId56426960a0bc0aea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId67676960a0bc0b001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId81106960a0bc0b092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId17476960a0bc0b13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId47066960a0bc0b2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId27976960a0bc0b5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId47506960a0bc0bc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId17086960a0bc0be85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72466960a0bc0bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId19326960a0bc09013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19326960a0bc09013.jpg"/><Relationship Id="rId24396960a0bc09fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24396960a0bc09fcf.jpg"/><Relationship Id="rId45846960a0bc0bfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45846960a0bc0bfe0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>