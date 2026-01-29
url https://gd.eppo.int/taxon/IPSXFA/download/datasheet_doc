--- v3 (2026-01-09)
+++ v4 (2026-01-29)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90426960a0bc08ef6" w:history="1">
+            <w:hyperlink r:id="rId3123697ba98e71b88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97666960a0bc08f3b" w:history="1">
+            <w:hyperlink r:id="rId9490697ba98e71bff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25445494" name="name82706960a0bc09015" descr="12520.jpg"/>
+                  <wp:docPr id="99926263" name="name9410697ba98e72136" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19326960a0bc09013" cstate="print"/>
+                          <a:blip r:embed="rId8418697ba98e72134" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72886960a0bc09129" w:history="1">
+            <w:hyperlink r:id="rId1480697ba98e72320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,105 +1221,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28984770" name="name31096960a0bc09fd1" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="83588495" name="name4987697ba98e73784" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24396960a0bc09fcf" cstate="print"/>
+                    <a:blip r:embed="rId2031697ba98e73781" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Eastern Siberia, Far East, Northern Russia, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Eastern Siberia, Far East, Northern Russia, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Henan, Hubei, Jilin, Liaoning, Neimenggu, Shaanxi, Shandong, Shanxi, Xinjiang, Yunnan), Japan (Hokkaido, Honshu), Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56426960a0bc0aea7" w:history="1">
+      <w:hyperlink r:id="rId2714697ba98e7500e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67676960a0bc0b001" w:history="1">
+      <w:hyperlink r:id="rId1429697ba98e751ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81106960a0bc0b092" w:history="1">
+      <w:hyperlink r:id="rId4430697ba98e753b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17476960a0bc0b13e" w:history="1">
+      <w:hyperlink r:id="rId4112697ba98e75473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47066960a0bc0b2a1" w:history="1">
+      <w:hyperlink r:id="rId7560697ba98e755df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27976960a0bc0b5d1" w:history="1">
+      <w:hyperlink r:id="rId6043697ba98e7591d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47506960a0bc0bc1d" w:history="1">
+      <w:hyperlink r:id="rId1206697ba98e75e1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5626,51 +5626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17086960a0bc0be85" w:history="1">
+      <w:hyperlink r:id="rId9605697ba98e7605c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72466960a0bc0bf7f" w:history="1">
+      <w:hyperlink r:id="rId8826697ba98e7614d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66724197" name="name20476960a0bc0bfe1" descr="eu_funding_250.png"/>
+            <wp:docPr id="67644988" name="name6053697ba98e761e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45846960a0bc0bfe0" cstate="print"/>
+                    <a:blip r:embed="rId6848697ba98e761e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11547304">
+  <w:abstractNum w:abstractNumId="50380469">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38179424">
+    <w:lvl w:ilvl="0" w:tplc="80329684">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38179424" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80329684" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11547303">
+  <w:abstractNum w:abstractNumId="50380468">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42969560">
+    <w:lvl w:ilvl="0" w:tplc="66681848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11547303">
-    <w:abstractNumId w:val="11547303"/>
+  <w:num w:numId="50380468">
+    <w:abstractNumId w:val="50380468"/>
   </w:num>
-  <w:num w:numId="11547304">
-    <w:abstractNumId w:val="11547304"/>
+  <w:num w:numId="50380469">
+    <w:abstractNumId w:val="50380469"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916139365" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId790777536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90426960a0bc08ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId97666960a0bc08f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId72886960a0bc09129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId56426960a0bc0aea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId67676960a0bc0b001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId81106960a0bc0b092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId17476960a0bc0b13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId47066960a0bc0b2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId27976960a0bc0b5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId47506960a0bc0bc1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId17086960a0bc0be85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72466960a0bc0bf7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId19326960a0bc09013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19326960a0bc09013.jpg"/><Relationship Id="rId24396960a0bc09fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24396960a0bc09fcf.jpg"/><Relationship Id="rId45846960a0bc0bfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45846960a0bc0bfe0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314674686" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523816108" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3123697ba98e71b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId9490697ba98e71bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId1480697ba98e72320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId2714697ba98e7500e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId1429697ba98e751ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId4430697ba98e753b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId4112697ba98e75473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId7560697ba98e755df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId6043697ba98e7591d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId1206697ba98e75e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId9605697ba98e7605c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8826697ba98e7614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId8418697ba98e72134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8418697ba98e72134.jpg"/><Relationship Id="rId2031697ba98e73781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2031697ba98e73781.jpg"/><Relationship Id="rId6848697ba98e761e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6848697ba98e761e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>