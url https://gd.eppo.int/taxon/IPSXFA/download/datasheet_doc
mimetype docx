--- v4 (2026-01-29)
+++ v5 (2026-02-25)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3123697ba98e71b88" w:history="1">
+            <w:hyperlink r:id="rId7795699f3f0fea5ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9490697ba98e71bff" w:history="1">
+            <w:hyperlink r:id="rId4392699f3f0fea637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99926263" name="name9410697ba98e72136" descr="12520.jpg"/>
+                  <wp:docPr id="35024303" name="name6304699f3f0fec53d" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8418697ba98e72134" cstate="print"/>
+                          <a:blip r:embed="rId9465699f3f0fec53b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1480697ba98e72320" w:history="1">
+            <w:hyperlink r:id="rId5382699f3f0fec683" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,63 +1221,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83588495" name="name4987697ba98e73784" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="31838782" name="name5677699f3f0fecd6c" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2031697ba98e73781" cstate="print"/>
+                    <a:blip r:embed="rId4550699f3f0fecd6a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2714697ba98e7500e" w:history="1">
+      <w:hyperlink r:id="rId8200699f3f0fedc87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1429697ba98e751ac" w:history="1">
+      <w:hyperlink r:id="rId1763699f3f0fedded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4430697ba98e753b3" w:history="1">
+      <w:hyperlink r:id="rId1826699f3f0fede83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4112697ba98e75473" w:history="1">
+      <w:hyperlink r:id="rId3499699f3f0fedf35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7560697ba98e755df" w:history="1">
+      <w:hyperlink r:id="rId7567699f3f0fee0a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6043697ba98e7591d" w:history="1">
+      <w:hyperlink r:id="rId8864699f3f0fef72f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1206697ba98e75e1d" w:history="1">
+      <w:hyperlink r:id="rId7562699f3f0fefc39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5626,51 +5626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9605697ba98e7605c" w:history="1">
+      <w:hyperlink r:id="rId4028699f3f0fefe93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8826697ba98e7614d" w:history="1">
+      <w:hyperlink r:id="rId1094699f3f0feff8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67644988" name="name6053697ba98e761e1" descr="eu_funding_250.png"/>
+            <wp:docPr id="7919092" name="name4193699f3f0ff03c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6848697ba98e761e0" cstate="print"/>
+                    <a:blip r:embed="rId2670699f3f0ff03c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50380469">
+  <w:abstractNum w:abstractNumId="46802965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80329684">
+    <w:lvl w:ilvl="0" w:tplc="21609258">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80329684" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21609258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50380468">
+  <w:abstractNum w:abstractNumId="46802964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66681848">
+    <w:lvl w:ilvl="0" w:tplc="66970472">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50380468">
-    <w:abstractNumId w:val="50380468"/>
+  <w:num w:numId="46802964">
+    <w:abstractNumId w:val="46802964"/>
   </w:num>
-  <w:num w:numId="50380469">
-    <w:abstractNumId w:val="50380469"/>
+  <w:num w:numId="46802965">
+    <w:abstractNumId w:val="46802965"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId314674686" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523816108" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3123697ba98e71b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId9490697ba98e71bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId1480697ba98e72320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId2714697ba98e7500e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId1429697ba98e751ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId4430697ba98e753b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId4112697ba98e75473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId7560697ba98e755df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId6043697ba98e7591d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId1206697ba98e75e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId9605697ba98e7605c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8826697ba98e7614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId8418697ba98e72134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8418697ba98e72134.jpg"/><Relationship Id="rId2031697ba98e73781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2031697ba98e73781.jpg"/><Relationship Id="rId6848697ba98e761e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6848697ba98e761e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308921870" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664658642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7795699f3f0fea5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId4392699f3f0fea637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId5382699f3f0fec683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId8200699f3f0fedc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId1763699f3f0fedded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId1826699f3f0fede83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId3499699f3f0fedf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId7567699f3f0fee0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId8864699f3f0fef72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId7562699f3f0fefc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId4028699f3f0fefe93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1094699f3f0feff8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId9465699f3f0fec53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9465699f3f0fec53b.jpg"/><Relationship Id="rId4550699f3f0fecd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4550699f3f0fecd6a.jpg"/><Relationship Id="rId2670699f3f0ff03c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2670699f3f0ff03c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>