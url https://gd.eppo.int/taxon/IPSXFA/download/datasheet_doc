--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Egger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> larch bark beetle, oblong bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7795699f3f0fea5ed" w:history="1">
+            <w:hyperlink r:id="rId407069ba57146aab8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4392699f3f0fea637" w:history="1">
+            <w:hyperlink r:id="rId774369ba57146aafd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35024303" name="name6304699f3f0fec53d" descr="12520.jpg"/>
+                  <wp:docPr id="74089412" name="name997969ba57146b0c4" descr="12520.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12520.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9465699f3f0fec53b" cstate="print"/>
+                          <a:blip r:embed="rId364969ba57146b0c2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5382699f3f0fec683" w:history="1">
+            <w:hyperlink r:id="rId437369ba57146b208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1221,63 +1221,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019). In the future, identifying these species will require DNA analysis, especially for beetles from areas where the ranges of these species overlap.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31838782" name="name5677699f3f0fecd6c" descr="IPSXFA_distribution_map.jpg"/>
+            <wp:docPr id="50455964" name="name510169ba57146c3de" descr="IPSXFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4550699f3f0fecd6a" cstate="print"/>
+                    <a:blip r:embed="rId375569ba57146c3da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3330,51 +3330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest (2021) CABI Invasive Species Compendium, online. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (larch bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8200699f3f0fedc87" w:history="1">
+      <w:hyperlink r:id="rId417069ba57146d332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28841</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 21 April 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3545,51 +3545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234 pp. doi: 10.3752/cjai.2019.38 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1763699f3f0fedded" w:history="1">
+      <w:hyperlink r:id="rId418769ba57146d499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3635,51 +3635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5039, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1826699f3f0fede83" w:history="1">
+      <w:hyperlink r:id="rId558569ba57146d533" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5039</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3745,51 +3745,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3499699f3f0fedf35" w:history="1">
+      <w:hyperlink r:id="rId611069ba57146d5f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3969,51 +3969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7567699f3f0fee0a3" w:history="1">
+      <w:hyperlink r:id="rId416869ba57146d771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/IPSXCE/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4485,51 +4485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, (6), 1481–1488, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8864699f3f0fef72f" w:history="1">
+      <w:hyperlink r:id="rId286369ba57146dac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvz105</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5271,51 +5271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7562699f3f0fefc39" w:history="1">
+      <w:hyperlink r:id="rId830869ba57146dfa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s43008-019-0025-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5626,51 +5626,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips subelongatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4028699f3f0fefe93" w:history="1">
+      <w:hyperlink r:id="rId793269ba57146e1e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5775,81 +5775,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1094699f3f0feff8b" w:history="1">
+      <w:hyperlink r:id="rId619869ba57146e2d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7919092" name="name4193699f3f0ff03c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="30335921" name="name634869ba57146e659" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2670699f3f0ff03c1" cstate="print"/>
+                    <a:blip r:embed="rId333069ba57146e658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5947,137 +5947,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46802965">
+  <w:abstractNum w:abstractNumId="79629217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21609258">
+    <w:lvl w:ilvl="0" w:tplc="35313637">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21609258" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35313637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46802964">
+  <w:abstractNum w:abstractNumId="79629216">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66970472">
+    <w:lvl w:ilvl="0" w:tplc="15408156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6829,55 +6829,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46802964">
-    <w:abstractNumId w:val="46802964"/>
+  <w:num w:numId="79629216">
+    <w:abstractNumId w:val="79629216"/>
   </w:num>
-  <w:num w:numId="46802965">
-    <w:abstractNumId w:val="46802965"/>
+  <w:num w:numId="79629217">
+    <w:abstractNumId w:val="79629217"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18427,51 +18427,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308921870" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664658642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7795699f3f0fea5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId4392699f3f0fea637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId5382699f3f0fec683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId8200699f3f0fedc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId1763699f3f0fedded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId1826699f3f0fede83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId3499699f3f0fedf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId7567699f3f0fee0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId8864699f3f0fef72f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId7562699f3f0fefc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId4028699f3f0fefe93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1094699f3f0feff8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId9465699f3f0fec53b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9465699f3f0fec53b.jpg"/><Relationship Id="rId4550699f3f0fecd6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4550699f3f0fecd6a.jpg"/><Relationship Id="rId2670699f3f0ff03c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2670699f3f0ff03c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId498856308" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377700294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId407069ba57146aab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/" TargetMode="External"/><Relationship Id="rId774369ba57146aafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/categorization" TargetMode="External"/><Relationship Id="rId437369ba57146b208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXFA/photos" TargetMode="External"/><Relationship Id="rId417069ba57146d332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28841" TargetMode="External"/><Relationship Id="rId418769ba57146d499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cjai.biologicalsurvey.ca/dcgs_38/dcgs_38.html" TargetMode="External"/><Relationship Id="rId558569ba57146d533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5039" TargetMode="External"/><Relationship Id="rId611069ba57146d5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId416869ba57146d771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/datasheet" TargetMode="External"/><Relationship Id="rId286369ba57146dac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvz105" TargetMode="External"/><Relationship Id="rId830869ba57146dfa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s43008-019-0025-3" TargetMode="External"/><Relationship Id="rId793269ba57146e1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId619869ba57146e2d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId364969ba57146b0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId364969ba57146b0c2.jpg"/><Relationship Id="rId375569ba57146c3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId375569ba57146c3da.jpg"/><Relationship Id="rId333069ba57146e658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId333069ba57146e658.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>