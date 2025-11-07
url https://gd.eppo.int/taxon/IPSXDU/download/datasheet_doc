--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267668e60f00aada0" w:history="1">
+            <w:hyperlink r:id="rId9441690dee77bd8cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539568e60f00aade4" w:history="1">
+            <w:hyperlink r:id="rId1048690dee77bd912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1190,63 +1190,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97080568" name="name963468e60f00abff1" descr="IPSXDU_distribution_map.jpg"/>
+            <wp:docPr id="47410529" name="name7387690dee77bece4" descr="IPSXDU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXDU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId715268e60f00abfef" cstate="print"/>
+                    <a:blip r:embed="rId4022690dee77bece1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3903,51 +3903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (double-spined bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702068e60f00ad2a0" w:history="1">
+      <w:hyperlink r:id="rId4213690dee77c0080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28823</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 11 September 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4002,51 +4002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 234 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192968e60f00ad33f" w:history="1">
+      <w:hyperlink r:id="rId4172690dee77c0127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3752/cjai.2019.38</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4092,51 +4092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852968e60f00ad3d9" w:history="1">
+      <w:hyperlink r:id="rId6294690dee77c01bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,51 +4173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5040, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744668e60f00ad460" w:history="1">
+      <w:hyperlink r:id="rId6579690dee77c0245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4243,51 +4243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), p 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767468e60f00ad4cf" w:history="1">
+      <w:hyperlink r:id="rId3061690dee77c02c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4313,122 +4313,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 34-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666568e60f00ad53d" w:history="1">
+      <w:hyperlink r:id="rId9926690dee77c0339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02229.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748768e60f00ad56f" w:history="1">
+      <w:hyperlink r:id="rId8856690dee77c036b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO (2021b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642368e60f00ad5ae" w:history="1">
+      <w:hyperlink r:id="rId2899690dee77c03ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4494,51 +4494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> series A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116868e60f00ad657" w:history="1">
+      <w:hyperlink r:id="rId8331690dee77c045e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155668e60f00ad721" w:history="1">
+      <w:hyperlink r:id="rId1926690dee77c0530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17221/18/2008-JFS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4712,51 +4712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–443. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932068e60f00ad7ae" w:history="1">
+      <w:hyperlink r:id="rId6529690dee77c05c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-010-0121-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5520,51 +5520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 179–184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433068e60f00adca5" w:history="1">
+      <w:hyperlink r:id="rId7496690dee77c0b21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/alpento.4.53808</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736368e60f00add6c" w:history="1">
+      <w:hyperlink r:id="rId4548690dee77c0bda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5749,63 +5749,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70487336" name="name974268e60f00ade93" descr="eu_funding_250.png"/>
+            <wp:docPr id="83193253" name="name6137690dee77c0d63" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId689968e60f00ade92" cstate="print"/>
+                    <a:blip r:embed="rId1611690dee77c0d62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5903,137 +5903,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74357260">
+  <w:abstractNum w:abstractNumId="64169328">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83006548">
+    <w:lvl w:ilvl="0" w:tplc="64734744">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83006548" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64734744" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74357259">
+  <w:abstractNum w:abstractNumId="64169327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22161835">
+    <w:lvl w:ilvl="0" w:tplc="75779707">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6785,55 +6785,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74357259">
-    <w:abstractNumId w:val="74357259"/>
+  <w:num w:numId="64169327">
+    <w:abstractNumId w:val="64169327"/>
   </w:num>
-  <w:num w:numId="74357260">
-    <w:abstractNumId w:val="74357260"/>
+  <w:num w:numId="64169328">
+    <w:abstractNumId w:val="64169328"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18383,51 +18383,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845420490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId228138714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId267668e60f00aada0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId539568e60f00aade4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId702068e60f00ad2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId192968e60f00ad33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId852968e60f00ad3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId744668e60f00ad460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId767468e60f00ad4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId666568e60f00ad53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId748768e60f00ad56f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId642368e60f00ad5ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId116868e60f00ad657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId155668e60f00ad721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId932068e60f00ad7ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId433068e60f00adca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId736368e60f00add6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId715268e60f00abfef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715268e60f00abfef.jpg"/><Relationship Id="rId689968e60f00ade92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId689968e60f00ade92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340968734" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773830856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9441690dee77bd8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId1048690dee77bd912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId4213690dee77c0080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId4172690dee77c0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId6294690dee77c01bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId6579690dee77c0245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId3061690dee77c02c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId9926690dee77c0339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId8856690dee77c036b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2899690dee77c03ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8331690dee77c045e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId1926690dee77c0530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId6529690dee77c05c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId7496690dee77c0b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId4548690dee77c0bda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4022690dee77bece1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4022690dee77bece1.jpg"/><Relationship Id="rId1611690dee77c0d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1611690dee77c0d62.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>