--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9441690dee77bd8cf" w:history="1">
+            <w:hyperlink r:id="rId1479693271962434d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1048690dee77bd912" w:history="1">
+            <w:hyperlink r:id="rId53406932719624395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1190,63 +1190,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47410529" name="name7387690dee77bece4" descr="IPSXDU_distribution_map.jpg"/>
+            <wp:docPr id="26451298" name="name20866932719625cda" descr="IPSXDU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXDU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4022690dee77bece1" cstate="print"/>
+                    <a:blip r:embed="rId78346932719625cd7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3903,51 +3903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (double-spined bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4213690dee77c0080" w:history="1">
+      <w:hyperlink r:id="rId371169327196273d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28823</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 11 September 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4002,51 +4002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 234 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4172690dee77c0127" w:history="1">
+      <w:hyperlink r:id="rId7292693271962747b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3752/cjai.2019.38</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4092,51 +4092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6294690dee77c01bb" w:history="1">
+      <w:hyperlink r:id="rId38186932719627512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,51 +4173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5040, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6579690dee77c0245" w:history="1">
+      <w:hyperlink r:id="rId6743693271962759c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4243,51 +4243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), p 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3061690dee77c02c6" w:history="1">
+      <w:hyperlink r:id="rId84436932719627611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4313,122 +4313,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 34-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9926690dee77c0339" w:history="1">
+      <w:hyperlink r:id="rId96406932719627682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02229.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8856690dee77c036b" w:history="1">
+      <w:hyperlink r:id="rId303069327196276b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO (2021b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2899690dee77c03ac" w:history="1">
+      <w:hyperlink r:id="rId319769327196276f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4494,51 +4494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> series A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8331690dee77c045e" w:history="1">
+      <w:hyperlink r:id="rId119169327196277a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1926690dee77c0530" w:history="1">
+      <w:hyperlink r:id="rId3887693271962787a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17221/18/2008-JFS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4712,51 +4712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–443. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6529690dee77c05c2" w:history="1">
+      <w:hyperlink r:id="rId3026693271962790a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-010-0121-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5520,51 +5520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 179–184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7496690dee77c0b21" w:history="1">
+      <w:hyperlink r:id="rId66606932719627e51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/alpento.4.53808</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4548690dee77c0bda" w:history="1">
+      <w:hyperlink r:id="rId86566932719627f0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5749,63 +5749,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83193253" name="name6137690dee77c0d63" descr="eu_funding_250.png"/>
+            <wp:docPr id="38813776" name="name2837693271962802d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1611690dee77c0d62" cstate="print"/>
+                    <a:blip r:embed="rId7022693271962802c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5903,137 +5903,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64169328">
+  <w:abstractNum w:abstractNumId="43294692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64734744">
+    <w:lvl w:ilvl="0" w:tplc="39659258">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64734744" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39659258" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64169327">
+  <w:abstractNum w:abstractNumId="43294691">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75779707">
+    <w:lvl w:ilvl="0" w:tplc="60727818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6785,55 +6785,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64169327">
-    <w:abstractNumId w:val="64169327"/>
+  <w:num w:numId="43294691">
+    <w:abstractNumId w:val="43294691"/>
   </w:num>
-  <w:num w:numId="64169328">
-    <w:abstractNumId w:val="64169328"/>
+  <w:num w:numId="43294692">
+    <w:abstractNumId w:val="43294692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18383,51 +18383,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId340968734" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773830856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9441690dee77bd8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId1048690dee77bd912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId4213690dee77c0080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId4172690dee77c0127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId6294690dee77c01bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId6579690dee77c0245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId3061690dee77c02c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId9926690dee77c0339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId8856690dee77c036b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2899690dee77c03ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8331690dee77c045e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId1926690dee77c0530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId6529690dee77c05c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId7496690dee77c0b21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId4548690dee77c0bda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4022690dee77bece1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4022690dee77bece1.jpg"/><Relationship Id="rId1611690dee77c0d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1611690dee77c0d62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId223871352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365488967" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1479693271962434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId53406932719624395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId371169327196273d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId7292693271962747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId38186932719627512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId6743693271962759c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId84436932719627611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId96406932719627682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId303069327196276b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId319769327196276f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId119169327196277a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId3887693271962787a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId3026693271962790a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId66606932719627e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId86566932719627f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78346932719625cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78346932719625cd7.jpg"/><Relationship Id="rId7022693271962802c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7022693271962802c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>