--- v2 (2025-12-05)
+++ v3 (2026-01-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1479693271962434d" w:history="1">
+            <w:hyperlink r:id="rId3359696264aa2b386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53406932719624395" w:history="1">
+            <w:hyperlink r:id="rId1504696264aa2b3cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1190,105 +1190,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26451298" name="name20866932719625cda" descr="IPSXDU_distribution_map.jpg"/>
+            <wp:docPr id="96623080" name="name9999696264aa2c000" descr="IPSXDU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXDU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78346932719625cd7" cstate="print"/>
+                    <a:blip r:embed="rId3667696264aa2bffd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Czechia, Estonia, Finland, Germany, Hungary, Kazakhstan, Latvia, Lithuania, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Slovenia, Sweden, Switzerland, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Czechia, Estonia, Finland, Germany, Hungary, Kazakhstan, Latvia, Liechtenstein, Lithuania, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Slovenia, Sweden, Switzerland, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Liaoning, Neimenggu, Sichuan, Xinjiang), Japan (Honshu), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Syrian Arab Republic, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3903,51 +3903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (double-spined bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371169327196273d2" w:history="1">
+      <w:hyperlink r:id="rId6502696264aa2d46f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28823</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 11 September 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4002,51 +4002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 234 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7292693271962747b" w:history="1">
+      <w:hyperlink r:id="rId7143696264aa2d513" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3752/cjai.2019.38</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4092,51 +4092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38186932719627512" w:history="1">
+      <w:hyperlink r:id="rId6233696264aa2d5a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,51 +4173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5040, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6743693271962759c" w:history="1">
+      <w:hyperlink r:id="rId2640696264aa2d62c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4243,51 +4243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), p 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84436932719627611" w:history="1">
+      <w:hyperlink r:id="rId3457696264aa2d69c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4313,122 +4313,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 34-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96406932719627682" w:history="1">
+      <w:hyperlink r:id="rId8499696264aa2d70d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02229.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303069327196276b4" w:history="1">
+      <w:hyperlink r:id="rId4282696264aa2d73e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO (2021b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319769327196276f5" w:history="1">
+      <w:hyperlink r:id="rId8472696264aa2d77e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4494,51 +4494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> series A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119169327196277a7" w:history="1">
+      <w:hyperlink r:id="rId1556696264aa2d837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3887693271962787a" w:history="1">
+      <w:hyperlink r:id="rId8543696264aa2d909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17221/18/2008-JFS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4712,51 +4712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–443. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3026693271962790a" w:history="1">
+      <w:hyperlink r:id="rId5582696264aa2d999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-010-0121-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5520,51 +5520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 179–184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66606932719627e51" w:history="1">
+      <w:hyperlink r:id="rId7684696264aa2ded0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/alpento.4.53808</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5608,73 +5608,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86566932719627f0c" w:history="1">
+      <w:hyperlink r:id="rId9867696264aa2df8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5749,63 +5749,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38813776" name="name2837693271962802d" descr="eu_funding_250.png"/>
+            <wp:docPr id="25538716" name="name8353696264aa2e0ad" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7022693271962802c" cstate="print"/>
+                    <a:blip r:embed="rId2033696264aa2e0ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5903,137 +5903,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43294692">
+  <w:abstractNum w:abstractNumId="75722154">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39659258">
+    <w:lvl w:ilvl="0" w:tplc="10983222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39659258" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10983222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43294691">
+  <w:abstractNum w:abstractNumId="75722153">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60727818">
+    <w:lvl w:ilvl="0" w:tplc="93796020">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6785,55 +6785,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43294691">
-    <w:abstractNumId w:val="43294691"/>
+  <w:num w:numId="75722153">
+    <w:abstractNumId w:val="75722153"/>
   </w:num>
-  <w:num w:numId="43294692">
-    <w:abstractNumId w:val="43294692"/>
+  <w:num w:numId="75722154">
+    <w:abstractNumId w:val="75722154"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18383,51 +18383,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId223871352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365488967" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1479693271962434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId53406932719624395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId371169327196273d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId7292693271962747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId38186932719627512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId6743693271962759c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId84436932719627611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId96406932719627682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId303069327196276b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId319769327196276f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId119169327196277a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId3887693271962787a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId3026693271962790a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId66606932719627e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId86566932719627f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78346932719625cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78346932719625cd7.jpg"/><Relationship Id="rId7022693271962802c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7022693271962802c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667799744" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886950345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3359696264aa2b386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId1504696264aa2b3cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId6502696264aa2d46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId7143696264aa2d513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId6233696264aa2d5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId2640696264aa2d62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId3457696264aa2d69c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId8499696264aa2d70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId4282696264aa2d73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8472696264aa2d77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1556696264aa2d837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId8543696264aa2d909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId5582696264aa2d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId7684696264aa2ded0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId9867696264aa2df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3667696264aa2bffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3667696264aa2bffd.jpg"/><Relationship Id="rId2033696264aa2e0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2033696264aa2e0ac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>