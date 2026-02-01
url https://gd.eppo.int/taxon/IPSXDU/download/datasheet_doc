--- v3 (2026-01-10)
+++ v4 (2026-02-01)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northern bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3359696264aa2b386" w:history="1">
+            <w:hyperlink r:id="rId9037697fa92038a1a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1504696264aa2b3cb" w:history="1">
+            <w:hyperlink r:id="rId7101697fa92038a60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1190,105 +1190,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96623080" name="name9999696264aa2c000" descr="IPSXDU_distribution_map.jpg"/>
+            <wp:docPr id="88288678" name="name7445697fa92039bb1" descr="IPSXDU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXDU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3667696264aa2bffd" cstate="print"/>
+                    <a:blip r:embed="rId4820697fa92039bae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Czechia, Estonia, Finland, Germany, Hungary, Kazakhstan, Latvia, Liechtenstein, Lithuania, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Slovenia, Sweden, Switzerland, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Czechia, Estonia, Finland, Germany, Hungary, Kazakhstan, Latvia, Liechtenstein, Lithuania, Norway, Poland, Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Slovakia, Slovenia, Sweden, Switzerland, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Liaoning, Neimenggu, Sichuan, Xinjiang), Japan (Honshu), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Syrian Arab Republic, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3903,51 +3903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (double-spined bark beetle). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6502696264aa2d46f" w:history="1">
+      <w:hyperlink r:id="rId6965697fa9203b17a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28823</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 11 September 2021] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4002,51 +4002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 234 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7143696264aa2d513" w:history="1">
+      <w:hyperlink r:id="rId3328697fa9203b221" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3752/cjai.2019.38</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4092,51 +4092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6233696264aa2d5a4" w:history="1">
+      <w:hyperlink r:id="rId3786697fa9203b2e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,51 +4173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5040, 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2640696264aa2d62c" w:history="1">
+      <w:hyperlink r:id="rId1263697fa9203b370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5040</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4243,51 +4243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), p 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3457696264aa2d69c" w:history="1">
+      <w:hyperlink r:id="rId3104697fa9203b403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4313,122 +4313,122 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 34-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8499696264aa2d70d" w:history="1">
+      <w:hyperlink r:id="rId9183697fa9203b483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02229.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021a) EPPO Global Database (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4282696264aa2d73e" w:history="1">
+      <w:hyperlink r:id="rId9504697fa9203b4b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO (2021b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips typographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8472696264aa2d77e" w:history="1">
+      <w:hyperlink r:id="rId3509697fa9203b4f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4494,51 +4494,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> series A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1556696264aa2d837" w:history="1">
+      <w:hyperlink r:id="rId1039697fa9203b5a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4622,51 +4622,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 234–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8543696264aa2d909" w:history="1">
+      <w:hyperlink r:id="rId9090697fa9203b6a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17221/18/2008-JFS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4712,51 +4712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 435–443. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5582696264aa2d999" w:history="1">
+      <w:hyperlink r:id="rId2127697fa9203b73a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-010-0121-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5520,51 +5520,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 179–184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7684696264aa2ded0" w:history="1">
+      <w:hyperlink r:id="rId7915697fa9203bcf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/alpento.4.53808</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips duplicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9867696264aa2df8b" w:history="1">
+      <w:hyperlink r:id="rId4421697fa9203bdc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5749,63 +5749,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25538716" name="name8353696264aa2e0ad" descr="eu_funding_250.png"/>
+            <wp:docPr id="94980223" name="name5673697fa9203bee1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2033696264aa2e0ac" cstate="print"/>
+                    <a:blip r:embed="rId5267697fa9203bee0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5903,137 +5903,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75722154">
+  <w:abstractNum w:abstractNumId="67064701">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10983222">
+    <w:lvl w:ilvl="0" w:tplc="74090366">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10983222" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74090366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75722153">
+  <w:abstractNum w:abstractNumId="67064700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93796020">
+    <w:lvl w:ilvl="0" w:tplc="83786910">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6785,55 +6785,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75722153">
-    <w:abstractNumId w:val="75722153"/>
+  <w:num w:numId="67064700">
+    <w:abstractNumId w:val="67064700"/>
   </w:num>
-  <w:num w:numId="75722154">
-    <w:abstractNumId w:val="75722154"/>
+  <w:num w:numId="67064701">
+    <w:abstractNumId w:val="67064701"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18383,51 +18383,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667799744" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886950345" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3359696264aa2b386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId1504696264aa2b3cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId6502696264aa2d46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId7143696264aa2d513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId6233696264aa2d5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId2640696264aa2d62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId3457696264aa2d69c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId8499696264aa2d70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId4282696264aa2d73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8472696264aa2d77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1556696264aa2d837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId8543696264aa2d909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId5582696264aa2d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId7684696264aa2ded0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId9867696264aa2df8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3667696264aa2bffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3667696264aa2bffd.jpg"/><Relationship Id="rId2033696264aa2e0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2033696264aa2e0ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694999728" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId443201160" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9037697fa92038a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/" TargetMode="External"/><Relationship Id="rId7101697fa92038a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXDU/categorization" TargetMode="External"/><Relationship Id="rId6965697fa9203b17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28823" TargetMode="External"/><Relationship Id="rId3328697fa9203b221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3752/cjai.2019.38" TargetMode="External"/><Relationship Id="rId3786697fa9203b2e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/FullTextPDF/2012/20123387814.pdf" TargetMode="External"/><Relationship Id="rId1263697fa9203b370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5040" TargetMode="External"/><Relationship Id="rId3104697fa9203b403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId9183697fa9203b483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02229.x" TargetMode="External"/><Relationship Id="rId9504697fa9203b4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3509697fa9203b4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1039697fa9203b5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/record/30734/files/grodzki-12-3-4.pdf" TargetMode="External"/><Relationship Id="rId9090697fa9203b6a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17221/18/2008-JFS" TargetMode="External"/><Relationship Id="rId2127697fa9203b73a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-010-0121-9" TargetMode="External"/><Relationship Id="rId7915697fa9203bcf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/alpento.4.53808" TargetMode="External"/><Relationship Id="rId4421697fa9203bdc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4820697fa92039bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4820697fa92039bae.jpg"/><Relationship Id="rId5267697fa9203bee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5267697fa9203bee0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>