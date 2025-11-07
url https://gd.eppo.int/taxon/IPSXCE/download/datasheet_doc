--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188968e514dd420bf" w:history="1">
+            <w:hyperlink r:id="rId9406690df43c00415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId863868e514dd42103" w:history="1">
+            <w:hyperlink r:id="rId4919690df43c00465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77471849" name="name834068e514dd421f3" descr="11947.jpg"/>
+                  <wp:docPr id="57194619" name="name3349690df43c00ca2" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId815468e514dd421f2" cstate="print"/>
+                          <a:blip r:embed="rId3148690df43c00ca0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId688668e514dd4231d" w:history="1">
+            <w:hyperlink r:id="rId8881690df43c00dc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,63 +1389,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63596253" name="name501568e514dd43594" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="76974869" name="name5677690df43c0221b" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId710168e514dd43590" cstate="print"/>
+                    <a:blip r:embed="rId4963690df43c02218" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610468e514dd4469c" w:history="1">
+      <w:hyperlink r:id="rId7907690df43c032b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3895,51 +3895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155968e514dd447f6" w:history="1">
+      <w:hyperlink r:id="rId8780690df43c033f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827168e514dd44905" w:history="1">
+      <w:hyperlink r:id="rId5429690df43c034e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6322160" name="name547668e514dd449b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="3362971" name="name8425690df43c035c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId760268e514dd449b5" cstate="print"/>
+                    <a:blip r:embed="rId5469690df43c035c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67035726">
+  <w:abstractNum w:abstractNumId="81619675">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24566030">
+    <w:lvl w:ilvl="0" w:tplc="70640605">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24566030" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70640605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67035725">
+  <w:abstractNum w:abstractNumId="81619674">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26741120">
+    <w:lvl w:ilvl="0" w:tplc="23298650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67035725">
-    <w:abstractNumId w:val="67035725"/>
+  <w:num w:numId="81619674">
+    <w:abstractNumId w:val="81619674"/>
   </w:num>
-  <w:num w:numId="67035726">
-    <w:abstractNumId w:val="67035726"/>
+  <w:num w:numId="81619675">
+    <w:abstractNumId w:val="81619675"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId355565673" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId892935700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188968e514dd420bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId863868e514dd42103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId688668e514dd4231d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId610468e514dd4469c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId155968e514dd447f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId827168e514dd44905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId815468e514dd421f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId815468e514dd421f2.jpg"/><Relationship Id="rId710168e514dd43590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710168e514dd43590.jpg"/><Relationship Id="rId760268e514dd449b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId760268e514dd449b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId889864311" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId148087479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9406690df43c00415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId4919690df43c00465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId8881690df43c00dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId7907690df43c032b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId8780690df43c033f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5429690df43c034e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId3148690df43c00ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3148690df43c00ca0.jpg"/><Relationship Id="rId4963690df43c02218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4963690df43c02218.jpg"/><Relationship Id="rId5469690df43c035c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5469690df43c035c3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>