--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9406690df43c00415" w:history="1">
+            <w:hyperlink r:id="rId530869288fe33cd2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4919690df43c00465" w:history="1">
+            <w:hyperlink r:id="rId233669288fe33cd70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57194619" name="name3349690df43c00ca2" descr="11947.jpg"/>
+                  <wp:docPr id="43486634" name="name630569288fe33d444" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3148690df43c00ca0" cstate="print"/>
+                          <a:blip r:embed="rId973369288fe33d442" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8881690df43c00dc6" w:history="1">
+            <w:hyperlink r:id="rId465269288fe33d533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,63 +1389,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76974869" name="name5677690df43c0221b" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="74428471" name="name836669288fe33ec05" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4963690df43c02218" cstate="print"/>
+                    <a:blip r:embed="rId249169288fe33ec02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7907690df43c032b1" w:history="1">
+      <w:hyperlink r:id="rId848169288fe33fc60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3895,51 +3895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8780690df43c033f1" w:history="1">
+      <w:hyperlink r:id="rId500669288fe33fd94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5429690df43c034e3" w:history="1">
+      <w:hyperlink r:id="rId260969288fe33fe88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3362971" name="name8425690df43c035c5" descr="eu_funding_250.png"/>
+            <wp:docPr id="48507871" name="name250969288fe340141" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5469690df43c035c3" cstate="print"/>
+                    <a:blip r:embed="rId682169288fe34013f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81619675">
+  <w:abstractNum w:abstractNumId="10908467">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70640605">
+    <w:lvl w:ilvl="0" w:tplc="24852454">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70640605" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24852454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81619674">
+  <w:abstractNum w:abstractNumId="10908466">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23298650">
+    <w:lvl w:ilvl="0" w:tplc="38862544">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81619674">
-    <w:abstractNumId w:val="81619674"/>
+  <w:num w:numId="10908466">
+    <w:abstractNumId w:val="10908466"/>
   </w:num>
-  <w:num w:numId="81619675">
-    <w:abstractNumId w:val="81619675"/>
+  <w:num w:numId="10908467">
+    <w:abstractNumId w:val="10908467"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId889864311" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId148087479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9406690df43c00415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId4919690df43c00465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId8881690df43c00dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId7907690df43c032b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId8780690df43c033f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5429690df43c034e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId3148690df43c00ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3148690df43c00ca0.jpg"/><Relationship Id="rId4963690df43c02218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4963690df43c02218.jpg"/><Relationship Id="rId5469690df43c035c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5469690df43c035c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393758872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251629283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId530869288fe33cd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId233669288fe33cd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId465269288fe33d533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId848169288fe33fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId500669288fe33fd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId260969288fe33fe88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId973369288fe33d442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973369288fe33d442.jpg"/><Relationship Id="rId249169288fe33ec02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249169288fe33ec02.jpg"/><Relationship Id="rId682169288fe34013f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682169288fe34013f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>