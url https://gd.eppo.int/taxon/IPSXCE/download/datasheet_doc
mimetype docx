--- v2 (2025-11-27)
+++ v3 (2026-01-08)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530869288fe33cd2c" w:history="1">
+            <w:hyperlink r:id="rId7948695f4550dcd4a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233669288fe33cd70" w:history="1">
+            <w:hyperlink r:id="rId1540695f4550dcd90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43486634" name="name630569288fe33d444" descr="11947.jpg"/>
+                  <wp:docPr id="36826449" name="name4998695f4550dce4d" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId973369288fe33d442" cstate="print"/>
+                          <a:blip r:embed="rId9737695f4550dce4c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId465269288fe33d533" w:history="1">
+            <w:hyperlink r:id="rId8144695f4550dcf57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,63 +1389,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74428471" name="name836669288fe33ec05" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="17512711" name="name9965695f4550ddfb8" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId249169288fe33ec02" cstate="print"/>
+                    <a:blip r:embed="rId9014695f4550ddfb5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848169288fe33fc60" w:history="1">
+      <w:hyperlink r:id="rId4703695f4550df0d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3873,73 +3873,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500669288fe33fd94" w:history="1">
+      <w:hyperlink r:id="rId8578695f4550df20d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260969288fe33fe88" w:history="1">
+      <w:hyperlink r:id="rId6615695f4550df302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48507871" name="name250969288fe340141" descr="eu_funding_250.png"/>
+            <wp:docPr id="87604410" name="name1506695f4550df35a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId682169288fe34013f" cstate="print"/>
+                    <a:blip r:embed="rId3846695f4550df359" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10908467">
+  <w:abstractNum w:abstractNumId="67045541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24852454">
+    <w:lvl w:ilvl="0" w:tplc="89416768">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24852454" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89416768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10908466">
+  <w:abstractNum w:abstractNumId="67045540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38862544">
+    <w:lvl w:ilvl="0" w:tplc="35591267">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10908466">
-    <w:abstractNumId w:val="10908466"/>
+  <w:num w:numId="67045540">
+    <w:abstractNumId w:val="67045540"/>
   </w:num>
-  <w:num w:numId="10908467">
-    <w:abstractNumId w:val="10908467"/>
+  <w:num w:numId="67045541">
+    <w:abstractNumId w:val="67045541"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393758872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251629283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId530869288fe33cd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId233669288fe33cd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId465269288fe33d533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId848169288fe33fc60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId500669288fe33fd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId260969288fe33fe88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId973369288fe33d442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973369288fe33d442.jpg"/><Relationship Id="rId249169288fe33ec02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249169288fe33ec02.jpg"/><Relationship Id="rId682169288fe34013f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682169288fe34013f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId884705849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId613162325" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7948695f4550dcd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId1540695f4550dcd90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId8144695f4550dcf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId4703695f4550df0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId8578695f4550df20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6615695f4550df302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId9737695f4550dce4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9737695f4550dce4c.jpg"/><Relationship Id="rId9014695f4550ddfb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9014695f4550ddfb5.jpg"/><Relationship Id="rId3846695f4550df359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3846695f4550df359.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>