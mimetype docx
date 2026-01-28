--- v3 (2026-01-08)
+++ v4 (2026-01-28)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7948695f4550dcd4a" w:history="1">
+            <w:hyperlink r:id="rId33956979be0d15d49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1540695f4550dcd90" w:history="1">
+            <w:hyperlink r:id="rId78946979be0d15d8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36826449" name="name4998695f4550dce4d" descr="11947.jpg"/>
+                  <wp:docPr id="63583217" name="name42236979be0d162c0" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9737695f4550dce4c" cstate="print"/>
+                          <a:blip r:embed="rId99596979be0d162be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8144695f4550dcf57" w:history="1">
+            <w:hyperlink r:id="rId97496979be0d163cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,63 +1389,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17512711" name="name9965695f4550ddfb8" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="32865130" name="name69416979be0d17602" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9014695f4550ddfb5" cstate="print"/>
+                    <a:blip r:embed="rId86296979be0d175ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4703695f4550df0d5" w:history="1">
+      <w:hyperlink r:id="rId65816979be0d18651" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3895,51 +3895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8578695f4550df20d" w:history="1">
+      <w:hyperlink r:id="rId12596979be0d187a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6615695f4550df302" w:history="1">
+      <w:hyperlink r:id="rId18396979be0d18891" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87604410" name="name1506695f4550df35a" descr="eu_funding_250.png"/>
+            <wp:docPr id="57927353" name="name43076979be0d1891f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3846695f4550df359" cstate="print"/>
+                    <a:blip r:embed="rId34016979be0d1891e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67045541">
+  <w:abstractNum w:abstractNumId="51579418">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89416768">
+    <w:lvl w:ilvl="0" w:tplc="67389444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89416768" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67389444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67045540">
+  <w:abstractNum w:abstractNumId="51579417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35591267">
+    <w:lvl w:ilvl="0" w:tplc="85739593">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67045540">
-    <w:abstractNumId w:val="67045540"/>
+  <w:num w:numId="51579417">
+    <w:abstractNumId w:val="51579417"/>
   </w:num>
-  <w:num w:numId="67045541">
-    <w:abstractNumId w:val="67045541"/>
+  <w:num w:numId="51579418">
+    <w:abstractNumId w:val="51579418"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId884705849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId613162325" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7948695f4550dcd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId1540695f4550dcd90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId8144695f4550dcf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId4703695f4550df0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId8578695f4550df20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6615695f4550df302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId9737695f4550dce4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9737695f4550dce4c.jpg"/><Relationship Id="rId9014695f4550ddfb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9014695f4550ddfb5.jpg"/><Relationship Id="rId3846695f4550df359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3846695f4550df359.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987724127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533733728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33956979be0d15d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId78946979be0d15d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId97496979be0d163cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId65816979be0d18651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId12596979be0d187a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18396979be0d18891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId99596979be0d162be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99596979be0d162be.jpg"/><Relationship Id="rId86296979be0d175ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86296979be0d175ff.jpg"/><Relationship Id="rId34016979be0d1891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34016979be0d1891e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>