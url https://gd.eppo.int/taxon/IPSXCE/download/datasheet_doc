--- v4 (2026-01-28)
+++ v5 (2026-02-20)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33956979be0d15d49" w:history="1">
+            <w:hyperlink r:id="rId47166998393c57ef1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78946979be0d15d8d" w:history="1">
+            <w:hyperlink r:id="rId42656998393c57f37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63583217" name="name42236979be0d162c0" descr="11947.jpg"/>
+                  <wp:docPr id="54834977" name="name52186998393c5846a" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId99596979be0d162be" cstate="print"/>
+                          <a:blip r:embed="rId49876998393c58469" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId97496979be0d163cd" w:history="1">
+            <w:hyperlink r:id="rId95566998393c5858d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,105 +1389,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32865130" name="name69416979be0d17602" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="61148001" name="name67546998393c597bc" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86296979be0d175ff" cstate="print"/>
+                    <a:blip r:embed="rId57546998393c597ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Croatia, Czechia, Denmark, France (mainland), Germany, Hungary, Italy (mainland), Netherlands, Poland, Romania, Russian Federation (the) (Central Russia, Northern Russia), Slovakia, Slovenia, Sweden, Switzerland, Ukraine, United Kingdom (England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Croatia, Czechia, Denmark, France (mainland), Germany, Hungary, Italy (mainland), Netherlands, Poland, Romania, Russian Federation (Central Russia, Northern Russia), Slovakia, Slovenia, Sweden, Switzerland, Ukraine, United Kingdom (England, Scotland)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65816979be0d18651" w:history="1">
+      <w:hyperlink r:id="rId25476998393c5a892" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3895,51 +3895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12596979be0d187a0" w:history="1">
+      <w:hyperlink r:id="rId20646998393c5a9c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18396979be0d18891" w:history="1">
+      <w:hyperlink r:id="rId59036998393c5aabb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57927353" name="name43076979be0d1891f" descr="eu_funding_250.png"/>
+            <wp:docPr id="63393197" name="name87366998393c5ab4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34016979be0d1891e" cstate="print"/>
+                    <a:blip r:embed="rId97956998393c5ab4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51579418">
+  <w:abstractNum w:abstractNumId="63155417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67389444">
+    <w:lvl w:ilvl="0" w:tplc="37226721">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67389444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37226721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51579417">
+  <w:abstractNum w:abstractNumId="63155416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85739593">
+    <w:lvl w:ilvl="0" w:tplc="19347238">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51579417">
-    <w:abstractNumId w:val="51579417"/>
+  <w:num w:numId="63155416">
+    <w:abstractNumId w:val="63155416"/>
   </w:num>
-  <w:num w:numId="51579418">
-    <w:abstractNumId w:val="51579418"/>
+  <w:num w:numId="63155417">
+    <w:abstractNumId w:val="63155417"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId987724127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533733728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33956979be0d15d49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId78946979be0d15d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId97496979be0d163cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId65816979be0d18651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId12596979be0d187a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18396979be0d18891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId99596979be0d162be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99596979be0d162be.jpg"/><Relationship Id="rId86296979be0d175ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86296979be0d175ff.jpg"/><Relationship Id="rId34016979be0d1891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34016979be0d1891e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId359177283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163485933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47166998393c57ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId42656998393c57f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId95566998393c5858d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId25476998393c5a892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId20646998393c5a9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59036998393c5aabb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId49876998393c58469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49876998393c58469.jpg"/><Relationship Id="rId57546998393c597ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57546998393c597ba.jpg"/><Relationship Id="rId97956998393c5ab4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97956998393c5ab4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>