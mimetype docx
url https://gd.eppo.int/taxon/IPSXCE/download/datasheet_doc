--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Motschulsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> large larch bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47166998393c57ef1" w:history="1">
+            <w:hyperlink r:id="rId982969b2f3efb5081" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42656998393c57f37" w:history="1">
+            <w:hyperlink r:id="rId127969b2f3efb50c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54834977" name="name52186998393c5846a" descr="11947.jpg"/>
+                  <wp:docPr id="56124243" name="name860369b2f3efb56c1" descr="11947.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11947.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49876998393c58469" cstate="print"/>
+                          <a:blip r:embed="rId310369b2f3efb56bf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95566998393c5858d" w:history="1">
+            <w:hyperlink r:id="rId671769b2f3efb57f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1389,63 +1389,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is absent in some areas such as Greece, Ireland and parts of the United Kingdom (Northern Ireland, Isle of Man), which have protected zone status.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61148001" name="name67546998393c597bc" descr="IPSXCE_distribution_map.jpg"/>
+            <wp:docPr id="35116168" name="name954369b2f3efb6bbe" descr="IPSXCE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXCE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57546998393c597ba" cstate="print"/>
+                    <a:blip r:embed="rId230169b2f3efb6bbb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(large larch bark beetle)  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25476998393c5a892" w:history="1">
+      <w:hyperlink r:id="rId780669b2f3efb7c85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/28820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3895,51 +3895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips cembrae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20646998393c5a9c8" w:history="1">
+      <w:hyperlink r:id="rId294169b2f3efb7dba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4044,81 +4044,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 445-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59036998393c5aabb" w:history="1">
+      <w:hyperlink r:id="rId619769b2f3efb7eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00880.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63393197" name="name87366998393c5ab4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="24283864" name="name881369b2f3efb7f0b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId97956998393c5ab4b" cstate="print"/>
+                    <a:blip r:embed="rId759569b2f3efb7f0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63155417">
+  <w:abstractNum w:abstractNumId="89298450">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37226721">
+    <w:lvl w:ilvl="0" w:tplc="27127291">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37226721" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27127291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63155416">
+  <w:abstractNum w:abstractNumId="89298449">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19347238">
+    <w:lvl w:ilvl="0" w:tplc="11918902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63155416">
-    <w:abstractNumId w:val="63155416"/>
+  <w:num w:numId="89298449">
+    <w:abstractNumId w:val="89298449"/>
   </w:num>
-  <w:num w:numId="63155417">
-    <w:abstractNumId w:val="63155417"/>
+  <w:num w:numId="89298450">
+    <w:abstractNumId w:val="89298450"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId359177283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163485933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId47166998393c57ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId42656998393c57f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId95566998393c5858d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId25476998393c5a892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId20646998393c5a9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59036998393c5aabb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId49876998393c58469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49876998393c58469.jpg"/><Relationship Id="rId57546998393c597ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57546998393c597ba.jpg"/><Relationship Id="rId97956998393c5ab4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97956998393c5ab4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218598045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661449865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId982969b2f3efb5081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/" TargetMode="External"/><Relationship Id="rId127969b2f3efb50c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/categorization" TargetMode="External"/><Relationship Id="rId671769b2f3efb57f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXCE/photos" TargetMode="External"/><Relationship Id="rId780669b2f3efb7c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/28820" TargetMode="External"/><Relationship Id="rId294169b2f3efb7dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId619769b2f3efb7eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00880.x" TargetMode="External"/><Relationship Id="rId310369b2f3efb56bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId310369b2f3efb56bf.jpg"/><Relationship Id="rId230169b2f3efb6bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId230169b2f3efb6bbb.jpg"/><Relationship Id="rId759569b2f3efb7f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759569b2f3efb7f0a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>