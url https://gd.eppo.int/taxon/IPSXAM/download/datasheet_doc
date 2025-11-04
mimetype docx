--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId812968ed82c981810" w:history="1">
+            <w:hyperlink r:id="rId35216909942d2c3fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546468ed82c981878" w:history="1">
+            <w:hyperlink r:id="rId56876909942d2c466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12796124" name="name809068ed82c981944" descr="16137.jpg"/>
+                  <wp:docPr id="54103415" name="name56016909942d2de64" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId579368ed82c981943" cstate="print"/>
+                          <a:blip r:embed="rId57856909942d2de61" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId595168ed82c981a24" w:history="1">
+            <w:hyperlink r:id="rId48776909942d2e0e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37212797" name="name577468ed82c982c99" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="97430552" name="name83216909942d2e624" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId746068ed82c982c97" cstate="print"/>
+                    <a:blip r:embed="rId69906909942d2e622" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293668ed82c9839b6" w:history="1">
+      <w:hyperlink r:id="rId53506909942d2f3a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543068ed82c983a65" w:history="1">
+      <w:hyperlink r:id="rId49296909942d2f459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806268ed82c983ad5" w:history="1">
+      <w:hyperlink r:id="rId71556909942d2f4cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876768ed82c983b6f" w:history="1">
+      <w:hyperlink r:id="rId79006909942d2f56a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519068ed82c983bdf" w:history="1">
+      <w:hyperlink r:id="rId56876909942d2f5de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159868ed82c983d65" w:history="1">
+      <w:hyperlink r:id="rId83446909942d2f75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487468ed82c983f53" w:history="1">
+      <w:hyperlink r:id="rId99796909942d2f94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41242278" name="name898768ed82c984121" descr="eu_funding_250.png"/>
+            <wp:docPr id="34026621" name="name36926909942d30093" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId533468ed82c98411f" cstate="print"/>
+                    <a:blip r:embed="rId83176909942d30091" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65278675">
+  <w:abstractNum w:abstractNumId="35468001">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92886612">
+    <w:lvl w:ilvl="0" w:tplc="10751075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92886612" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10751075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65278674">
+  <w:abstractNum w:abstractNumId="35468000">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20562077">
+    <w:lvl w:ilvl="0" w:tplc="31090411">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65278674">
-    <w:abstractNumId w:val="65278674"/>
+  <w:num w:numId="35468000">
+    <w:abstractNumId w:val="35468000"/>
   </w:num>
-  <w:num w:numId="65278675">
-    <w:abstractNumId w:val="65278675"/>
+  <w:num w:numId="35468001">
+    <w:abstractNumId w:val="35468001"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId858774348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId198237845" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId812968ed82c981810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId546468ed82c981878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId595168ed82c981a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId293668ed82c9839b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId543068ed82c983a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId806268ed82c983ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId876768ed82c983b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId519068ed82c983bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId159868ed82c983d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId487468ed82c983f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId579368ed82c981943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579368ed82c981943.jpg"/><Relationship Id="rId746068ed82c982c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746068ed82c982c97.jpg"/><Relationship Id="rId533468ed82c98411f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533468ed82c98411f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId599312992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890276262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35216909942d2c3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId56876909942d2c466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId48776909942d2e0e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId53506909942d2f3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId49296909942d2f459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId71556909942d2f4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId79006909942d2f56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId56876909942d2f5de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId83446909942d2f75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId99796909942d2f94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57856909942d2de61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57856909942d2de61.jpg"/><Relationship Id="rId69906909942d2e622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69906909942d2e622.jpg"/><Relationship Id="rId83176909942d30091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83176909942d30091.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>