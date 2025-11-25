--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35216909942d2c3fe" w:history="1">
+            <w:hyperlink r:id="rId782569255d58802e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56876909942d2c466" w:history="1">
+            <w:hyperlink r:id="rId565569255d5880351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54103415" name="name56016909942d2de64" descr="16137.jpg"/>
+                  <wp:docPr id="58145787" name="name775769255d5880423" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57856909942d2de61" cstate="print"/>
+                          <a:blip r:embed="rId733169255d5880421" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId48776909942d2e0e5" w:history="1">
+            <w:hyperlink r:id="rId355769255d5880559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97430552" name="name83216909942d2e624" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="7067313" name="name980269255d5880a42" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69906909942d2e622" cstate="print"/>
+                    <a:blip r:embed="rId515669255d5880a41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53506909942d2f3a4" w:history="1">
+      <w:hyperlink r:id="rId118769255d5881793" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49296909942d2f459" w:history="1">
+      <w:hyperlink r:id="rId994769255d5881846" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71556909942d2f4cd" w:history="1">
+      <w:hyperlink r:id="rId868869255d58818b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79006909942d2f56a" w:history="1">
+      <w:hyperlink r:id="rId485569255d5881956" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56876909942d2f5de" w:history="1">
+      <w:hyperlink r:id="rId686669255d58819ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83446909942d2f75a" w:history="1">
+      <w:hyperlink r:id="rId895969255d5881b48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99796909942d2f94f" w:history="1">
+      <w:hyperlink r:id="rId153569255d5881d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34026621" name="name36926909942d30093" descr="eu_funding_250.png"/>
+            <wp:docPr id="44383321" name="name538469255d5881f2d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83176909942d30091" cstate="print"/>
+                    <a:blip r:embed="rId259269255d5881f2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35468001">
+  <w:abstractNum w:abstractNumId="99574352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10751075">
+    <w:lvl w:ilvl="0" w:tplc="88148540">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10751075" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88148540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35468000">
+  <w:abstractNum w:abstractNumId="99574351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31090411">
+    <w:lvl w:ilvl="0" w:tplc="51543384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35468000">
-    <w:abstractNumId w:val="35468000"/>
+  <w:num w:numId="99574351">
+    <w:abstractNumId w:val="99574351"/>
   </w:num>
-  <w:num w:numId="35468001">
-    <w:abstractNumId w:val="35468001"/>
+  <w:num w:numId="99574352">
+    <w:abstractNumId w:val="99574352"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId599312992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId890276262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35216909942d2c3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId56876909942d2c466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId48776909942d2e0e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId53506909942d2f3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId49296909942d2f459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId71556909942d2f4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId79006909942d2f56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId56876909942d2f5de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId83446909942d2f75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId99796909942d2f94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57856909942d2de61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57856909942d2de61.jpg"/><Relationship Id="rId69906909942d2e622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69906909942d2e622.jpg"/><Relationship Id="rId83176909942d30091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83176909942d30091.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389811566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334330339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId782569255d58802e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId565569255d5880351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId355769255d5880559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId118769255d5881793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId994769255d5881846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId868869255d58818b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId485569255d5881956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId686669255d58819ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId895969255d5881b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId153569255d5881d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId733169255d5880421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId733169255d5880421.jpg"/><Relationship Id="rId515669255d5880a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515669255d5880a41.jpg"/><Relationship Id="rId259269255d5881f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259269255d5881f2b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>