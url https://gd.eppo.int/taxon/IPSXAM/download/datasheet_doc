--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId782569255d58802e4" w:history="1">
+            <w:hyperlink r:id="rId90676940c3719ccf5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565569255d5880351" w:history="1">
+            <w:hyperlink r:id="rId88976940c3719cd61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58145787" name="name775769255d5880423" descr="16137.jpg"/>
+                  <wp:docPr id="16642076" name="name73616940c3719d52e" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId733169255d5880421" cstate="print"/>
+                          <a:blip r:embed="rId22566940c3719d52c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId355769255d5880559" w:history="1">
+            <w:hyperlink r:id="rId34576940c3719d664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7067313" name="name980269255d5880a42" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="53063282" name="name26526940c3719e4af" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId515669255d5880a41" cstate="print"/>
+                    <a:blip r:embed="rId98446940c3719e4ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118769255d5881793" w:history="1">
+      <w:hyperlink r:id="rId84646940c3719f1fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994769255d5881846" w:history="1">
+      <w:hyperlink r:id="rId57326940c3719f2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868869255d58818b9" w:history="1">
+      <w:hyperlink r:id="rId25676940c3719f33a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485569255d5881956" w:history="1">
+      <w:hyperlink r:id="rId35976940c3719f3d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686669255d58819ca" w:history="1">
+      <w:hyperlink r:id="rId46586940c3719f467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895969255d5881b48" w:history="1">
+      <w:hyperlink r:id="rId60036940c3719f5e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId153569255d5881d39" w:history="1">
+      <w:hyperlink r:id="rId37896940c3719f7df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44383321" name="name538469255d5881f2d" descr="eu_funding_250.png"/>
+            <wp:docPr id="56508110" name="name69266940c3719f995" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId259269255d5881f2b" cstate="print"/>
+                    <a:blip r:embed="rId33936940c3719f994" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99574352">
+  <w:abstractNum w:abstractNumId="22949291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88148540">
+    <w:lvl w:ilvl="0" w:tplc="56348973">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88148540" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56348973" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99574351">
+  <w:abstractNum w:abstractNumId="22949290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51543384">
+    <w:lvl w:ilvl="0" w:tplc="29336832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99574351">
-    <w:abstractNumId w:val="99574351"/>
+  <w:num w:numId="22949290">
+    <w:abstractNumId w:val="22949290"/>
   </w:num>
-  <w:num w:numId="99574352">
-    <w:abstractNumId w:val="99574352"/>
+  <w:num w:numId="22949291">
+    <w:abstractNumId w:val="22949291"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389811566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334330339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId782569255d58802e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId565569255d5880351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId355769255d5880559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId118769255d5881793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId994769255d5881846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId868869255d58818b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId485569255d5881956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId686669255d58819ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId895969255d5881b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId153569255d5881d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId733169255d5880421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId733169255d5880421.jpg"/><Relationship Id="rId515669255d5880a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515669255d5880a41.jpg"/><Relationship Id="rId259269255d5881f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259269255d5881f2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210903478" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611366770" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90676940c3719ccf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId88976940c3719cd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId34576940c3719d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId84646940c3719f1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId57326940c3719f2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId25676940c3719f33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId35976940c3719f3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId46586940c3719f467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId60036940c3719f5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId37896940c3719f7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22566940c3719d52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22566940c3719d52c.jpg"/><Relationship Id="rId98446940c3719e4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98446940c3719e4ad.jpg"/><Relationship Id="rId33936940c3719f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33936940c3719f994.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>