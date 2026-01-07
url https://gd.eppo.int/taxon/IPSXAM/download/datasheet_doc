--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90676940c3719ccf5" w:history="1">
+            <w:hyperlink r:id="rId9663695ded57aa4b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88976940c3719cd61" w:history="1">
+            <w:hyperlink r:id="rId6767695ded57aa51d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16642076" name="name73616940c3719d52e" descr="16137.jpg"/>
+                  <wp:docPr id="25652995" name="name9041695ded57aad00" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22566940c3719d52c" cstate="print"/>
+                          <a:blip r:embed="rId4958695ded57aacfe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34576940c3719d664" w:history="1">
+            <w:hyperlink r:id="rId6666695ded57aae19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53063282" name="name26526940c3719e4af" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="67620541" name="name6363695ded57abf3d" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98446940c3719e4ad" cstate="print"/>
+                    <a:blip r:embed="rId9531695ded57abf3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84646940c3719f1fc" w:history="1">
+      <w:hyperlink r:id="rId8903695ded57accad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57326940c3719f2c5" w:history="1">
+      <w:hyperlink r:id="rId1871695ded57acd76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25676940c3719f33a" w:history="1">
+      <w:hyperlink r:id="rId5048695ded57acdec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35976940c3719f3d8" w:history="1">
+      <w:hyperlink r:id="rId7049695ded57ace88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46586940c3719f467" w:history="1">
+      <w:hyperlink r:id="rId5480695ded57acefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60036940c3719f5e9" w:history="1">
+      <w:hyperlink r:id="rId5165695ded57ad076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3799,73 +3799,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37896940c3719f7df" w:history="1">
+      <w:hyperlink r:id="rId6518695ded57ad265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56508110" name="name69266940c3719f995" descr="eu_funding_250.png"/>
+            <wp:docPr id="7621751" name="name6715695ded57ad7c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33936940c3719f994" cstate="print"/>
+                    <a:blip r:embed="rId6728695ded57ad7c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22949291">
+  <w:abstractNum w:abstractNumId="20533905">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56348973">
+    <w:lvl w:ilvl="0" w:tplc="66335476">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56348973" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66335476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22949290">
+  <w:abstractNum w:abstractNumId="20533904">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29336832">
+    <w:lvl w:ilvl="0" w:tplc="37102915">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22949290">
-    <w:abstractNumId w:val="22949290"/>
+  <w:num w:numId="20533904">
+    <w:abstractNumId w:val="20533904"/>
   </w:num>
-  <w:num w:numId="22949291">
-    <w:abstractNumId w:val="22949291"/>
+  <w:num w:numId="20533905">
+    <w:abstractNumId w:val="20533905"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210903478" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId611366770" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId90676940c3719ccf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId88976940c3719cd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId34576940c3719d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId84646940c3719f1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId57326940c3719f2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId25676940c3719f33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId35976940c3719f3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId46586940c3719f467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId60036940c3719f5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId37896940c3719f7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22566940c3719d52c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22566940c3719d52c.jpg"/><Relationship Id="rId98446940c3719e4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98446940c3719e4ad.jpg"/><Relationship Id="rId33936940c3719f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33936940c3719f994.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId139374854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794396022" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9663695ded57aa4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId6767695ded57aa51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId6666695ded57aae19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId8903695ded57accad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId1871695ded57acd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId5048695ded57acdec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7049695ded57ace88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId5480695ded57acefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId5165695ded57ad076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId6518695ded57ad265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4958695ded57aacfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4958695ded57aacfe.jpg"/><Relationship Id="rId9531695ded57abf3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9531695ded57abf3b.jpg"/><Relationship Id="rId6728695ded57ad7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6728695ded57ad7c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>