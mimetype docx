--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9663695ded57aa4b3" w:history="1">
+            <w:hyperlink r:id="rId51136979bd7625059" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6767695ded57aa51d" w:history="1">
+            <w:hyperlink r:id="rId78236979bd76250c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25652995" name="name9041695ded57aad00" descr="16137.jpg"/>
+                  <wp:docPr id="97052007" name="name39376979bd76255ec" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4958695ded57aacfe" cstate="print"/>
+                          <a:blip r:embed="rId90936979bd76255ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6666695ded57aae19" w:history="1">
+            <w:hyperlink r:id="rId36236979bd7625727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67620541" name="name6363695ded57abf3d" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="54847275" name="name82546979bd7626988" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9531695ded57abf3b" cstate="print"/>
+                    <a:blip r:embed="rId82726979bd7626985" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8903695ded57accad" w:history="1">
+      <w:hyperlink r:id="rId75586979bd762779e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1871695ded57acd76" w:history="1">
+      <w:hyperlink r:id="rId44466979bd7627854" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5048695ded57acdec" w:history="1">
+      <w:hyperlink r:id="rId35696979bd76278c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7049695ded57ace88" w:history="1">
+      <w:hyperlink r:id="rId40946979bd7627963" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5480695ded57acefb" w:history="1">
+      <w:hyperlink r:id="rId62526979bd76279d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5165695ded57ad076" w:history="1">
+      <w:hyperlink r:id="rId98846979bd7627b52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6518695ded57ad265" w:history="1">
+      <w:hyperlink r:id="rId89586979bd7627d43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7621751" name="name6715695ded57ad7c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="34321430" name="name88316979bd762810e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6728695ded57ad7c2" cstate="print"/>
+                    <a:blip r:embed="rId32906979bd762810d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20533905">
+  <w:abstractNum w:abstractNumId="46359407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66335476">
+    <w:lvl w:ilvl="0" w:tplc="44953779">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66335476" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44953779" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20533904">
+  <w:abstractNum w:abstractNumId="46359406">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37102915">
+    <w:lvl w:ilvl="0" w:tplc="73059779">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20533904">
-    <w:abstractNumId w:val="20533904"/>
+  <w:num w:numId="46359406">
+    <w:abstractNumId w:val="46359406"/>
   </w:num>
-  <w:num w:numId="20533905">
-    <w:abstractNumId w:val="20533905"/>
+  <w:num w:numId="46359407">
+    <w:abstractNumId w:val="46359407"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId139374854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794396022" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9663695ded57aa4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId6767695ded57aa51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId6666695ded57aae19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId8903695ded57accad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId1871695ded57acd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId5048695ded57acdec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7049695ded57ace88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId5480695ded57acefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId5165695ded57ad076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId6518695ded57ad265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4958695ded57aacfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4958695ded57aacfe.jpg"/><Relationship Id="rId9531695ded57abf3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9531695ded57abf3b.jpg"/><Relationship Id="rId6728695ded57ad7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6728695ded57ad7c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534261499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156878485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51136979bd7625059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId78236979bd76250c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId36236979bd7625727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId75586979bd762779e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId44466979bd7627854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId35696979bd76278c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId40946979bd7627963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId62526979bd76279d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId98846979bd7627b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId89586979bd7627d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90936979bd76255ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90936979bd76255ea.jpg"/><Relationship Id="rId82726979bd7626985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82726979bd7626985.jpg"/><Relationship Id="rId32906979bd762810d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32906979bd762810d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>