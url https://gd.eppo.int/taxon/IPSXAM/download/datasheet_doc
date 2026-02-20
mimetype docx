--- v5 (2026-01-28)
+++ v6 (2026-02-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51136979bd7625059" w:history="1">
+            <w:hyperlink r:id="rId4580699848f506aa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78236979bd76250c4" w:history="1">
+            <w:hyperlink r:id="rId6289699848f506b0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97052007" name="name39376979bd76255ec" descr="16137.jpg"/>
+                  <wp:docPr id="1154769" name="name1932699848f507035" descr="16137.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16137.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId90936979bd76255ea" cstate="print"/>
+                          <a:blip r:embed="rId7129699848f507033" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId36236979bd7625727" w:history="1">
+            <w:hyperlink r:id="rId6068699848f507175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,105 +1060,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54847275" name="name82546979bd7626988" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="52646802" name="name4631699848f5082e2" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82726979bd7626985" cstate="print"/>
+                    <a:blip r:embed="rId5652699848f5082de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Hungary, Italy (mainland), Latvia, Lithuania, Montenegro, North Macedonia, Poland, Romania, Russian Federation (the) (Central Russia, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Sweden, Switzerland, Tunisia, Ukraine</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Denmark, Estonia, Finland, France (mainland), Germany, Hungary, Italy (mainland), Latvia, Lithuania, Montenegro, North Macedonia, Poland, Romania, Russian Federation (Central Russia, Northern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Sweden, Switzerland, Tunisia, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tunisia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75586979bd762779e" w:history="1">
+      <w:hyperlink r:id="rId2328699848f509070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44466979bd7627854" w:history="1">
+      <w:hyperlink r:id="rId4336699848f509126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35696979bd76278c6" w:history="1">
+      <w:hyperlink r:id="rId6984699848f509198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40946979bd7627963" w:history="1">
+      <w:hyperlink r:id="rId4920699848f509234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62526979bd76279d5" w:history="1">
+      <w:hyperlink r:id="rId8066699848f5092a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98846979bd7627b52" w:history="1">
+      <w:hyperlink r:id="rId9392699848f509420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89586979bd7627d43" w:history="1">
+      <w:hyperlink r:id="rId8812699848f509615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34321430" name="name88316979bd762810e" descr="eu_funding_250.png"/>
+            <wp:docPr id="98740366" name="name1293699848f509a97" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32906979bd762810d" cstate="print"/>
+                    <a:blip r:embed="rId2218699848f509a95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46359407">
+  <w:abstractNum w:abstractNumId="82093606">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44953779">
+    <w:lvl w:ilvl="0" w:tplc="22311495">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44953779" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22311495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46359406">
+  <w:abstractNum w:abstractNumId="82093605">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73059779">
+    <w:lvl w:ilvl="0" w:tplc="90920968">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46359406">
-    <w:abstractNumId w:val="46359406"/>
+  <w:num w:numId="82093605">
+    <w:abstractNumId w:val="82093605"/>
   </w:num>
-  <w:num w:numId="46359407">
-    <w:abstractNumId w:val="46359407"/>
+  <w:num w:numId="82093606">
+    <w:abstractNumId w:val="82093606"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId534261499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156878485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51136979bd7625059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId78236979bd76250c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId36236979bd7625727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId75586979bd762779e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId44466979bd7627854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId35696979bd76278c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId40946979bd7627963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId62526979bd76279d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId98846979bd7627b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId89586979bd7627d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90936979bd76255ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90936979bd76255ea.jpg"/><Relationship Id="rId82726979bd7626985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82726979bd7626985.jpg"/><Relationship Id="rId32906979bd762810d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32906979bd762810d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462731151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661262026" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4580699848f506aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId6289699848f506b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId6068699848f507175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId2328699848f509070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId4336699848f509126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId6984699848f509198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId4920699848f509234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId8066699848f5092a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId9392699848f509420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId8812699848f509615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7129699848f507033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7129699848f507033.jpg"/><Relationship Id="rId5652699848f5082de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5652699848f5082de.jpg"/><Relationship Id="rId2218699848f509a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2218699848f509a95.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>