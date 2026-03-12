--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Eichhoff</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> eight-toothed spruce bark beetle, small spruce bark beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4580699848f506aa4" w:history="1">
+            <w:hyperlink r:id="rId809269b2dd96a5746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6289699848f506b0d" w:history="1">
+            <w:hyperlink r:id="rId940969b2dd96a57b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -427,91 +427,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IPSXAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
-                <w:position w:val="-96"/>
+                <w:position w:val="-84"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1154769" name="name1932699848f507035" descr="16137.jpg"/>
+                  <wp:extent cx="2160000" cy="1130400"/>
+                  <wp:docPr id="41972128" name="name495469b2dd96a5e4d" descr="16133.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="16137.jpg"/>
+                          <pic:cNvPr id="0" name="16133.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7129699848f507033" cstate="print"/>
+                          <a:blip r:embed="rId548269b2dd96a5e4a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1281600"/>
+                            <a:ext cx="2160000" cy="1130400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6068699848f507175" w:history="1">
+            <w:hyperlink r:id="rId371069b2dd96a5f91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1060,63 +1060,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52646802" name="name4631699848f5082e2" descr="IPSXAM_distribution_map.jpg"/>
+            <wp:docPr id="51493593" name="name286969b2dd96a6e9d" descr="IPSXAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="IPSXAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5652699848f5082de" cstate="print"/>
+                    <a:blip r:embed="rId219569b2dd96a6e9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2935,51 +2935,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147-148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2328699848f509070" w:history="1">
+      <w:hyperlink r:id="rId172069b2dd96a7c17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF01073623</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3043,51 +3043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">219</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4336699848f509126" w:history="1">
+      <w:hyperlink r:id="rId975769b2dd96a7ccb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14214/aff.7606</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3111,51 +3111,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (International Plant Protection Convention DP 27-1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6984699848f509198" w:history="1">
+      <w:hyperlink r:id="rId878769b2dd96a7d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,51 +3210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 639-644. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4920699848f509234" w:history="1">
+      <w:hyperlink r:id="rId985569b2dd96a7dd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1134/S0013873819050075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Lieutier F </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.), pp. 181-235. Springer, Dordrecht (NL). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8066699848f5092a6" w:history="1">
+      <w:hyperlink r:id="rId921369b2dd96a7e4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-2241-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3517,51 +3517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Forest Entomology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-289. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9392699848f509420" w:history="1">
+      <w:hyperlink r:id="rId228469b2dd96a7fe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3821,51 +3821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ips amitinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8812699848f509615" w:history="1">
+      <w:hyperlink r:id="rId581569b2dd96a81e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4062,63 +4062,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98740366" name="name1293699848f509a97" descr="eu_funding_250.png"/>
+            <wp:docPr id="82553377" name="name435669b2dd96a83a9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2218699848f509a95" cstate="print"/>
+                    <a:blip r:embed="rId956569b2dd96a83a8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4216,137 +4216,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82093606">
+  <w:abstractNum w:abstractNumId="50116568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22311495">
+    <w:lvl w:ilvl="0" w:tplc="51911512">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22311495" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51911512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82093605">
+  <w:abstractNum w:abstractNumId="50116567">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90920968">
+    <w:lvl w:ilvl="0" w:tplc="34186222">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5098,55 +5098,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82093605">
-    <w:abstractNumId w:val="82093605"/>
+  <w:num w:numId="50116567">
+    <w:abstractNumId w:val="50116567"/>
   </w:num>
-  <w:num w:numId="82093606">
-    <w:abstractNumId w:val="82093606"/>
+  <w:num w:numId="50116568">
+    <w:abstractNumId w:val="50116568"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16696,51 +16696,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462731151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661262026" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4580699848f506aa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId6289699848f506b0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId6068699848f507175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId2328699848f509070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId4336699848f509126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId6984699848f509198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId4920699848f509234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId8066699848f5092a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId9392699848f509420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId8812699848f509615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7129699848f507033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7129699848f507033.jpg"/><Relationship Id="rId5652699848f5082de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5652699848f5082de.jpg"/><Relationship Id="rId2218699848f509a95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2218699848f509a95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436073695" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300246893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId809269b2dd96a5746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/" TargetMode="External"/><Relationship Id="rId940969b2dd96a57b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/categorization" TargetMode="External"/><Relationship Id="rId371069b2dd96a5f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/IPSXAM/photos" TargetMode="External"/><Relationship Id="rId172069b2dd96a7c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF01073623" TargetMode="External"/><Relationship Id="rId975769b2dd96a7ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14214/aff.7606" TargetMode="External"/><Relationship Id="rId878769b2dd96a7d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId985569b2dd96a7dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1134/S0013873819050075" TargetMode="External"/><Relationship Id="rId921369b2dd96a7e4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-2241-8" TargetMode="External"/><Relationship Id="rId228469b2dd96a7fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12331" TargetMode="External"/><Relationship Id="rId581569b2dd96a81e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId548269b2dd96a5e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId548269b2dd96a5e4a.jpg"/><Relationship Id="rId219569b2dd96a6e9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId219569b2dd96a6e9b.jpg"/><Relationship Id="rId956569b2dd96a83a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956569b2dd96a83a8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>