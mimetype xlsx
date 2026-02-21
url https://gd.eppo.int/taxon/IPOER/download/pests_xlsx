--- v0 (2025-10-02)
+++ v1 (2026-02-21)
@@ -12,80 +12,90 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPOER" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Convolvulaceae)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis (as Ipomoea)</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ipomoea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>CYLAFO</t>
   </si>
   <si>
     <t>Cylas formicarius (as Ipomoea)</t>
   </si>
   <si>
     <t>CYLAPU</t>
   </si>
   <si>
     <t>Cylas puncticollis (as Ipomoea)</t>
   </si>
   <si>
     <t>SPMMV0</t>
   </si>
   <si>
     <t>Ipomovirus lenisbatatae</t>
   </si>
   <si>
     <t>* Tugume AK, Mukasa SB, Kalkkinen N, Valkonen JP (2010) Recombination and selection pressure in the ipomovirus Sweet potato mild mottle virus (Potyviridae) in wild species and cultivated sweetpotato in the centre of evolution in East Africa. Journal of general virology 91(4), 1092-108.
 ------- natural host.</t>
@@ -432,168 +442,182 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="338.489" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>17</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">