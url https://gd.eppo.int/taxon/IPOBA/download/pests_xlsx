--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPOBA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2
 ------- stored tubers only</t>
   </si>
@@ -275,50 +275,54 @@
   <si>
     <t>* Gill HK, Capinera JL, McSorley R (2017) Featured Creatures. Lesser cornstalk borer. Elasmopalpus lignosellus (Zeller) (Insecta: lepidoptera: Pyralidae). University of Florida (US). http://entnemdept.ufl.edu/creatures/field/lesser_cornstalk_borer.htm</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Baker EW (1975) Plant-feeding mites of Thailand (Tetranychidae, Tenuipalpidae, and Tuckerellidae). Plant Protection Service Technical Bulletin. Bangkok, Thailand. No 35. 43 pp.
+* Poolayulla Chalil S, Kunnathattil M, Kaimal SG, Punathil T (2024) A checklist of spider mites (Acari: Tetranychidae) of India. Persian Journal of Acarology 13(1), 29-75.</t>
   </si>
   <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
     <t>HELOSC</t>
   </si>
   <si>
     <t>Helopeltis schoutedeni</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis (as Ipomoea)</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
@@ -1546,880 +1550,882 @@
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
       <c r="C29" t="s">
         <v>80</v>
       </c>
       <c r="D29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>82</v>
       </c>
       <c r="C30" t="s">
         <v>83</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D45" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D51" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>151</v>
+      </c>
+      <c r="C55" t="s">
+        <v>152</v>
+      </c>
+      <c r="D55" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C57" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C58" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D59" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C60" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D60" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C61" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D61" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C62" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D62" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D63" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C64" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C65" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C66" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D66" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D67" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C68" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D68" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B69" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C69" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B70" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B71" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C71" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D71" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B72" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C72" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D72" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B73" t="s">
         <v>31</v>
       </c>
       <c r="C73" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D73" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B74" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C74" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B75" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C75" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B76" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C76" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B77" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C77" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D77" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B78" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C78" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B79" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C79" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B80" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C80" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B81" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C81" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D81" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B82" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C82" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B83" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C83" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D83" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B84" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C84" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B85" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C85" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B86" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C86" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D86" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B87" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C87" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D87" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B88" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C88" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B89" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C89" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D89" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B90" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C90" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B91" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C91" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B92" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C92" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B93" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C93" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D93" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">