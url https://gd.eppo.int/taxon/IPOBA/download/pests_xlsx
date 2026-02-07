--- v1 (2025-11-18)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPOBA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2
 ------- stored tubers only</t>
   </si>
@@ -233,51 +233,52 @@
   <si>
     <t>Diaprepes abbreviatus</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA PLH Panel (EFSA Panel on Plant Health) (2023) Pest categorisation of Diaprepes abbreviatus. EFSA Journal 21(11), 1–42. https://doi.org/10.2903/j.efsa.2023.83
 -------host plant supporting the whole life cycle. </t>
   </si>
   <si>
     <t>ERWICD</t>
   </si>
   <si>
     <t>Dickeya dianthicola</t>
   </si>
   <si>
     <t>* Curland RD, Mainello A, Perry KL, Hao J, Charkowski AO, Bull CT, McNally RR, Johnson SB, Rosenzweig N, Secor GA, Larkin RP, Gugino BK, Ishimaru CA (2021) Species of Dickeya and Pectobacterium isolated during an outbreak of blackleg and soft rot of potato in Northeastern and North Central United States. Microorganisms 9(8), 1733. https://doi.org/10.3390/microorganisms9081733
 * Dickey RS (1979) Erwinia chrysanthemi: a comparative study of phenotypic properties of strains from several hosts and other Erwinia species. Phytopathology 69, 324.
 * Huang LF, Fang BP, Luo ZX, Chen JY, Zhang XJ &amp; Wang ZY (2010) First report of bacterial stem and root rot of sweet potato caused by a Dickeya sp. (Erwinia chrysanthemi) in China. Plant Disease 94, 1503-1503.</t>
   </si>
   <si>
     <t>DITYDE</t>
   </si>
   <si>
     <t>Ditylenchus destructor</t>
   </si>
   <si>
-    <t>* Fan W, Wei Z, Zhang M, Ma P, Liu G, Zheng J, Guo X, Zhang P (2015) Resistance to Ditylenchus destructor infection in sweet potato by the expression of small interfering RNAs targeting unc-15, a movement-related gene. Phytopathology 105(11), 1458-1465.</t>
+    <t>* Fan W, Wei Z, Zhang M, Ma P, Liu G, Zheng J, Guo X, Zhang P (2015) Resistance to Ditylenchus destructor infection in sweet potato by the expression of small interfering RNAs targeting unc-15, a movement-related gene. Phytopathology 105(11), 1458-1465.
+* Liu H, Xiao W, Yang Z, Ye S, Ding Z (2026) First report of Ditylenchus destructor infesting sweet potatoes in Hunan Province, China. Plant Disease 110(1), 248 https://doi.org/10.1094/PDIS-08-25-1636-PDN</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Gill HK, Capinera JL, McSorley R (2017) Featured Creatures. Lesser cornstalk borer. Elasmopalpus lignosellus (Zeller) (Insecta: lepidoptera: Pyralidae). University of Florida (US). http://entnemdept.ufl.edu/creatures/field/lesser_cornstalk_borer.htm</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
@@ -691,50 +692,54 @@
   </si>
   <si>
     <t>Crinivirus ipomeae</t>
   </si>
   <si>
     <t>* Cheng YH, Wang YC, Wang LY, Huang LH, Chen TC (2020) First report of Sweet potato chlorotic stunt virus infecting sweetpotato in Taiwan. Plant Disease. https://doi.org/10.1094/PDIS-01-20-0122-PDN
 ------- confirmed host</t>
   </si>
   <si>
     <t>CYLAFM</t>
   </si>
   <si>
     <t>Cylas femoralis</t>
   </si>
   <si>
     <t>CYLAFO</t>
   </si>
   <si>
     <t>Cylas formicarius</t>
   </si>
   <si>
     <t>CYLAPU</t>
   </si>
   <si>
     <t>Cylas puncticollis</t>
+  </si>
+  <si>
+    <t>* Kotchofa R, BaimeyH, Fanou A, Zadji L, Sodjinou E (2019) Diversity and distribution of sweet potato weevils (Cylas spp.) in southern Benin. Annales de l’Université de Parakou - Série Sciences Naturelles et Agronomie, 9, 1-10. https://doi.org/10.56109/aup-sna.v9i1.58 
+* Nottingham SF, Wilson DD, Severson RF, Kays SJ (1987) Feeding and oviposition preferences of the sweet potato weevil, Cylas formicarius elegantulus, on the outer periderm and exposed inner core of storage roots of selected sweet potato cultivars. Entomologia Experimentalis et Applicata 45(3), 271-275</t>
   </si>
   <si>
     <t>ELSIBA</t>
   </si>
   <si>
     <t>Elsinoë batatas</t>
   </si>
   <si>
     <t>* Zhang X, Zou H, Yang Y, Fang B, Huang L (2022) Genome resource for Elsinoe batatas, the causal agent of stem and foliage scab disease of sweet potato. Phytopathology 112(4), 973-975.</t>
   </si>
   <si>
     <t>EUSPPO</t>
   </si>
   <si>
     <t>Euscepes postfasciatus</t>
   </si>
   <si>
     <t>SPMMV0</t>
   </si>
   <si>
     <t>Ipomovirus lenisbatatae</t>
   </si>
   <si>
     <t>* Tugume AK, Mukasa SB, Kalkkinen N, Valkonen JP (2010) Recombination and selection pressure in the ipomovirus Sweet potato mild mottle virus (Potyviridae) in wild species and cultivated sweetpotato in the centre of evolution in East Africa. Journal of general virology 91(4), 1092-108.</t>
   </si>
@@ -2214,218 +2219,220 @@
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>187</v>
       </c>
       <c r="B79" t="s">
         <v>211</v>
       </c>
       <c r="C79" t="s">
         <v>212</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>187</v>
       </c>
       <c r="B80" t="s">
         <v>213</v>
       </c>
       <c r="C80" t="s">
         <v>214</v>
       </c>
-      <c r="D80"/>
+      <c r="D80" t="s">
+        <v>215</v>
+      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>187</v>
       </c>
       <c r="B81" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C81" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D81" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>187</v>
       </c>
       <c r="B82" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C82" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>187</v>
       </c>
       <c r="B83" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C83" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D83" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>187</v>
       </c>
       <c r="B84" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C84" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>187</v>
       </c>
       <c r="B85" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C85" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>187</v>
       </c>
       <c r="B86" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C86" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D86" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>187</v>
       </c>
       <c r="B87" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C87" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D87" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>187</v>
       </c>
       <c r="B88" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C88" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>187</v>
       </c>
       <c r="B89" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C89" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D89" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>187</v>
       </c>
       <c r="B90" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C90" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B91" t="s">
         <v>211</v>
       </c>
       <c r="C91" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B92" t="s">
         <v>213</v>
       </c>
       <c r="C92" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B93" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C93" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D93" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">