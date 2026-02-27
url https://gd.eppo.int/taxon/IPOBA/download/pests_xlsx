--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPOBA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2
 ------- stored tubers only</t>
   </si>
@@ -114,50 +114,59 @@
     <t>APLOFR</t>
   </si>
   <si>
     <t>Aphelenchoides fragariae</t>
   </si>
   <si>
     <t>APOGCR</t>
   </si>
   <si>
     <t>Apogonia cribricollis</t>
   </si>
   <si>
     <t>PARZCO</t>
   </si>
   <si>
     <t>Bactericera cockerelli</t>
   </si>
   <si>
     <t>* Martin NA (2008) Host plants of the potato/tomato psyllid: a cautionay tale. The Weta 35, 12-16.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Convolvulaceae)</t>
+  </si>
+  <si>
+    <t>THIEBA</t>
+  </si>
+  <si>
+    <t>Berkeleyomyces basicola</t>
+  </si>
+  <si>
+    <t>* Martino JA, Di Feo LD, Paccioretti MA, Contardi CA, Sánchez MA, Ortega LI, Pastor SE (2021) First report of Berkeleyomyces basicola (synonymous: Thielaviopsis basicola) on roots of sweet potato (Ipomoea batatas (L.) Lam) in Argentina.  Universidad Nacional de Cuyo; Revista de la Facultad de Ciencias Agrarias de la Universidad Nacional de Cuyo; 53; 1; 7-2021; 283-287</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Rédei D (2016) The identity of the Brachyplatys species recently introduced to Panama, with a review of bionomics (Hemiptera: Heteroptera: Plataspidae). Zootaxa 4136(1), 141-154.</t>
   </si>
   <si>
     <t>PHYPZI</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma ziziphi'</t>
   </si>
   <si>
     <t>* Li Q-C, Chen P, Yang Q-Q, Chen L-C, Zhang Y, Li J-D, Feng J-C (2022) First Report of ‘Candidatus Phytoplasma ziziphi’ in Sweet Potato in China. Plant Disease 106(5), 1515.</t>
   </si>
   <si>
     <t>METRCI</t>
   </si>
   <si>
     <t>Cassida circumdata</t>
   </si>
@@ -479,50 +488,60 @@
   <si>
     <t>Plesiommata corniculata</t>
   </si>
   <si>
     <t>* Young DA Jr. (1977) Taxonomic study of the Cicadellinae (Homoptera: Cicadellidae). Part 2. New World Cicadellini and the genus Cicadella. Technical Bulletin of the North Carolina Agricultural Experiment Station 239, 1-1135.
 ------- collected on</t>
   </si>
   <si>
     <t>POOPCO</t>
   </si>
   <si>
     <t>Poophilus costalis</t>
   </si>
   <si>
     <t>* Shih HT, Tsay HC, Yang JT (2005) Notes on the geographic distribution and host plants for Poophilus costalis (Walker, 1851) (Hemiptera: Cercopoidea: Aphrophoridae). Plant Protection Bulletin 47, 171–178.</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis</t>
   </si>
   <si>
     <t>* CIP (1991) International Potato Center, Annual Report, CIP 1991. Lima, Peru. 290 pp.
 ------- Document cited in Mackie et al. (2016) European Journal of Plant Pathology 145, 433-446.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ipomoea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Xu J, Pan ZC, Prior P, Xu JS, Zhang Z, Zhang H, Zhang LQ, He LY, Feng J (2009) Genetic diversity of Ralstonia solanacearum strains from China. European Journal of Pathology 125(4), 641-653.</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>RHSMLA</t>
   </si>
   <si>
     <t>Rhyssomatus landeiroi</t>
   </si>
   <si>
     <t>RHSMSC</t>
   </si>
@@ -1143,51 +1162,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D93"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="491.88" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1341,157 +1360,157 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>43</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>48</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>52</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>61</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
@@ -1529,157 +1548,157 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>74</v>
       </c>
       <c r="C27" t="s">
         <v>75</v>
       </c>
       <c r="D27" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>77</v>
       </c>
       <c r="C28" t="s">
         <v>78</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>81</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>82</v>
       </c>
       <c r="C30" t="s">
         <v>83</v>
       </c>
       <c r="D30" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
         <v>86</v>
       </c>
       <c r="D31" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>88</v>
       </c>
       <c r="C32" t="s">
         <v>89</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>92</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>99</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
       <c r="C37" t="s">
         <v>101</v>
       </c>
       <c r="D37" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s">
         <v>104</v>
       </c>
@@ -1745,145 +1764,145 @@
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
       <c r="D43" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>121</v>
       </c>
       <c r="C44" t="s">
         <v>122</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>125</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>126</v>
       </c>
       <c r="C46" t="s">
         <v>127</v>
       </c>
       <c r="D46" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>129</v>
       </c>
       <c r="C47" t="s">
         <v>130</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>133</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>134</v>
       </c>
       <c r="C49" t="s">
         <v>135</v>
       </c>
       <c r="D49" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>137</v>
       </c>
       <c r="C50" t="s">
         <v>138</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>141</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" t="s">
         <v>143</v>
       </c>
       <c r="D52" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>145</v>
       </c>
       <c r="C53" t="s">
         <v>146</v>
       </c>
@@ -1894,116 +1913,116 @@
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>148</v>
       </c>
       <c r="C54" t="s">
         <v>149</v>
       </c>
       <c r="D54" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>151</v>
       </c>
       <c r="C55" t="s">
         <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>155</v>
+      </c>
+      <c r="D56" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
+        <v>158</v>
+      </c>
+      <c r="D57" t="s">
         <v>156</v>
       </c>
-      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C58" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C59" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C60" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>164</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>165</v>
       </c>
       <c r="C61" t="s">
         <v>166</v>
       </c>
       <c r="D61" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>168</v>
       </c>
       <c r="C62" t="s">
         <v>169</v>
       </c>
@@ -2013,426 +2032,454 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>171</v>
       </c>
       <c r="C63" t="s">
         <v>172</v>
       </c>
       <c r="D63" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>174</v>
       </c>
       <c r="C64" t="s">
         <v>175</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>178</v>
+      </c>
+      <c r="D65" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C66" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>183</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>18</v>
+      </c>
+      <c r="B69" t="s">
         <v>187</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>188</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>189</v>
       </c>
-      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="B70" t="s">
         <v>190</v>
       </c>
       <c r="C70" t="s">
         <v>191</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B71" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C71" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B72" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C72" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>197</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B73" t="s">
-        <v>31</v>
+        <v>198</v>
       </c>
       <c r="C73" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D73" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B74" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C74" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>202</v>
+      </c>
+      <c r="D74" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B75" t="s">
-        <v>202</v>
+        <v>31</v>
       </c>
       <c r="C75" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D75"/>
+        <v>204</v>
+      </c>
+      <c r="D75" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B76" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C76" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B77" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C77" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B78" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C78" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B79" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C79" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D79"/>
+        <v>213</v>
+      </c>
+      <c r="D79" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B80" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C80" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B81" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C81" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D81" t="s">
         <v>218</v>
       </c>
+      <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B82" t="s">
         <v>219</v>
       </c>
       <c r="C82" t="s">
         <v>220</v>
       </c>
-      <c r="D82"/>
+      <c r="D82" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B83" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C83" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D83" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B84" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C84" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B85" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C85" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>228</v>
+      </c>
+      <c r="D85" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B86" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C86" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B87" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C87" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>233</v>
       </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B88" t="s">
         <v>234</v>
       </c>
       <c r="C88" t="s">
         <v>235</v>
       </c>
-      <c r="D88"/>
+      <c r="D88" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B89" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C89" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D89" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B90" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C90" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>241</v>
+        <v>193</v>
       </c>
       <c r="B91" t="s">
-        <v>211</v>
+        <v>242</v>
       </c>
       <c r="C91" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="D91"/>
+        <v>243</v>
+      </c>
+      <c r="D91" t="s">
+        <v>244</v>
+      </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>241</v>
+        <v>193</v>
       </c>
       <c r="B92" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="C92" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B93" t="s">
-        <v>244</v>
+        <v>217</v>
       </c>
       <c r="C93" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>248</v>
+      </c>
+      <c r="D93"/>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>247</v>
+      </c>
+      <c r="B94" t="s">
+        <v>219</v>
+      </c>
+      <c r="C94" t="s">
+        <v>249</v>
+      </c>
+      <c r="D94"/>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>247</v>
+      </c>
+      <c r="B95" t="s">
+        <v>250</v>
+      </c>
+      <c r="C95" t="s">
+        <v>251</v>
+      </c>
+      <c r="D95" t="s">
+        <v>252</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">