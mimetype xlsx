--- v0 (2025-10-03)
+++ v1 (2026-02-23)
@@ -12,98 +12,120 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="IPOAQ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Experimental</t>
+  </si>
+  <si>
+    <t>RADOSI</t>
+  </si>
+  <si>
+    <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* Li Y, Wang K, Xie H, XuCL, Wang DW, Li J, Huang X, Peng XF (2016) Parasitism and pathogenicity of Radopholus similis to Ipomoea aquatica, Basella rubra and Cucurbita moschata and genetic diversity of different populations. Journal of Integrative Agriculture 15(1), 120-134. https://doi.org/10.1016/S2095-3119(14)61003-0</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Convolvulaceae)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis (as Ipomoea)</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>POMACA</t>
   </si>
   <si>
     <t>Pomacea canaliculata</t>
   </si>
   <si>
     <t>* Wong PK, Liang YAN, Liu NY, Qiu JW (2010) Palatability of macrophytes to the invasive freshwater snail Pomacea canaliculata: differential effects of multiple plant traits. Freshwater Biology 55(10), 2023-2031.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ipomoea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Lin CH, Tsai KC, Prior P, Wang JF (2014) Phylogenetic relationships and population structure of Ralstonia solanacearum isolated from diverse origins in Taiwan. Plant Pathology 63(6), 1395-1403.
 * She X, He Z, Li H (2018) Genetic structure and phylogenetic relationships of Ralstonia solanacearum strains from diverse origins in Guangdong Province, China. Journal of Phytopathology 166(3):177-186.</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.
@@ -496,266 +518,294 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="339.631" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="379.764" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">