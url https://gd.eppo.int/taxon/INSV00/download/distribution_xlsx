--- v0 (2025-10-07)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="INSV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
@@ -534,53 +534,50 @@
     <t>MK</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
@@ -2420,247 +2417,247 @@
       <c r="B79" t="s">
         <v>170</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>171</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>129</v>
       </c>
       <c r="B80" t="s">
         <v>172</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>173</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>129</v>
       </c>
       <c r="B81" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>129</v>
       </c>
       <c r="B82" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>129</v>
       </c>
       <c r="B83" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>129</v>
       </c>
       <c r="B84" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>129</v>
       </c>
       <c r="B85" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>129</v>
       </c>
       <c r="B86" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>129</v>
       </c>
       <c r="B87" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>129</v>
       </c>
       <c r="B88" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>129</v>
       </c>
       <c r="B89" t="s">
+        <v>188</v>
+      </c>
+      <c r="C89" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89" t="s">
         <v>189</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F89" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>192</v>
+      </c>
+      <c r="B90" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
+        <v>192</v>
+      </c>
+      <c r="B91" t="s">
         <v>193</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
+        <v>195</v>
+      </c>
+      <c r="D91" t="s">
         <v>194</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F91" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B92" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>