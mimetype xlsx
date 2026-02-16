--- v1 (2025-11-28)
+++ v2 (2026-02-16)
@@ -530,51 +530,51 @@
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>