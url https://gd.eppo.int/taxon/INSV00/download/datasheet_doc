--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458568e476f49631b" w:history="1">
+            <w:hyperlink r:id="rId340168ff1b2e3c7a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160368e476f496388" w:history="1">
+            <w:hyperlink r:id="rId438668ff1b2e3c80e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14825874" name="name952068e476f496c1d" descr="12087.jpg"/>
+                  <wp:docPr id="90645194" name="name433968ff1b2e3cef9" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId633368e476f496c1b" cstate="print"/>
+                          <a:blip r:embed="rId710268ff1b2e3cef8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId184368e476f496d15" w:history="1">
+            <w:hyperlink r:id="rId913068ff1b2e3cfdb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139268e476f496e89" w:history="1">
+      <w:hyperlink r:id="rId995368ff1b2e3d13e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1131878" name="name695468e476f49a385" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="14891635" name="name552868ff1b2e40481" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId138768e476f49a383" cstate="print"/>
+                    <a:blip r:embed="rId765468ff1b2e4047f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178368e476f49b2db" w:history="1">
+      <w:hyperlink r:id="rId906968ff1b2e4140f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750068e476f49b87d" w:history="1">
+      <w:hyperlink r:id="rId232268ff1b2e419c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919168e476f49b8dd" w:history="1">
+      <w:hyperlink r:id="rId111168ff1b2e41a24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924068e476f49bbd9" w:history="1">
+      <w:hyperlink r:id="rId433368ff1b2e41d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433868e476f49bd1f" w:history="1">
+      <w:hyperlink r:id="rId278668ff1b2e41ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506268e476f49bda3" w:history="1">
+      <w:hyperlink r:id="rId355768ff1b2e41f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462068e476f49c054" w:history="1">
+      <w:hyperlink r:id="rId265468ff1b2e4220b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784268e476f49c27d" w:history="1">
+      <w:hyperlink r:id="rId140368ff1b2e42429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473168e476f49c63f" w:history="1">
+      <w:hyperlink r:id="rId754168ff1b2e427e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848568e476f49cb86" w:history="1">
+      <w:hyperlink r:id="rId693368ff1b2e42d54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711468e476f49cdf4" w:history="1">
+      <w:hyperlink r:id="rId256368ff1b2e42f45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764368e476f49ceb0" w:history="1">
+      <w:hyperlink r:id="rId819168ff1b2e43000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982868e476f49cf82" w:history="1">
+      <w:hyperlink r:id="rId180568ff1b2e430d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83888243" name="name449668e476f49d1e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="47961558" name="name860268ff1b2e43131" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId505768e476f49d1e0" cstate="print"/>
+                    <a:blip r:embed="rId782168ff1b2e43130" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16745632">
+  <w:abstractNum w:abstractNumId="77368798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88793206">
+    <w:lvl w:ilvl="0" w:tplc="22231193">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88793206" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22231193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16745631">
+  <w:abstractNum w:abstractNumId="77368797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99506991">
+    <w:lvl w:ilvl="0" w:tplc="79996338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16745631">
-    <w:abstractNumId w:val="16745631"/>
+  <w:num w:numId="77368797">
+    <w:abstractNumId w:val="77368797"/>
   </w:num>
-  <w:num w:numId="16745632">
-    <w:abstractNumId w:val="16745632"/>
+  <w:num w:numId="77368798">
+    <w:abstractNumId w:val="77368798"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916018617" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862235595" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId458568e476f49631b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId160368e476f496388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId184368e476f496d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId139268e476f496e89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId178368e476f49b2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId750068e476f49b87d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId919168e476f49b8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId924068e476f49bbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId433868e476f49bd1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId506268e476f49bda3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId462068e476f49c054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId784268e476f49c27d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId473168e476f49c63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId848568e476f49cb86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId711468e476f49cdf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId764368e476f49ceb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId982868e476f49cf82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId633368e476f496c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId633368e476f496c1b.jpg"/><Relationship Id="rId138768e476f49a383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138768e476f49a383.jpg"/><Relationship Id="rId505768e476f49d1e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505768e476f49d1e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546201806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548893013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340168ff1b2e3c7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId438668ff1b2e3c80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId913068ff1b2e3cfdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId995368ff1b2e3d13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId906968ff1b2e4140f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId232268ff1b2e419c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId111168ff1b2e41a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId433368ff1b2e41d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId278668ff1b2e41ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId355768ff1b2e41f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId265468ff1b2e4220b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId140368ff1b2e42429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId754168ff1b2e427e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId693368ff1b2e42d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId256368ff1b2e42f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId819168ff1b2e43000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId180568ff1b2e430d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId710268ff1b2e3cef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710268ff1b2e3cef8.jpg"/><Relationship Id="rId765468ff1b2e4047f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId765468ff1b2e4047f.jpg"/><Relationship Id="rId782168ff1b2e43130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782168ff1b2e43130.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>