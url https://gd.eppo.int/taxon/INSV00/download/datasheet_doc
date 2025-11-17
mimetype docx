--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340168ff1b2e3c7a7" w:history="1">
+            <w:hyperlink r:id="rId1239691ae702a961a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438668ff1b2e3c80e" w:history="1">
+            <w:hyperlink r:id="rId9680691ae702a9692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90645194" name="name433968ff1b2e3cef9" descr="12087.jpg"/>
+                  <wp:docPr id="66123913" name="name6029691ae702aa019" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId710268ff1b2e3cef8" cstate="print"/>
+                          <a:blip r:embed="rId8569691ae702aa017" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId913068ff1b2e3cfdb" w:history="1">
+            <w:hyperlink r:id="rId8467691ae702aa146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995368ff1b2e3d13e" w:history="1">
+      <w:hyperlink r:id="rId4567691ae702aa2b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14891635" name="name552868ff1b2e40481" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="95367213" name="name1667691ae702adad2" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId765468ff1b2e4047f" cstate="print"/>
+                    <a:blip r:embed="rId3594691ae702adacf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906968ff1b2e4140f" w:history="1">
+      <w:hyperlink r:id="rId5290691ae702aeedd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232268ff1b2e419c4" w:history="1">
+      <w:hyperlink r:id="rId5393691ae702af658" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111168ff1b2e41a24" w:history="1">
+      <w:hyperlink r:id="rId4451691ae702af6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433368ff1b2e41d15" w:history="1">
+      <w:hyperlink r:id="rId8254691ae702afa6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278668ff1b2e41ec2" w:history="1">
+      <w:hyperlink r:id="rId9249691ae702afbe5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355768ff1b2e41f4b" w:history="1">
+      <w:hyperlink r:id="rId4764691ae702afc87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265468ff1b2e4220b" w:history="1">
+      <w:hyperlink r:id="rId2050691ae702b0038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140368ff1b2e42429" w:history="1">
+      <w:hyperlink r:id="rId8415691ae702b0273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754168ff1b2e427e8" w:history="1">
+      <w:hyperlink r:id="rId6294691ae702b09c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693368ff1b2e42d54" w:history="1">
+      <w:hyperlink r:id="rId1198691ae702b12c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256368ff1b2e42f45" w:history="1">
+      <w:hyperlink r:id="rId7087691ae702b158d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819168ff1b2e43000" w:history="1">
+      <w:hyperlink r:id="rId1696691ae702b168b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180568ff1b2e430d0" w:history="1">
+      <w:hyperlink r:id="rId1047691ae702b1765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47961558" name="name860268ff1b2e43131" descr="eu_funding_250.png"/>
+            <wp:docPr id="73352809" name="name7070691ae702b1c1b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId782168ff1b2e43130" cstate="print"/>
+                    <a:blip r:embed="rId8762691ae702b1c19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77368798">
+  <w:abstractNum w:abstractNumId="59160818">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22231193">
+    <w:lvl w:ilvl="0" w:tplc="77892785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22231193" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77892785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77368797">
+  <w:abstractNum w:abstractNumId="59160817">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79996338">
+    <w:lvl w:ilvl="0" w:tplc="23637988">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77368797">
-    <w:abstractNumId w:val="77368797"/>
+  <w:num w:numId="59160817">
+    <w:abstractNumId w:val="59160817"/>
   </w:num>
-  <w:num w:numId="77368798">
-    <w:abstractNumId w:val="77368798"/>
+  <w:num w:numId="59160818">
+    <w:abstractNumId w:val="59160818"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId546201806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548893013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340168ff1b2e3c7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId438668ff1b2e3c80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId913068ff1b2e3cfdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId995368ff1b2e3d13e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId906968ff1b2e4140f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId232268ff1b2e419c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId111168ff1b2e41a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId433368ff1b2e41d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId278668ff1b2e41ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId355768ff1b2e41f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId265468ff1b2e4220b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId140368ff1b2e42429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId754168ff1b2e427e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId693368ff1b2e42d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId256368ff1b2e42f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId819168ff1b2e43000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId180568ff1b2e430d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId710268ff1b2e3cef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710268ff1b2e3cef8.jpg"/><Relationship Id="rId765468ff1b2e4047f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId765468ff1b2e4047f.jpg"/><Relationship Id="rId782168ff1b2e43130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782168ff1b2e43130.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId547066891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390079196" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1239691ae702a961a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId9680691ae702a9692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId8467691ae702aa146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId4567691ae702aa2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId5290691ae702aeedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId5393691ae702af658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId4451691ae702af6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId8254691ae702afa6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9249691ae702afbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId4764691ae702afc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId2050691ae702b0038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId8415691ae702b0273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId6294691ae702b09c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId1198691ae702b12c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId7087691ae702b158d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId1696691ae702b168b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1047691ae702b1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId8569691ae702aa017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8569691ae702aa017.jpg"/><Relationship Id="rId3594691ae702adacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3594691ae702adacf.jpg"/><Relationship Id="rId8762691ae702b1c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8762691ae702b1c19.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>