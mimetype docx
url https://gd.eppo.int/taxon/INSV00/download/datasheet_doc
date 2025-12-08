--- v2 (2025-11-17)
+++ v3 (2025-12-08)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1239691ae702a961a" w:history="1">
+            <w:hyperlink r:id="rId940369363c99cc1c1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9680691ae702a9692" w:history="1">
+            <w:hyperlink r:id="rId357069363c99cc257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66123913" name="name6029691ae702aa019" descr="12087.jpg"/>
+                  <wp:docPr id="62422793" name="name169969363c99cca26" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8569691ae702aa017" cstate="print"/>
+                          <a:blip r:embed="rId784069363c99cca25" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8467691ae702aa146" w:history="1">
+            <w:hyperlink r:id="rId885669363c99ccbaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4567691ae702aa2b6" w:history="1">
+      <w:hyperlink r:id="rId694769363c99ccd25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,105 +6831,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95367213" name="name1667691ae702adad2" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="99979874" name="name714869363c99d007f" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3594691ae702adacf" cstate="print"/>
+                    <a:blip r:embed="rId252869363c99d007b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Bulgaria, Czechia, Finland, France (mainland), Germany, Greece (mainland), Guernsey, Hungary, Italy (mainland, Sicilia), Lithuania, Netherlands, North Macedonia, Poland, Portugal (mainland), Serbia, Slovenia, Spain (mainland), Sweden, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Bulgaria, Czechia, Finland, France (mainland), Germany, Greece (mainland), Guernsey, Hungary, Italy (mainland, Sicilia), Lithuania, Netherlands, North Macedonia, Poland, Portugal (mainland), Russian Federation (the), Serbia, Slovenia, Spain (mainland), Sweden, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5290691ae702aeedd" w:history="1">
+      <w:hyperlink r:id="rId952969363c99d11c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5393691ae702af658" w:history="1">
+      <w:hyperlink r:id="rId801669363c99d176d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4451691ae702af6bf" w:history="1">
+      <w:hyperlink r:id="rId849169363c99d17cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8254691ae702afa6a" w:history="1">
+      <w:hyperlink r:id="rId147769363c99d1b03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9249691ae702afbe5" w:history="1">
+      <w:hyperlink r:id="rId772969363c99d1c4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4764691ae702afc87" w:history="1">
+      <w:hyperlink r:id="rId613369363c99d1ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2050691ae702b0038" w:history="1">
+      <w:hyperlink r:id="rId109669363c99d2070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8415691ae702b0273" w:history="1">
+      <w:hyperlink r:id="rId488469363c99d2281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6294691ae702b09c4" w:history="1">
+      <w:hyperlink r:id="rId206669363c99d2632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1198691ae702b12c4" w:history="1">
+      <w:hyperlink r:id="rId698969363c99d2c09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7087691ae702b158d" w:history="1">
+      <w:hyperlink r:id="rId535669363c99d2e7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1696691ae702b168b" w:history="1">
+      <w:hyperlink r:id="rId197769363c99d2fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1047691ae702b1765" w:history="1">
+      <w:hyperlink r:id="rId585269363c99d30a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73352809" name="name7070691ae702b1c1b" descr="eu_funding_250.png"/>
+            <wp:docPr id="13795346" name="name720169363c99d33c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8762691ae702b1c19" cstate="print"/>
+                    <a:blip r:embed="rId345669363c99d33bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59160818">
+  <w:abstractNum w:abstractNumId="67202904">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77892785">
+    <w:lvl w:ilvl="0" w:tplc="53151436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77892785" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53151436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59160817">
+  <w:abstractNum w:abstractNumId="67202903">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23637988">
+    <w:lvl w:ilvl="0" w:tplc="21597281">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59160817">
-    <w:abstractNumId w:val="59160817"/>
+  <w:num w:numId="67202903">
+    <w:abstractNumId w:val="67202903"/>
   </w:num>
-  <w:num w:numId="59160818">
-    <w:abstractNumId w:val="59160818"/>
+  <w:num w:numId="67202904">
+    <w:abstractNumId w:val="67202904"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId547066891" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390079196" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1239691ae702a961a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId9680691ae702a9692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId8467691ae702aa146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId4567691ae702aa2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId5290691ae702aeedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId5393691ae702af658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId4451691ae702af6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId8254691ae702afa6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9249691ae702afbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId4764691ae702afc87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId2050691ae702b0038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId8415691ae702b0273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId6294691ae702b09c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId1198691ae702b12c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId7087691ae702b158d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId1696691ae702b168b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1047691ae702b1765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId8569691ae702aa017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8569691ae702aa017.jpg"/><Relationship Id="rId3594691ae702adacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3594691ae702adacf.jpg"/><Relationship Id="rId8762691ae702b1c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8762691ae702b1c19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId473448907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266033230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId940369363c99cc1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId357069363c99cc257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId885669363c99ccbaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId694769363c99ccd25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId952969363c99d11c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId801669363c99d176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId849169363c99d17cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId147769363c99d1b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId772969363c99d1c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId613369363c99d1ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId109669363c99d2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId488469363c99d2281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId206669363c99d2632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId698969363c99d2c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId535669363c99d2e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId197769363c99d2fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId585269363c99d30a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId784069363c99cca25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId784069363c99cca25.jpg"/><Relationship Id="rId252869363c99d007b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId252869363c99d007b.jpg"/><Relationship Id="rId345669363c99d33bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345669363c99d33bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>