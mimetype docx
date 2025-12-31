--- v3 (2025-12-08)
+++ v4 (2025-12-31)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId940369363c99cc1c1" w:history="1">
+            <w:hyperlink r:id="rId17056955ab3188625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357069363c99cc257" w:history="1">
+            <w:hyperlink r:id="rId45496955ab318868d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62422793" name="name169969363c99cca26" descr="12087.jpg"/>
+                  <wp:docPr id="30249856" name="name55486955ab3188d8d" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId784069363c99cca25" cstate="print"/>
+                          <a:blip r:embed="rId13176955ab3188d8b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId885669363c99ccbaa" w:history="1">
+            <w:hyperlink r:id="rId67496955ab3188ef8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694769363c99ccd25" w:history="1">
+      <w:hyperlink r:id="rId69816955ab318906b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99979874" name="name714869363c99d007f" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="63704512" name="name97626955ab318c30a" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId252869363c99d007b" cstate="print"/>
+                    <a:blip r:embed="rId25736955ab318c306" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952969363c99d11c1" w:history="1">
+      <w:hyperlink r:id="rId68766955ab318d2c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId801669363c99d176d" w:history="1">
+      <w:hyperlink r:id="rId20946955ab318d862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849169363c99d17cd" w:history="1">
+      <w:hyperlink r:id="rId40626955ab318d8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147769363c99d1b03" w:history="1">
+      <w:hyperlink r:id="rId24426955ab318dbf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772969363c99d1c4a" w:history="1">
+      <w:hyperlink r:id="rId22396955ab318dd3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613369363c99d1ccd" w:history="1">
+      <w:hyperlink r:id="rId76666955ab318ddc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109669363c99d2070" w:history="1">
+      <w:hyperlink r:id="rId10616955ab318e073" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488469363c99d2281" w:history="1">
+      <w:hyperlink r:id="rId57506955ab318e2a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206669363c99d2632" w:history="1">
+      <w:hyperlink r:id="rId17626955ab318e63d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698969363c99d2c09" w:history="1">
+      <w:hyperlink r:id="rId48976955ab318ebb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535669363c99d2e7a" w:history="1">
+      <w:hyperlink r:id="rId44716955ab318edb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13216,73 +13216,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197769363c99d2fc7" w:history="1">
+      <w:hyperlink r:id="rId73756955ab318ee70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585269363c99d30a2" w:history="1">
+      <w:hyperlink r:id="rId60446955ab318ef42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13795346" name="name720169363c99d33c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="98212587" name="name84816955ab318f3ec" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345669363c99d33bf" cstate="print"/>
+                    <a:blip r:embed="rId27456955ab318f3ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67202904">
+  <w:abstractNum w:abstractNumId="17294635">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53151436">
+    <w:lvl w:ilvl="0" w:tplc="81387267">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53151436" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81387267" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67202903">
+  <w:abstractNum w:abstractNumId="17294634">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21597281">
+    <w:lvl w:ilvl="0" w:tplc="32771213">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67202903">
-    <w:abstractNumId w:val="67202903"/>
+  <w:num w:numId="17294634">
+    <w:abstractNumId w:val="17294634"/>
   </w:num>
-  <w:num w:numId="67202904">
-    <w:abstractNumId w:val="67202904"/>
+  <w:num w:numId="17294635">
+    <w:abstractNumId w:val="17294635"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId473448907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId266033230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId940369363c99cc1c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId357069363c99cc257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId885669363c99ccbaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId694769363c99ccd25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId952969363c99d11c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId801669363c99d176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId849169363c99d17cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId147769363c99d1b03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId772969363c99d1c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId613369363c99d1ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId109669363c99d2070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId488469363c99d2281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId206669363c99d2632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId698969363c99d2c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId535669363c99d2e7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId197769363c99d2fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId585269363c99d30a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId784069363c99cca25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId784069363c99cca25.jpg"/><Relationship Id="rId252869363c99d007b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId252869363c99d007b.jpg"/><Relationship Id="rId345669363c99d33bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345669363c99d33bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112263046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307865806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17056955ab3188625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId45496955ab318868d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId67496955ab3188ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId69816955ab318906b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId68766955ab318d2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId20946955ab318d862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId40626955ab318d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId24426955ab318dbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22396955ab318dd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId76666955ab318ddc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId10616955ab318e073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId57506955ab318e2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId17626955ab318e63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId48976955ab318ebb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId44716955ab318edb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId73756955ab318ee70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60446955ab318ef42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId13176955ab3188d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13176955ab3188d8b.jpg"/><Relationship Id="rId25736955ab318c306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25736955ab318c306.jpg"/><Relationship Id="rId27456955ab318f3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27456955ab318f3ea.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>