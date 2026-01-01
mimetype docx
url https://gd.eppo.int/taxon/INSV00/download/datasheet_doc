--- v4 (2025-12-31)
+++ v5 (2026-01-01)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17056955ab3188625" w:history="1">
+            <w:hyperlink r:id="rId42676955bfa62b8e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45496955ab318868d" w:history="1">
+            <w:hyperlink r:id="rId69416955bfa62b94e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30249856" name="name55486955ab3188d8d" descr="12087.jpg"/>
+                  <wp:docPr id="28629393" name="name51036955bfa62c1a7" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13176955ab3188d8b" cstate="print"/>
+                          <a:blip r:embed="rId30086955bfa62c1a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67496955ab3188ef8" w:history="1">
+            <w:hyperlink r:id="rId23556955bfa62c2e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69816955ab318906b" w:history="1">
+      <w:hyperlink r:id="rId13226955bfa62c457" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63704512" name="name97626955ab318c30a" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="16458865" name="name68326955bfa62f6da" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25736955ab318c306" cstate="print"/>
+                    <a:blip r:embed="rId38436955bfa62f6d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68766955ab318d2c1" w:history="1">
+      <w:hyperlink r:id="rId15866955bfa630694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20946955ab318d862" w:history="1">
+      <w:hyperlink r:id="rId13406955bfa630c2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40626955ab318d8c2" w:history="1">
+      <w:hyperlink r:id="rId58936955bfa630c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24426955ab318dbf2" w:history="1">
+      <w:hyperlink r:id="rId83186955bfa630f8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22396955ab318dd3d" w:history="1">
+      <w:hyperlink r:id="rId98006955bfa6310d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76666955ab318ddc2" w:history="1">
+      <w:hyperlink r:id="rId79746955bfa631178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10616955ab318e073" w:history="1">
+      <w:hyperlink r:id="rId63366955bfa6314dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57506955ab318e2a0" w:history="1">
+      <w:hyperlink r:id="rId44616955bfa63171b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17626955ab318e63d" w:history="1">
+      <w:hyperlink r:id="rId86266955bfa631abf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48976955ab318ebb5" w:history="1">
+      <w:hyperlink r:id="rId73116955bfa63202f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44716955ab318edb7" w:history="1">
+      <w:hyperlink r:id="rId90836955bfa632215" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73756955ab318ee70" w:history="1">
+      <w:hyperlink r:id="rId45616955bfa6322de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60446955ab318ef42" w:history="1">
+      <w:hyperlink r:id="rId22046955bfa6323b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98212587" name="name84816955ab318f3ec" descr="eu_funding_250.png"/>
+            <wp:docPr id="13186215" name="name53086955bfa6327a9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27456955ab318f3ea" cstate="print"/>
+                    <a:blip r:embed="rId79226955bfa6327a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17294635">
+  <w:abstractNum w:abstractNumId="44597363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81387267">
+    <w:lvl w:ilvl="0" w:tplc="86153944">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81387267" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86153944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17294634">
+  <w:abstractNum w:abstractNumId="44597362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32771213">
+    <w:lvl w:ilvl="0" w:tplc="91629963">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17294634">
-    <w:abstractNumId w:val="17294634"/>
+  <w:num w:numId="44597362">
+    <w:abstractNumId w:val="44597362"/>
   </w:num>
-  <w:num w:numId="17294635">
-    <w:abstractNumId w:val="17294635"/>
+  <w:num w:numId="44597363">
+    <w:abstractNumId w:val="44597363"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112263046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307865806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17056955ab3188625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId45496955ab318868d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId67496955ab3188ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId69816955ab318906b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId68766955ab318d2c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId20946955ab318d862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId40626955ab318d8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId24426955ab318dbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22396955ab318dd3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId76666955ab318ddc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId10616955ab318e073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId57506955ab318e2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId17626955ab318e63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId48976955ab318ebb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId44716955ab318edb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId73756955ab318ee70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60446955ab318ef42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId13176955ab3188d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13176955ab3188d8b.jpg"/><Relationship Id="rId25736955ab318c306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25736955ab318c306.jpg"/><Relationship Id="rId27456955ab318f3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27456955ab318f3ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101812319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId897309226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42676955bfa62b8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId69416955bfa62b94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId23556955bfa62c2e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId13226955bfa62c457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId15866955bfa630694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId13406955bfa630c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId58936955bfa630c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId83186955bfa630f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98006955bfa6310d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId79746955bfa631178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId63366955bfa6314dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId44616955bfa63171b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId86266955bfa631abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId73116955bfa63202f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId90836955bfa632215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId45616955bfa6322de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22046955bfa6323b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId30086955bfa62c1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30086955bfa62c1a5.jpg"/><Relationship Id="rId38436955bfa62f6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38436955bfa62f6d6.jpg"/><Relationship Id="rId79226955bfa6327a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79226955bfa6327a7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>