--- v5 (2026-01-01)
+++ v6 (2026-01-21)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42676955bfa62b8e3" w:history="1">
+            <w:hyperlink r:id="rId540769710e4be6fc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69416955bfa62b94e" w:history="1">
+            <w:hyperlink r:id="rId459869710e4be702b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28629393" name="name51036955bfa62c1a7" descr="12087.jpg"/>
+                  <wp:docPr id="1828759" name="name374469710e4be7782" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30086955bfa62c1a5" cstate="print"/>
+                          <a:blip r:embed="rId214569710e4be7780" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId23556955bfa62c2e1" w:history="1">
+            <w:hyperlink r:id="rId346769710e4be788c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13226955bfa62c457" w:history="1">
+      <w:hyperlink r:id="rId692069710e4be79f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16458865" name="name68326955bfa62f6da" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="26809016" name="name959769710e4bead59" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38436955bfa62f6d6" cstate="print"/>
+                    <a:blip r:embed="rId394169710e4bead55" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15866955bfa630694" w:history="1">
+      <w:hyperlink r:id="rId325269710e4bebd14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13406955bfa630c2b" w:history="1">
+      <w:hyperlink r:id="rId328069710e4bec2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58936955bfa630c89" w:history="1">
+      <w:hyperlink r:id="rId494969710e4bec326" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83186955bfa630f8d" w:history="1">
+      <w:hyperlink r:id="rId575469710e4bec63f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98006955bfa6310d4" w:history="1">
+      <w:hyperlink r:id="rId516369710e4bec78f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79746955bfa631178" w:history="1">
+      <w:hyperlink r:id="rId845169710e4bec816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63366955bfa6314dd" w:history="1">
+      <w:hyperlink r:id="rId481669710e4becacd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44616955bfa63171b" w:history="1">
+      <w:hyperlink r:id="rId863369710e4becce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86266955bfa631abf" w:history="1">
+      <w:hyperlink r:id="rId437069710e4bed07e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73116955bfa63202f" w:history="1">
+      <w:hyperlink r:id="rId522669710e4bed60f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90836955bfa632215" w:history="1">
+      <w:hyperlink r:id="rId619269710e4bed7fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45616955bfa6322de" w:history="1">
+      <w:hyperlink r:id="rId728869710e4bed8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22046955bfa6323b3" w:history="1">
+      <w:hyperlink r:id="rId612269710e4bed988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13186215" name="name53086955bfa6327a9" descr="eu_funding_250.png"/>
+            <wp:docPr id="79298984" name="name492569710e4bed9f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79226955bfa6327a7" cstate="print"/>
+                    <a:blip r:embed="rId856569710e4bed9f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44597363">
+  <w:abstractNum w:abstractNumId="74977040">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86153944">
+    <w:lvl w:ilvl="0" w:tplc="90841375">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86153944" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90841375" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44597362">
+  <w:abstractNum w:abstractNumId="74977039">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91629963">
+    <w:lvl w:ilvl="0" w:tplc="29394942">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44597362">
-    <w:abstractNumId w:val="44597362"/>
+  <w:num w:numId="74977039">
+    <w:abstractNumId w:val="74977039"/>
   </w:num>
-  <w:num w:numId="44597363">
-    <w:abstractNumId w:val="44597363"/>
+  <w:num w:numId="74977040">
+    <w:abstractNumId w:val="74977040"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101812319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId897309226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42676955bfa62b8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId69416955bfa62b94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId23556955bfa62c2e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId13226955bfa62c457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId15866955bfa630694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId13406955bfa630c2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId58936955bfa630c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId83186955bfa630f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98006955bfa6310d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId79746955bfa631178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId63366955bfa6314dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId44616955bfa63171b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId86266955bfa631abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId73116955bfa63202f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId90836955bfa632215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId45616955bfa6322de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22046955bfa6323b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId30086955bfa62c1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30086955bfa62c1a5.jpg"/><Relationship Id="rId38436955bfa62f6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38436955bfa62f6d6.jpg"/><Relationship Id="rId79226955bfa6327a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79226955bfa6327a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402660181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119246078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540769710e4be6fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId459869710e4be702b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId346769710e4be788c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId692069710e4be79f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId325269710e4bebd14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId328069710e4bec2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId494969710e4bec326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId575469710e4bec63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId516369710e4bec78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId845169710e4bec816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId481669710e4becacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId863369710e4becce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId437069710e4bed07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId522669710e4bed60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId619269710e4bed7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId728869710e4bed8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId612269710e4bed988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId214569710e4be7780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214569710e4be7780.jpg"/><Relationship Id="rId394169710e4bead55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394169710e4bead55.jpg"/><Relationship Id="rId856569710e4bed9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856569710e4bed9f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>