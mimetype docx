--- v6 (2026-01-21)
+++ v7 (2026-02-11)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540769710e4be6fc2" w:history="1">
+            <w:hyperlink r:id="rId8856698c6891bd8e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459869710e4be702b" w:history="1">
+            <w:hyperlink r:id="rId1073698c6891bdac3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1828759" name="name374469710e4be7782" descr="12087.jpg"/>
+                  <wp:docPr id="77031289" name="name3846698c6891bdbfd" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId214569710e4be7780" cstate="print"/>
+                          <a:blip r:embed="rId3247698c6891bdbfb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId346769710e4be788c" w:history="1">
+            <w:hyperlink r:id="rId5797698c6891bdd10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692069710e4be79f4" w:history="1">
+      <w:hyperlink r:id="rId7328698c6891bdef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,105 +6831,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26809016" name="name959769710e4bead59" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="58547787" name="name2340698c6891c1718" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId394169710e4bead55" cstate="print"/>
+                    <a:blip r:embed="rId1193698c6891c1714" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Bulgaria, Czechia, Finland, France (mainland), Germany, Greece (mainland), Guernsey, Hungary, Italy (mainland, Sicilia), Lithuania, Netherlands, North Macedonia, Poland, Portugal (mainland), Russian Federation (the), Serbia, Slovenia, Spain (mainland), Sweden, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Bulgaria, Czechia, Finland, France (mainland), Germany, Greece (mainland), Guernsey, Hungary, Italy (mainland, Sicilia), Lithuania, Netherlands, North Macedonia, Poland, Portugal (mainland), Russian Federation, Serbia, Slovenia, Spain (mainland), Sweden, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325269710e4bebd14" w:history="1">
+      <w:hyperlink r:id="rId3196698c6891c2717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328069710e4bec2c5" w:history="1">
+      <w:hyperlink r:id="rId7238698c6891c2cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494969710e4bec326" w:history="1">
+      <w:hyperlink r:id="rId1390698c6891c2d61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575469710e4bec63f" w:history="1">
+      <w:hyperlink r:id="rId5157698c6891c3053" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516369710e4bec78f" w:history="1">
+      <w:hyperlink r:id="rId1806698c6891c319d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845169710e4bec816" w:history="1">
+      <w:hyperlink r:id="rId8286698c6891c3222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481669710e4becacd" w:history="1">
+      <w:hyperlink r:id="rId5759698c6891c34ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863369710e4becce6" w:history="1">
+      <w:hyperlink r:id="rId8444698c6891c371b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437069710e4bed07e" w:history="1">
+      <w:hyperlink r:id="rId3952698c6891c3ac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522669710e4bed60f" w:history="1">
+      <w:hyperlink r:id="rId2080698c6891c400b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619269710e4bed7fa" w:history="1">
+      <w:hyperlink r:id="rId5282698c6891c41ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728869710e4bed8b3" w:history="1">
+      <w:hyperlink r:id="rId1556698c6891c42a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612269710e4bed988" w:history="1">
+      <w:hyperlink r:id="rId4888698c6891c4382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79298984" name="name492569710e4bed9f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="89600539" name="name4871698c6891c4443" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId856569710e4bed9f8" cstate="print"/>
+                    <a:blip r:embed="rId9748698c6891c4441" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74977040">
+  <w:abstractNum w:abstractNumId="54120778">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90841375">
+    <w:lvl w:ilvl="0" w:tplc="60364682">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90841375" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60364682" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74977039">
+  <w:abstractNum w:abstractNumId="54120777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29394942">
+    <w:lvl w:ilvl="0" w:tplc="22390550">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74977039">
-    <w:abstractNumId w:val="74977039"/>
+  <w:num w:numId="54120777">
+    <w:abstractNumId w:val="54120777"/>
   </w:num>
-  <w:num w:numId="74977040">
-    <w:abstractNumId w:val="74977040"/>
+  <w:num w:numId="54120778">
+    <w:abstractNumId w:val="54120778"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402660181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId119246078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540769710e4be6fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId459869710e4be702b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId346769710e4be788c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId692069710e4be79f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId325269710e4bebd14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId328069710e4bec2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId494969710e4bec326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId575469710e4bec63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId516369710e4bec78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId845169710e4bec816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId481669710e4becacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId863369710e4becce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId437069710e4bed07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId522669710e4bed60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId619269710e4bed7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId728869710e4bed8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId612269710e4bed988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId214569710e4be7780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId214569710e4be7780.jpg"/><Relationship Id="rId394169710e4bead55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394169710e4bead55.jpg"/><Relationship Id="rId856569710e4bed9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856569710e4bed9f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId871474127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895507854" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8856698c6891bd8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId1073698c6891bdac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId5797698c6891bdd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId7328698c6891bdef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId3196698c6891c2717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId7238698c6891c2cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId1390698c6891c2d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId5157698c6891c3053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1806698c6891c319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId8286698c6891c3222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId5759698c6891c34ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId8444698c6891c371b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId3952698c6891c3ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId2080698c6891c400b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId5282698c6891c41ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId1556698c6891c42a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4888698c6891c4382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId3247698c6891bdbfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3247698c6891bdbfb.jpg"/><Relationship Id="rId1193698c6891c1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1193698c6891c1714.jpg"/><Relationship Id="rId9748698c6891c4441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9748698c6891c4441.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>