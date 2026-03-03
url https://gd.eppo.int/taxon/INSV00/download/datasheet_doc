--- v7 (2026-02-11)
+++ v8 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8856698c6891bd8e8" w:history="1">
+            <w:hyperlink r:id="rId300169a6e5d72b1eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1073698c6891bdac3" w:history="1">
+            <w:hyperlink r:id="rId762569a6e5d72b265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77031289" name="name3846698c6891bdbfd" descr="12087.jpg"/>
+                  <wp:docPr id="16035669" name="name238169a6e5d72b7fb" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3247698c6891bdbfb" cstate="print"/>
+                          <a:blip r:embed="rId155969a6e5d72b7f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5797698c6891bdd10" w:history="1">
+            <w:hyperlink r:id="rId791869a6e5d72b917" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7328698c6891bdef6" w:history="1">
+      <w:hyperlink r:id="rId534969a6e5d72babd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6831,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58547787" name="name2340698c6891c1718" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="82976921" name="name506369a6e5d72ef91" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1193698c6891c1714" cstate="print"/>
+                    <a:blip r:embed="rId225869a6e5d72ef8d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3196698c6891c2717" w:history="1">
+      <w:hyperlink r:id="rId350569a6e5d72ff0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7238698c6891c2cfe" w:history="1">
+      <w:hyperlink r:id="rId191169a6e5d73049c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9892,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1390698c6891c2d61" w:history="1">
+      <w:hyperlink r:id="rId606169a6e5d7304fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10352,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5157698c6891c3053" w:history="1">
+      <w:hyperlink r:id="rId202669a6e5d7307f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10558,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1806698c6891c319d" w:history="1">
+      <w:hyperlink r:id="rId517869a6e5d730941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8286698c6891c3222" w:history="1">
+      <w:hyperlink r:id="rId395469a6e5d7309c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5759698c6891c34ed" w:history="1">
+      <w:hyperlink r:id="rId130269a6e5d730c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11396,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8444698c6891c371b" w:history="1">
+      <w:hyperlink r:id="rId455169a6e5d730eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3952698c6891c3ac6" w:history="1">
+      <w:hyperlink r:id="rId229569a6e5d731264" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12824,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2080698c6891c400b" w:history="1">
+      <w:hyperlink r:id="rId276469a6e5d7317ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13128,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5282698c6891c41ed" w:history="1">
+      <w:hyperlink r:id="rId478069a6e5d7319b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13238,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1556698c6891c42a3" w:history="1">
+      <w:hyperlink r:id="rId272569a6e5d731a70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13367,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4888698c6891c4382" w:history="1">
+      <w:hyperlink r:id="rId941269a6e5d731b3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89600539" name="name4871698c6891c4443" descr="eu_funding_250.png"/>
+            <wp:docPr id="1743842" name="name471669a6e5d731de1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9748698c6891c4441" cstate="print"/>
+                    <a:blip r:embed="rId970169a6e5d731ddf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13548,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54120778">
+  <w:abstractNum w:abstractNumId="86071450">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60364682">
+    <w:lvl w:ilvl="0" w:tplc="53103599">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60364682" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53103599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54120777">
+  <w:abstractNum w:abstractNumId="86071449">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22390550">
+    <w:lvl w:ilvl="0" w:tplc="78428792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14430,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54120777">
-    <w:abstractNumId w:val="54120777"/>
+  <w:num w:numId="86071449">
+    <w:abstractNumId w:val="86071449"/>
   </w:num>
-  <w:num w:numId="54120778">
-    <w:abstractNumId w:val="54120778"/>
+  <w:num w:numId="86071450">
+    <w:abstractNumId w:val="86071450"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26028,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId871474127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895507854" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8856698c6891bd8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId1073698c6891bdac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId5797698c6891bdd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId7328698c6891bdef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId3196698c6891c2717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId7238698c6891c2cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId1390698c6891c2d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId5157698c6891c3053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1806698c6891c319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId8286698c6891c3222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId5759698c6891c34ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId8444698c6891c371b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId3952698c6891c3ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId2080698c6891c400b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId5282698c6891c41ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId1556698c6891c42a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4888698c6891c4382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId3247698c6891bdbfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3247698c6891bdbfb.jpg"/><Relationship Id="rId1193698c6891c1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1193698c6891c1714.jpg"/><Relationship Id="rId9748698c6891c4441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9748698c6891c4441.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163010536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId135437757" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300169a6e5d72b1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId762569a6e5d72b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId791869a6e5d72b917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId534969a6e5d72babd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId350569a6e5d72ff0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId191169a6e5d73049c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId606169a6e5d7304fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId202669a6e5d7307f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId517869a6e5d730941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId395469a6e5d7309c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId130269a6e5d730c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId455169a6e5d730eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId229569a6e5d731264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId276469a6e5d7317ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId478069a6e5d7319b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId272569a6e5d731a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId941269a6e5d731b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId155969a6e5d72b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155969a6e5d72b7f9.jpg"/><Relationship Id="rId225869a6e5d72ef8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225869a6e5d72ef8d.jpg"/><Relationship Id="rId970169a6e5d731ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970169a6e5d731ddf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>