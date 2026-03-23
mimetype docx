--- v8 (2026-03-03)
+++ v9 (2026-03-23)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Impatiens necrotic spot virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> necrotic spot of impatiens</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300169a6e5d72b1eb" w:history="1">
+            <w:hyperlink r:id="rId519969c15eda62cf4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId762569a6e5d72b265" w:history="1">
+            <w:hyperlink r:id="rId517669c15eda62d5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> INSV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16035669" name="name238169a6e5d72b7fb" descr="12087.jpg"/>
+                  <wp:docPr id="64269589" name="name593269c15eda634a8" descr="12087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId155969a6e5d72b7f9" cstate="print"/>
+                          <a:blip r:embed="rId332569c15eda634a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId791869a6e5d72b917" w:history="1">
+            <w:hyperlink r:id="rId873769c15eda63aa9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -613,51 +613,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534969a6e5d72babd" w:history="1">
+      <w:hyperlink r:id="rId587269c15eda63c34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV online</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1684,50 +1684,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abelia x grandiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Acalypha australis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Acanthospermum hispidum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aconitum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6831,63 +6851,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Impatiens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sp. in North America in 1989 (described as TSWV-Impatiens strain; Law &amp; Moyer, 1990; Law et al., 1991). Since then, INSV has been detected in many countries worldwide, including several countries in the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82976921" name="name506369a6e5d72ef91" descr="INSV00_distribution_map.jpg"/>
+            <wp:docPr id="4525565" name="name864869c15eda67132" descr="INSV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INSV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId225869a6e5d72ef8d" cstate="print"/>
+                    <a:blip r:embed="rId981769c15eda6712e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8945,51 +8965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350569a6e5d72ff0b" w:history="1">
+      <w:hyperlink r:id="rId643669c15eda6813f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9833,51 +9853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012a) Scientific Opinion on the risk to plant health posed by Tomato spotted wilt virus to the EU territory with identification and evaluation of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191169a6e5d73049c" w:history="1">
+      <w:hyperlink r:id="rId777469c15eda686e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9892,51 +9912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Panel on Plant Health (2012b) Scientific Opinion on the pest categorisation of the tospoviruses. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606169a6e5d7304fb" w:history="1">
+      <w:hyperlink r:id="rId886669c15eda68751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10352,51 +10372,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202669a6e5d7307f8" w:history="1">
+      <w:hyperlink r:id="rId509269c15eda68a5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10558,51 +10578,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517869a6e5d730941" w:history="1">
+      <w:hyperlink r:id="rId313869c15eda68ba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10639,51 +10659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395469a6e5d7309c6" w:history="1">
+      <w:hyperlink r:id="rId847669c15eda68c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2118-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11070,51 +11090,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId130269a6e5d730c71" w:history="1">
+      <w:hyperlink r:id="rId407269c15eda68efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11396,51 +11416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 448. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455169a6e5d730eae" w:history="1">
+      <w:hyperlink r:id="rId113269c15eda69115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11972,51 +11992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5), e96073. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229569a6e5d731264" w:history="1">
+      <w:hyperlink r:id="rId742869c15eda694bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0096073</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12824,51 +12844,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 341-348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276469a6e5d7317ce" w:history="1">
+      <w:hyperlink r:id="rId482369c15eda69a28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13128,51 +13148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ogy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; 686025. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478069a6e5d7319b9" w:history="1">
+      <w:hyperlink r:id="rId184669c15eda69c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2021.686025</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13238,51 +13258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus impatiensnecromaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272569a6e5d731a70" w:history="1">
+      <w:hyperlink r:id="rId152269c15eda69cc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13367,90 +13387,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 473-476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941269a6e5d731b3f" w:history="1">
+      <w:hyperlink r:id="rId173669c15eda69d99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01421.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1743842" name="name471669a6e5d731de1" descr="eu_funding_250.png"/>
+            <wp:docPr id="17073470" name="name159769c15eda69e08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970169a6e5d731ddf" cstate="print"/>
+                    <a:blip r:embed="rId122169c15eda69e07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13548,137 +13568,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86071450">
+  <w:abstractNum w:abstractNumId="51112357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53103599">
+    <w:lvl w:ilvl="0" w:tplc="87878470">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53103599" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87878470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86071449">
+  <w:abstractNum w:abstractNumId="51112356">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78428792">
+    <w:lvl w:ilvl="0" w:tplc="99618980">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14430,55 +14450,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86071449">
-    <w:abstractNumId w:val="86071449"/>
+  <w:num w:numId="51112356">
+    <w:abstractNumId w:val="51112356"/>
   </w:num>
-  <w:num w:numId="86071450">
-    <w:abstractNumId w:val="86071450"/>
+  <w:num w:numId="51112357">
+    <w:abstractNumId w:val="51112357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26028,51 +26048,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163010536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId135437757" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300169a6e5d72b1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId762569a6e5d72b265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId791869a6e5d72b917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId534969a6e5d72babd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId350569a6e5d72ff0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId191169a6e5d73049c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId606169a6e5d7304fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId202669a6e5d7307f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId517869a6e5d730941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId395469a6e5d7309c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId130269a6e5d730c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId455169a6e5d730eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId229569a6e5d731264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId276469a6e5d7317ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId478069a6e5d7319b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId272569a6e5d731a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId941269a6e5d731b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId155969a6e5d72b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155969a6e5d72b7f9.jpg"/><Relationship Id="rId225869a6e5d72ef8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225869a6e5d72ef8d.jpg"/><Relationship Id="rId970169a6e5d731ddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970169a6e5d731ddf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319816418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId514600721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId519969c15eda62cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/" TargetMode="External"/><Relationship Id="rId517669c15eda62d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/categorization" TargetMode="External"/><Relationship Id="rId873769c15eda63aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INSV00/photos" TargetMode="External"/><Relationship Id="rId587269c15eda63c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId643669c15eda6813f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId777469c15eda686e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId886669c15eda68751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId509269c15eda68a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313869c15eda68ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId847669c15eda68c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2118-PDN" TargetMode="External"/><Relationship Id="rId407269c15eda68efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId113269c15eda69115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/abs/10.1094/PDIS.2001.85.4.448B" TargetMode="External"/><Relationship Id="rId742869c15eda694bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0096073" TargetMode="External"/><Relationship Id="rId482369c15eda69a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/full/10.1094/PDIS-06-17-0790-RE" TargetMode="External"/><Relationship Id="rId184669c15eda69c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2021.686025" TargetMode="External"/><Relationship Id="rId152269c15eda69cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId173669c15eda69d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01421.x" TargetMode="External"/><Relationship Id="rId332569c15eda634a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332569c15eda634a6.jpg"/><Relationship Id="rId981769c15eda6712e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981769c15eda6712e.jpg"/><Relationship Id="rId122169c15eda69e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122169c15eda69e07.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>