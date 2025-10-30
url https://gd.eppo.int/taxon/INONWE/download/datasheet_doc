--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId764768e707d572d38" w:history="1">
+            <w:hyperlink r:id="rId41956902b49ed6e62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250868e707d572db1" w:history="1">
+            <w:hyperlink r:id="rId47246902b49ed6ecd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97691790" name="name635368e707d5745b4" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="45007982" name="name55206902b49ed8a20" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId903368e707d5745b2" cstate="print"/>
+                    <a:blip r:embed="rId63226902b49ed8a1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346968e707d575fec" w:history="1">
+      <w:hyperlink r:id="rId12216902b49ed9960" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId250168e707d5760da" w:history="1">
+      <w:hyperlink r:id="rId36966902b49ed9a4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738068e707d57620c" w:history="1">
+      <w:hyperlink r:id="rId65066902b49ed9b01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184168e707d5763cb" w:history="1">
+      <w:hyperlink r:id="rId99526902b49ed9b90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853368e707d576477" w:history="1">
+      <w:hyperlink r:id="rId12856902b49ed9c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507068e707d576552" w:history="1">
+      <w:hyperlink r:id="rId99116902b49ed9c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977668e707d57658b" w:history="1">
+      <w:hyperlink r:id="rId41036902b49ed9cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807068e707d57665a" w:history="1">
+      <w:hyperlink r:id="rId60876902b49ed9d21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726668e707d57669d" w:history="1">
+      <w:hyperlink r:id="rId50856902b49ed9d5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601568e707d576736" w:history="1">
+      <w:hyperlink r:id="rId35236902b49ed9dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242968e707d576778" w:history="1">
+      <w:hyperlink r:id="rId30766902b49ed9e02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883568e707d576957" w:history="1">
+      <w:hyperlink r:id="rId11106902b49ed9f74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983868e707d5769cc" w:history="1">
+      <w:hyperlink r:id="rId84896902b49ed9fe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270568e707d576ad6" w:history="1">
+      <w:hyperlink r:id="rId33806902b49eda0af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726368e707d576bab" w:history="1">
+      <w:hyperlink r:id="rId37166902b49eda133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187968e707d576c99" w:history="1">
+      <w:hyperlink r:id="rId27556902b49eda204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869268e707d576d85" w:history="1">
+      <w:hyperlink r:id="rId56006902b49eda2b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620768e707d576eea" w:history="1">
+      <w:hyperlink r:id="rId82356902b49eda3cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104968e707d576f7f" w:history="1">
+      <w:hyperlink r:id="rId95366902b49eda469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663868e707d5770d9" w:history="1">
+      <w:hyperlink r:id="rId80086902b49eda521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464868e707d577287" w:history="1">
+      <w:hyperlink r:id="rId53546902b49eda6b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86780009" name="name609468e707d578265" descr="eu_funding_250.png"/>
+            <wp:docPr id="95207821" name="name29356902b49eda722" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId552768e707d578264" cstate="print"/>
+                    <a:blip r:embed="rId83596902b49eda721" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47794380">
+  <w:abstractNum w:abstractNumId="97424392">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73084531">
+    <w:lvl w:ilvl="0" w:tplc="35358667">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73084531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35358667" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47794379">
+  <w:abstractNum w:abstractNumId="97424391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57019537">
+    <w:lvl w:ilvl="0" w:tplc="23091490">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47794379">
-    <w:abstractNumId w:val="47794379"/>
+  <w:num w:numId="97424391">
+    <w:abstractNumId w:val="97424391"/>
   </w:num>
-  <w:num w:numId="47794380">
-    <w:abstractNumId w:val="47794380"/>
+  <w:num w:numId="97424392">
+    <w:abstractNumId w:val="97424392"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId563132447" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId504623922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId764768e707d572d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId250868e707d572db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId346968e707d575fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId250168e707d5760da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId738068e707d57620c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId184168e707d5763cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId853368e707d576477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId507068e707d576552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId977668e707d57658b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId807068e707d57665a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId726668e707d57669d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId601568e707d576736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId242968e707d576778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId883568e707d576957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId983868e707d5769cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId270568e707d576ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId726368e707d576bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId187968e707d576c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId869268e707d576d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId620768e707d576eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId104968e707d576f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId663868e707d5770d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId464868e707d577287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId903368e707d5745b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId903368e707d5745b2.jpg"/><Relationship Id="rId552768e707d578264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552768e707d578264.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId249981350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439888935" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41956902b49ed6e62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId47246902b49ed6ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId12216902b49ed9960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId36966902b49ed9a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId65066902b49ed9b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId99526902b49ed9b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId12856902b49ed9c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId99116902b49ed9c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId41036902b49ed9cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId60876902b49ed9d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId50856902b49ed9d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId35236902b49ed9dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId30766902b49ed9e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId11106902b49ed9f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId84896902b49ed9fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId33806902b49eda0af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId37166902b49eda133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId27556902b49eda204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId56006902b49eda2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId82356902b49eda3cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId95366902b49eda469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId80086902b49eda521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53546902b49eda6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId63226902b49ed8a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63226902b49ed8a1c.jpg"/><Relationship Id="rId83596902b49eda721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83596902b49eda721.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>