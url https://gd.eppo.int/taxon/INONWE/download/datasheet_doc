--- v1 (2025-10-30)
+++ v2 (2025-11-24)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41956902b49ed6e62" w:history="1">
+            <w:hyperlink r:id="rId769169245cad876bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47246902b49ed6ecd" w:history="1">
+            <w:hyperlink r:id="rId459069245cad87727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45007982" name="name55206902b49ed8a20" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="50654858" name="name145169245cad891ff" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63226902b49ed8a1c" cstate="print"/>
+                    <a:blip r:embed="rId827869245cad891fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12216902b49ed9960" w:history="1">
+      <w:hyperlink r:id="rId679369245cad8a0ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36966902b49ed9a4d" w:history="1">
+      <w:hyperlink r:id="rId302669245cad8a18a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65066902b49ed9b01" w:history="1">
+      <w:hyperlink r:id="rId741869245cad8a23c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99526902b49ed9b90" w:history="1">
+      <w:hyperlink r:id="rId427669245cad8a2bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12856902b49ed9c00" w:history="1">
+      <w:hyperlink r:id="rId715169245cad8a32c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99116902b49ed9c8c" w:history="1">
+      <w:hyperlink r:id="rId238369245cad8a3a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41036902b49ed9cc0" w:history="1">
+      <w:hyperlink r:id="rId791769245cad8a3d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60876902b49ed9d21" w:history="1">
+      <w:hyperlink r:id="rId952369245cad8a439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50856902b49ed9d5f" w:history="1">
+      <w:hyperlink r:id="rId812069245cad8a477" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35236902b49ed9dd0" w:history="1">
+      <w:hyperlink r:id="rId770669245cad8a4e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30766902b49ed9e02" w:history="1">
+      <w:hyperlink r:id="rId620169245cad8a519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11106902b49ed9f74" w:history="1">
+      <w:hyperlink r:id="rId391769245cad8a689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84896902b49ed9fe3" w:history="1">
+      <w:hyperlink r:id="rId111969245cad8a6f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33806902b49eda0af" w:history="1">
+      <w:hyperlink r:id="rId954569245cad8a7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37166902b49eda133" w:history="1">
+      <w:hyperlink r:id="rId361969245cad8a835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27556902b49eda204" w:history="1">
+      <w:hyperlink r:id="rId875169245cad8a901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56006902b49eda2b2" w:history="1">
+      <w:hyperlink r:id="rId805969245cad8a9ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82356902b49eda3cd" w:history="1">
+      <w:hyperlink r:id="rId144869245cad8aad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95366902b49eda469" w:history="1">
+      <w:hyperlink r:id="rId484069245cad8ab6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80086902b49eda521" w:history="1">
+      <w:hyperlink r:id="rId375569245cad8ac25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53546902b49eda6b6" w:history="1">
+      <w:hyperlink r:id="rId650369245cad8adb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95207821" name="name29356902b49eda722" descr="eu_funding_250.png"/>
+            <wp:docPr id="1856085" name="name494169245cad8b198" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83596902b49eda721" cstate="print"/>
+                    <a:blip r:embed="rId216169245cad8b196" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97424392">
+  <w:abstractNum w:abstractNumId="97953701">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35358667">
+    <w:lvl w:ilvl="0" w:tplc="31326531">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35358667" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31326531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97424391">
+  <w:abstractNum w:abstractNumId="97953700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23091490">
+    <w:lvl w:ilvl="0" w:tplc="87037494">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97424391">
-    <w:abstractNumId w:val="97424391"/>
+  <w:num w:numId="97953700">
+    <w:abstractNumId w:val="97953700"/>
   </w:num>
-  <w:num w:numId="97424392">
-    <w:abstractNumId w:val="97424392"/>
+  <w:num w:numId="97953701">
+    <w:abstractNumId w:val="97953701"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId249981350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439888935" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41956902b49ed6e62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId47246902b49ed6ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId12216902b49ed9960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId36966902b49ed9a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId65066902b49ed9b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId99526902b49ed9b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId12856902b49ed9c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId99116902b49ed9c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId41036902b49ed9cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId60876902b49ed9d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId50856902b49ed9d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId35236902b49ed9dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId30766902b49ed9e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId11106902b49ed9f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId84896902b49ed9fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId33806902b49eda0af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId37166902b49eda133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId27556902b49eda204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId56006902b49eda2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId82356902b49eda3cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId95366902b49eda469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId80086902b49eda521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53546902b49eda6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId63226902b49ed8a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63226902b49ed8a1c.jpg"/><Relationship Id="rId83596902b49eda721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83596902b49eda721.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId388652895" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591773077" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769169245cad876bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId459069245cad87727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId679369245cad8a0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId302669245cad8a18a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId741869245cad8a23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId427669245cad8a2bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId715169245cad8a32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId238369245cad8a3a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId791769245cad8a3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId952369245cad8a439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId812069245cad8a477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId770669245cad8a4e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId620169245cad8a519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId391769245cad8a689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId111969245cad8a6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId954569245cad8a7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId361969245cad8a835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId875169245cad8a901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId805969245cad8a9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId144869245cad8aad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId484069245cad8ab6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId375569245cad8ac25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId650369245cad8adb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId827869245cad891fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId827869245cad891fd.jpg"/><Relationship Id="rId216169245cad8b196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216169245cad8b196.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>