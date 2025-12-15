--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769169245cad876bd" w:history="1">
+            <w:hyperlink r:id="rId9350693f62e4d0707" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459069245cad87727" w:history="1">
+            <w:hyperlink r:id="rId5008693f62e4d0782" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50654858" name="name145169245cad891ff" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="50204360" name="name8645693f62e4d23a9" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId827869245cad891fd" cstate="print"/>
+                    <a:blip r:embed="rId8133693f62e4d23a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679369245cad8a0ac" w:history="1">
+      <w:hyperlink r:id="rId3756693f62e4d32d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302669245cad8a18a" w:history="1">
+      <w:hyperlink r:id="rId9745693f62e4d33b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741869245cad8a23c" w:history="1">
+      <w:hyperlink r:id="rId6211693f62e4d3474" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427669245cad8a2bb" w:history="1">
+      <w:hyperlink r:id="rId6635693f62e4d34f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715169245cad8a32c" w:history="1">
+      <w:hyperlink r:id="rId3417693f62e4d3566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238369245cad8a3a7" w:history="1">
+      <w:hyperlink r:id="rId9269693f62e4d35ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791769245cad8a3d9" w:history="1">
+      <w:hyperlink r:id="rId7974693f62e4d3621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952369245cad8a439" w:history="1">
+      <w:hyperlink r:id="rId5699693f62e4d3683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812069245cad8a477" w:history="1">
+      <w:hyperlink r:id="rId6876693f62e4d36c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770669245cad8a4e7" w:history="1">
+      <w:hyperlink r:id="rId1450693f62e4d3735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620169245cad8a519" w:history="1">
+      <w:hyperlink r:id="rId1139693f62e4d3766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391769245cad8a689" w:history="1">
+      <w:hyperlink r:id="rId1611693f62e4d38da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111969245cad8a6f9" w:history="1">
+      <w:hyperlink r:id="rId8309693f62e4d394c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954569245cad8a7c5" w:history="1">
+      <w:hyperlink r:id="rId2989693f62e4d3a26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361969245cad8a835" w:history="1">
+      <w:hyperlink r:id="rId9888693f62e4d3a99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875169245cad8a901" w:history="1">
+      <w:hyperlink r:id="rId3225693f62e4d3b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805969245cad8a9ad" w:history="1">
+      <w:hyperlink r:id="rId1416693f62e4d3c13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144869245cad8aad7" w:history="1">
+      <w:hyperlink r:id="rId5887693f62e4d3d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484069245cad8ab6c" w:history="1">
+      <w:hyperlink r:id="rId9793693f62e4d3da9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375569245cad8ac25" w:history="1">
+      <w:hyperlink r:id="rId5202693f62e4d3e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId650369245cad8adb0" w:history="1">
+      <w:hyperlink r:id="rId5482693f62e4d3ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1856085" name="name494169245cad8b198" descr="eu_funding_250.png"/>
+            <wp:docPr id="35381584" name="name8494693f62e4d4065" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId216169245cad8b196" cstate="print"/>
+                    <a:blip r:embed="rId3824693f62e4d4064" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97953701">
+  <w:abstractNum w:abstractNumId="75993006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31326531">
+    <w:lvl w:ilvl="0" w:tplc="55667072">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31326531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55667072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97953700">
+  <w:abstractNum w:abstractNumId="75993005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87037494">
+    <w:lvl w:ilvl="0" w:tplc="24102677">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97953700">
-    <w:abstractNumId w:val="97953700"/>
+  <w:num w:numId="75993005">
+    <w:abstractNumId w:val="75993005"/>
   </w:num>
-  <w:num w:numId="97953701">
-    <w:abstractNumId w:val="97953701"/>
+  <w:num w:numId="75993006">
+    <w:abstractNumId w:val="75993006"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId388652895" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591773077" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769169245cad876bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId459069245cad87727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId679369245cad8a0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId302669245cad8a18a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId741869245cad8a23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId427669245cad8a2bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId715169245cad8a32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId238369245cad8a3a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId791769245cad8a3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId952369245cad8a439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId812069245cad8a477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId770669245cad8a4e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId620169245cad8a519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId391769245cad8a689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId111969245cad8a6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId954569245cad8a7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId361969245cad8a835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId875169245cad8a901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId805969245cad8a9ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId144869245cad8aad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId484069245cad8ab6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId375569245cad8ac25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId650369245cad8adb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId827869245cad891fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId827869245cad891fd.jpg"/><Relationship Id="rId216169245cad8b196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216169245cad8b196.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143926413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId694344676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9350693f62e4d0707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId5008693f62e4d0782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId3756693f62e4d32d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId9745693f62e4d33b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId6211693f62e4d3474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId6635693f62e4d34f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId3417693f62e4d3566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId9269693f62e4d35ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId7974693f62e4d3621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId5699693f62e4d3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId6876693f62e4d36c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId1450693f62e4d3735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId1139693f62e4d3766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId1611693f62e4d38da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId8309693f62e4d394c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId2989693f62e4d3a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId9888693f62e4d3a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId3225693f62e4d3b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId1416693f62e4d3c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId5887693f62e4d3d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId9793693f62e4d3da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId5202693f62e4d3e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5482693f62e4d3ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId8133693f62e4d23a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8133693f62e4d23a6.jpg"/><Relationship Id="rId3824693f62e4d4064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3824693f62e4d4064.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>