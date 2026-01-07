--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9350693f62e4d0707" w:history="1">
+            <w:hyperlink r:id="rId5150695dee777f133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5008693f62e4d0782" w:history="1">
+            <w:hyperlink r:id="rId3405695dee777f17e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50204360" name="name8645693f62e4d23a9" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="65032239" name="name7346695dee77802d7" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8133693f62e4d23a6" cstate="print"/>
+                    <a:blip r:embed="rId2238695dee77802d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3756693f62e4d32d1" w:history="1">
+      <w:hyperlink r:id="rId2655695dee7780d5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9745693f62e4d33b5" w:history="1">
+      <w:hyperlink r:id="rId7307695dee7780dff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6211693f62e4d3474" w:history="1">
+      <w:hyperlink r:id="rId6434695dee7780e97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6635693f62e4d34f5" w:history="1">
+      <w:hyperlink r:id="rId7107695dee7780ef6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3417693f62e4d3566" w:history="1">
+      <w:hyperlink r:id="rId1169695dee7780f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9269693f62e4d35ee" w:history="1">
+      <w:hyperlink r:id="rId7782695dee7780fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7974693f62e4d3621" w:history="1">
+      <w:hyperlink r:id="rId7592695dee7780fc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5699693f62e4d3683" w:history="1">
+      <w:hyperlink r:id="rId2048695dee7781011" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6876693f62e4d36c3" w:history="1">
+      <w:hyperlink r:id="rId5042695dee778103e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1450693f62e4d3735" w:history="1">
+      <w:hyperlink r:id="rId8490695dee7781091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1139693f62e4d3766" w:history="1">
+      <w:hyperlink r:id="rId3750695dee77810b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1611693f62e4d38da" w:history="1">
+      <w:hyperlink r:id="rId1477695dee77811bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8309693f62e4d394c" w:history="1">
+      <w:hyperlink r:id="rId9854695dee7781210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2989693f62e4d3a26" w:history="1">
+      <w:hyperlink r:id="rId6435695dee77812a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9888693f62e4d3a99" w:history="1">
+      <w:hyperlink r:id="rId5687695dee77812f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3225693f62e4d3b66" w:history="1">
+      <w:hyperlink r:id="rId4335695dee7781387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1416693f62e4d3c13" w:history="1">
+      <w:hyperlink r:id="rId4918695dee7781403" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5887693f62e4d3d1c" w:history="1">
+      <w:hyperlink r:id="rId3927695dee77814c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9793693f62e4d3da9" w:history="1">
+      <w:hyperlink r:id="rId8818695dee7781529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5838,73 +5838,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5202693f62e4d3e6a" w:history="1">
+      <w:hyperlink r:id="rId2511695dee77815ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5482693f62e4d3ff7" w:history="1">
+      <w:hyperlink r:id="rId3342695dee77816cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35381584" name="name8494693f62e4d4065" descr="eu_funding_250.png"/>
+            <wp:docPr id="12355700" name="name5956695dee778171d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3824693f62e4d4064" cstate="print"/>
+                    <a:blip r:embed="rId5451695dee778171c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75993006">
+  <w:abstractNum w:abstractNumId="23579625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55667072">
+    <w:lvl w:ilvl="0" w:tplc="55732446">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55667072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55732446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75993005">
+  <w:abstractNum w:abstractNumId="23579624">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24102677">
+    <w:lvl w:ilvl="0" w:tplc="27100544">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75993005">
-    <w:abstractNumId w:val="75993005"/>
+  <w:num w:numId="23579624">
+    <w:abstractNumId w:val="23579624"/>
   </w:num>
-  <w:num w:numId="75993006">
-    <w:abstractNumId w:val="75993006"/>
+  <w:num w:numId="23579625">
+    <w:abstractNumId w:val="23579625"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143926413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId694344676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9350693f62e4d0707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId5008693f62e4d0782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId3756693f62e4d32d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId9745693f62e4d33b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId6211693f62e4d3474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId6635693f62e4d34f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId3417693f62e4d3566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId9269693f62e4d35ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId7974693f62e4d3621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId5699693f62e4d3683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId6876693f62e4d36c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId1450693f62e4d3735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId1139693f62e4d3766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId1611693f62e4d38da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId8309693f62e4d394c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId2989693f62e4d3a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId9888693f62e4d3a99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId3225693f62e4d3b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId1416693f62e4d3c13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId5887693f62e4d3d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId9793693f62e4d3da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId5202693f62e4d3e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5482693f62e4d3ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId8133693f62e4d23a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8133693f62e4d23a6.jpg"/><Relationship Id="rId3824693f62e4d4064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3824693f62e4d4064.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990612044" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689570772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5150695dee777f133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId3405695dee777f17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId2655695dee7780d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId7307695dee7780dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId6434695dee7780e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId7107695dee7780ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId1169695dee7780f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId7782695dee7780fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId7592695dee7780fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId2048695dee7781011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId5042695dee778103e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId8490695dee7781091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId3750695dee77810b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId1477695dee77811bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId9854695dee7781210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId6435695dee77812a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId5687695dee77812f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId4335695dee7781387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId4918695dee7781403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId3927695dee77814c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId8818695dee7781529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId2511695dee77815ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3342695dee77816cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId2238695dee77802d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2238695dee77802d5.jpg"/><Relationship Id="rId5451695dee778171c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5451695dee778171c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>