--- v4 (2026-01-07)
+++ v5 (2026-01-27)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5150695dee777f133" w:history="1">
+            <w:hyperlink r:id="rId204069785b58ddc8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3405695dee777f17e" w:history="1">
+            <w:hyperlink r:id="rId768669785b58ddcf5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65032239" name="name7346695dee77802d7" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="98981395" name="name785869785b58de843" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2238695dee77802d5" cstate="print"/>
+                    <a:blip r:embed="rId117369785b58de842" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2655695dee7780d5d" w:history="1">
+      <w:hyperlink r:id="rId788069785b58df6b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7307695dee7780dff" w:history="1">
+      <w:hyperlink r:id="rId278069785b58df791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6434695dee7780e97" w:history="1">
+      <w:hyperlink r:id="rId751069785b58df843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7107695dee7780ef6" w:history="1">
+      <w:hyperlink r:id="rId832369785b58df8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1169695dee7780f4b" w:history="1">
+      <w:hyperlink r:id="rId911269785b58df933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7782695dee7780fa5" w:history="1">
+      <w:hyperlink r:id="rId251569785b58df9af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7592695dee7780fc9" w:history="1">
+      <w:hyperlink r:id="rId155469785b58df9f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2048695dee7781011" w:history="1">
+      <w:hyperlink r:id="rId104669785b58dfa55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5042695dee778103e" w:history="1">
+      <w:hyperlink r:id="rId994669785b58dfa95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8490695dee7781091" w:history="1">
+      <w:hyperlink r:id="rId157869785b58dfb07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3750695dee77810b5" w:history="1">
+      <w:hyperlink r:id="rId796869785b58dfb44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1477695dee77811bf" w:history="1">
+      <w:hyperlink r:id="rId345969785b58dfcbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9854695dee7781210" w:history="1">
+      <w:hyperlink r:id="rId526569785b58dfd32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6435695dee77812a1" w:history="1">
+      <w:hyperlink r:id="rId745769785b58dfe00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5687695dee77812f3" w:history="1">
+      <w:hyperlink r:id="rId377469785b58dfe71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4335695dee7781387" w:history="1">
+      <w:hyperlink r:id="rId742369785b58dff3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4918695dee7781403" w:history="1">
+      <w:hyperlink r:id="rId281969785b58dffec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3927695dee77814c2" w:history="1">
+      <w:hyperlink r:id="rId187669785b58e00f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8818695dee7781529" w:history="1">
+      <w:hyperlink r:id="rId726769785b58e0183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2511695dee77815ab" w:history="1">
+      <w:hyperlink r:id="rId338269785b58e0238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3342695dee77816cf" w:history="1">
+      <w:hyperlink r:id="rId908569785b58e03cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12355700" name="name5956695dee778171d" descr="eu_funding_250.png"/>
+            <wp:docPr id="87913419" name="name561269785b58e0431" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5451695dee778171c" cstate="print"/>
+                    <a:blip r:embed="rId976169785b58e0430" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23579625">
+  <w:abstractNum w:abstractNumId="24565478">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55732446">
+    <w:lvl w:ilvl="0" w:tplc="62214876">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55732446" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62214876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23579624">
+  <w:abstractNum w:abstractNumId="24565477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27100544">
+    <w:lvl w:ilvl="0" w:tplc="98799700">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23579624">
-    <w:abstractNumId w:val="23579624"/>
+  <w:num w:numId="24565477">
+    <w:abstractNumId w:val="24565477"/>
   </w:num>
-  <w:num w:numId="23579625">
-    <w:abstractNumId w:val="23579625"/>
+  <w:num w:numId="24565478">
+    <w:abstractNumId w:val="24565478"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990612044" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId689570772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5150695dee777f133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId3405695dee777f17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId2655695dee7780d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId7307695dee7780dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId6434695dee7780e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId7107695dee7780ef6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId1169695dee7780f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId7782695dee7780fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId7592695dee7780fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId2048695dee7781011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId5042695dee778103e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId8490695dee7781091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId3750695dee77810b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId1477695dee77811bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId9854695dee7781210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId6435695dee77812a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId5687695dee77812f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId4335695dee7781387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId4918695dee7781403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId3927695dee77814c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId8818695dee7781529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId2511695dee77815ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3342695dee77816cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId2238695dee77802d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2238695dee77802d5.jpg"/><Relationship Id="rId5451695dee778171c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5451695dee778171c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId661587288" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId619987552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId204069785b58ddc8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId768669785b58ddcf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId788069785b58df6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId278069785b58df791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId751069785b58df843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId832369785b58df8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId911269785b58df933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId251569785b58df9af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId155469785b58df9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId104669785b58dfa55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId994669785b58dfa95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId157869785b58dfb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId796869785b58dfb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId345969785b58dfcbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId526569785b58dfd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId745769785b58dfe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId377469785b58dfe71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId742369785b58dff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId281969785b58dffec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId187669785b58e00f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId726769785b58e0183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId338269785b58e0238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId908569785b58e03cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId117369785b58de842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117369785b58de842.jpg"/><Relationship Id="rId976169785b58e0430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976169785b58e0430.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>