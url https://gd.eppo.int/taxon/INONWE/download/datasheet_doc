--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204069785b58ddc8c" w:history="1">
+            <w:hyperlink r:id="rId169169932baf479b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId768669785b58ddcf5" w:history="1">
+            <w:hyperlink r:id="rId624269932baf47a2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98981395" name="name785869785b58de843" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="53180047" name="name764669932baf497ce" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId117369785b58de842" cstate="print"/>
+                    <a:blip r:embed="rId631069932baf497ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788069785b58df6b4" w:history="1">
+      <w:hyperlink r:id="rId897669932baf4a68b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278069785b58df791" w:history="1">
+      <w:hyperlink r:id="rId394169932baf4a769" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751069785b58df843" w:history="1">
+      <w:hyperlink r:id="rId579369932baf4a81b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832369785b58df8c2" w:history="1">
+      <w:hyperlink r:id="rId734769932baf4a899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911269785b58df933" w:history="1">
+      <w:hyperlink r:id="rId300969932baf4a90a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251569785b58df9af" w:history="1">
+      <w:hyperlink r:id="rId184969932baf4a985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155469785b58df9f1" w:history="1">
+      <w:hyperlink r:id="rId967669932baf4a9b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104669785b58dfa55" w:history="1">
+      <w:hyperlink r:id="rId770269932baf4aa18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994669785b58dfa95" w:history="1">
+      <w:hyperlink r:id="rId685969932baf4aa56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157869785b58dfb07" w:history="1">
+      <w:hyperlink r:id="rId916969932baf4aac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796869785b58dfb44" w:history="1">
+      <w:hyperlink r:id="rId368269932baf4aaf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345969785b58dfcbf" w:history="1">
+      <w:hyperlink r:id="rId538769932baf4ac69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526569785b58dfd32" w:history="1">
+      <w:hyperlink r:id="rId175969932baf4acd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745769785b58dfe00" w:history="1">
+      <w:hyperlink r:id="rId362669932baf4adaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377469785b58dfe71" w:history="1">
+      <w:hyperlink r:id="rId832569932baf4ae23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742369785b58dff3f" w:history="1">
+      <w:hyperlink r:id="rId477469932baf4aef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281969785b58dffec" w:history="1">
+      <w:hyperlink r:id="rId500569932baf4afa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187669785b58e00f5" w:history="1">
+      <w:hyperlink r:id="rId901869932baf4b0c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726769785b58e0183" w:history="1">
+      <w:hyperlink r:id="rId794269932baf4b154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338269785b58e0238" w:history="1">
+      <w:hyperlink r:id="rId305069932baf4b209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908569785b58e03cc" w:history="1">
+      <w:hyperlink r:id="rId190669932baf4b515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87913419" name="name561269785b58e0431" descr="eu_funding_250.png"/>
+            <wp:docPr id="78952029" name="name410869932baf4b5a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId976169785b58e0430" cstate="print"/>
+                    <a:blip r:embed="rId238069932baf4b5a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24565478">
+  <w:abstractNum w:abstractNumId="98285270">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62214876">
+    <w:lvl w:ilvl="0" w:tplc="24043116">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62214876" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24043116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24565477">
+  <w:abstractNum w:abstractNumId="98285269">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98799700">
+    <w:lvl w:ilvl="0" w:tplc="21522388">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24565477">
-    <w:abstractNumId w:val="24565477"/>
+  <w:num w:numId="98285269">
+    <w:abstractNumId w:val="98285269"/>
   </w:num>
-  <w:num w:numId="24565478">
-    <w:abstractNumId w:val="24565478"/>
+  <w:num w:numId="98285270">
+    <w:abstractNumId w:val="98285270"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId661587288" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId619987552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId204069785b58ddc8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId768669785b58ddcf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId788069785b58df6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId278069785b58df791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId751069785b58df843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId832369785b58df8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId911269785b58df933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId251569785b58df9af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId155469785b58df9f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId104669785b58dfa55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId994669785b58dfa95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId157869785b58dfb07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId796869785b58dfb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId345969785b58dfcbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId526569785b58dfd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId745769785b58dfe00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId377469785b58dfe71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId742369785b58dff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId281969785b58dffec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId187669785b58e00f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId726769785b58e0183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId338269785b58e0238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId908569785b58e03cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId117369785b58de842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117369785b58de842.jpg"/><Relationship Id="rId976169785b58e0430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId976169785b58e0430.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538878568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232954410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId169169932baf479b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId624269932baf47a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId897669932baf4a68b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId394169932baf4a769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId579369932baf4a81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId734769932baf4a899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId300969932baf4a90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId184969932baf4a985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId967669932baf4a9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId770269932baf4aa18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId685969932baf4aa56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId916969932baf4aac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId368269932baf4aaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId538769932baf4ac69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId175969932baf4acd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId362669932baf4adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId832569932baf4ae23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId477469932baf4aef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId500569932baf4afa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId901869932baf4b0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId794269932baf4b154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId305069932baf4b209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId190669932baf4b515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId631069932baf497ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631069932baf497ca.jpg"/><Relationship Id="rId238069932baf4b5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId238069932baf4b5a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>