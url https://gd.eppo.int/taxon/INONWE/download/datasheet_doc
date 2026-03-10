--- v6 (2026-02-16)
+++ v7 (2026-03-10)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169169932baf479b4" w:history="1">
+            <w:hyperlink r:id="rId330069af9a065f7c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId624269932baf47a2b" w:history="1">
+            <w:hyperlink r:id="rId883869af9a065f831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53180047" name="name764669932baf497ce" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="48772782" name="name925069af9a0661155" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId631069932baf497ca" cstate="print"/>
+                    <a:blip r:embed="rId779069af9a0661151" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897669932baf4a68b" w:history="1">
+      <w:hyperlink r:id="rId274269af9a066213b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394169932baf4a769" w:history="1">
+      <w:hyperlink r:id="rId300869af9a066221c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579369932baf4a81b" w:history="1">
+      <w:hyperlink r:id="rId273169af9a06622cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734769932baf4a899" w:history="1">
+      <w:hyperlink r:id="rId670469af9a066235d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300969932baf4a90a" w:history="1">
+      <w:hyperlink r:id="rId849369af9a06623d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184969932baf4a985" w:history="1">
+      <w:hyperlink r:id="rId384869af9a0662452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967669932baf4a9b7" w:history="1">
+      <w:hyperlink r:id="rId122469af9a06624a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770269932baf4aa18" w:history="1">
+      <w:hyperlink r:id="rId943469af9a0662511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685969932baf4aa56" w:history="1">
+      <w:hyperlink r:id="rId677269af9a0662551" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916969932baf4aac7" w:history="1">
+      <w:hyperlink r:id="rId245769af9a06625c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368269932baf4aaf8" w:history="1">
+      <w:hyperlink r:id="rId622369af9a06625f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538769932baf4ac69" w:history="1">
+      <w:hyperlink r:id="rId895269af9a0662774" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175969932baf4acd8" w:history="1">
+      <w:hyperlink r:id="rId727169af9a06627e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362669932baf4adaf" w:history="1">
+      <w:hyperlink r:id="rId886469af9a06628b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832569932baf4ae23" w:history="1">
+      <w:hyperlink r:id="rId115069af9a0662926" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477469932baf4aef0" w:history="1">
+      <w:hyperlink r:id="rId103069af9a0662a0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500569932baf4afa4" w:history="1">
+      <w:hyperlink r:id="rId642169af9a0662ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901869932baf4b0c4" w:history="1">
+      <w:hyperlink r:id="rId266869af9a0662bd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794269932baf4b154" w:history="1">
+      <w:hyperlink r:id="rId475269af9a0662c65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305069932baf4b209" w:history="1">
+      <w:hyperlink r:id="rId119369af9a0662d20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190669932baf4b515" w:history="1">
+      <w:hyperlink r:id="rId657669af9a0662eae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78952029" name="name410869932baf4b5a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="88832331" name="name694469af9a0662f60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId238069932baf4b5a2" cstate="print"/>
+                    <a:blip r:embed="rId395069af9a0662f5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98285270">
+  <w:abstractNum w:abstractNumId="23365317">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24043116">
+    <w:lvl w:ilvl="0" w:tplc="80264962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24043116" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80264962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98285269">
+  <w:abstractNum w:abstractNumId="23365316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21522388">
+    <w:lvl w:ilvl="0" w:tplc="39072577">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98285269">
-    <w:abstractNumId w:val="98285269"/>
+  <w:num w:numId="23365316">
+    <w:abstractNumId w:val="23365316"/>
   </w:num>
-  <w:num w:numId="98285270">
-    <w:abstractNumId w:val="98285270"/>
+  <w:num w:numId="23365317">
+    <w:abstractNumId w:val="23365317"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId538878568" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232954410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId169169932baf479b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId624269932baf47a2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId897669932baf4a68b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId394169932baf4a769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId579369932baf4a81b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId734769932baf4a899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId300969932baf4a90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId184969932baf4a985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId967669932baf4a9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId770269932baf4aa18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId685969932baf4aa56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId916969932baf4aac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId368269932baf4aaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId538769932baf4ac69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId175969932baf4acd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId362669932baf4adaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId832569932baf4ae23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId477469932baf4aef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId500569932baf4afa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId901869932baf4b0c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId794269932baf4b154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId305069932baf4b209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId190669932baf4b515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId631069932baf497ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631069932baf497ca.jpg"/><Relationship Id="rId238069932baf4b5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId238069932baf4b5a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323506672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451770722" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId330069af9a065f7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId883869af9a065f831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId274269af9a066213b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId300869af9a066221c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId273169af9a06622cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId670469af9a066235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId849369af9a06623d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId384869af9a0662452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId122469af9a06624a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId943469af9a0662511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId677269af9a0662551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId245769af9a06625c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId622369af9a06625f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId895269af9a0662774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId727169af9a06627e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId886469af9a06628b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId115069af9a0662926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId103069af9a0662a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId642169af9a0662ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId266869af9a0662bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId475269af9a0662c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId119369af9a0662d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId657669af9a0662eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId779069af9a0661151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779069af9a0661151.jpg"/><Relationship Id="rId395069af9a0662f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395069af9a0662f5e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>