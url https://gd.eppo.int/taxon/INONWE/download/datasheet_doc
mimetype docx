--- v7 (2026-03-10)
+++ v8 (2026-03-30)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Murrill) Murrill</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> laminated butt rot of conifers, root rot of conifers, yellow ring rot of conifers</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330069af9a065f7c3" w:history="1">
+            <w:hyperlink r:id="rId212669ca8a2434ee3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId883869af9a065f831" w:history="1">
+            <w:hyperlink r:id="rId906169ca8a2434f4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2065,63 +2065,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sulphurascens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (EFSA 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48772782" name="name925069af9a0661155" descr="INONWE_distribution_map.jpg"/>
+            <wp:docPr id="47153011" name="name804569ca8a2436aa0" descr="INONWE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="INONWE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId779069af9a0661151" cstate="print"/>
+                    <a:blip r:embed="rId943569ca8a2436a9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4048,51 +4048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 605–611. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274269af9a066213b" w:history="1">
+      <w:hyperlink r:id="rId754569ca8a243997d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4187,51 +4187,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 573–573. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300869af9a066221c" w:history="1">
+      <w:hyperlink r:id="rId491769ca8a2439a7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// doi.org/10.1094/PDIS.2004.88.5.573C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4297,51 +4297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 5302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273169af9a06622cf" w:history="1">
+      <w:hyperlink r:id="rId902469ca8a2439b35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e05731. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670469af9a066235d" w:history="1">
+      <w:hyperlink r:id="rId649269ca8a2439bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5731</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4446,51 +4446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849369af9a06623d5" w:history="1">
+      <w:hyperlink r:id="rId555569ca8a2439c2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02227.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,81 +4525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 463–494. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384869af9a0662452" w:history="1">
+      <w:hyperlink r:id="rId588069ca8a2439ca9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12503 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Standards. PM 1/002(30) EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122469af9a06624a7" w:history="1">
+      <w:hyperlink r:id="rId966669ca8a2439cdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -4614,90 +4614,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39. International movement of wood. FAO, IPPC, Rome, 20 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943469af9a0662511" w:history="1">
+      <w:hyperlink r:id="rId603469ca8a2439d41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/cb2621en/cb2621en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, IPPC, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677269af9a0662551" w:history="1">
+      <w:hyperlink r:id="rId514069ca8a2439d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fao.org/3/mb160e/mb160e.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,81 +4723,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 784–788. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245769af9a06625c4" w:history="1">
+      <w:hyperlink r:id="rId468269ca8a2439df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x88-119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hansen EM, Lewis KJ &amp; Chastagner GA (2018) Compendium of conifer diseases (second edition). St. Paul, MN, APS Press, 184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622369af9a06625f8" w:history="1">
+      <w:hyperlink r:id="rId825969ca8a2439e27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545980</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 121–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895269af9a0662774" w:history="1">
+      <w:hyperlink r:id="rId502369ca8a2439fa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2307/3760727</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5056,51 +5056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 456–468. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727169af9a06627e8" w:history="1">
+      <w:hyperlink r:id="rId590169ca8a243a015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-17-0399-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5186,51 +5186,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 534-537. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886469af9a06628b5" w:history="1">
+      <w:hyperlink r:id="rId385169ca8a243a0e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-22-0917-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5256,51 +5256,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153–167. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115069af9a0662926" w:history="1">
+      <w:hyperlink r:id="rId288069ca8a243a159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aob/mcy152</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sturrock RN, Pellow KW &amp; Hennon PE (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phellinus weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other fungi causing decay in western redcedar and yellow-cedar. A tale of two cedars, 47.302 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103069af9a0662a0d" w:history="1">
+      <w:hyperlink r:id="rId434469ca8a243a229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5492,51 +5492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 988–1001. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642169af9a0662ac2" w:history="1">
+      <w:hyperlink r:id="rId408869ca8a243a2d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.04.008</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 523–527. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266869af9a0662bd2" w:history="1">
+      <w:hyperlink r:id="rId333469ca8a243b8bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1139/x84-09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5750,51 +5750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 404–413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475269af9a0662c65" w:history="1">
+      <w:hyperlink r:id="rId399569ca8a243b977" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-21-0181-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5860,51 +5860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferiporia weirii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119369af9a0662d20" w:history="1">
+      <w:hyperlink r:id="rId644369ca8a243ba41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6095,90 +6095,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 83-87. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657669af9a0662eae" w:history="1">
+      <w:hyperlink r:id="rId690969ca8a243bbd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02454.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88832331" name="name694469af9a0662f60" descr="eu_funding_250.png"/>
+            <wp:docPr id="29176060" name="name828569ca8a243d858" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId395069af9a0662f5e" cstate="print"/>
+                    <a:blip r:embed="rId179769ca8a243d856" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6276,137 +6276,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23365317">
+  <w:abstractNum w:abstractNumId="69585326">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80264962">
+    <w:lvl w:ilvl="0" w:tplc="23087564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80264962" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23087564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23365316">
+  <w:abstractNum w:abstractNumId="69585325">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39072577">
+    <w:lvl w:ilvl="0" w:tplc="95966211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7158,55 +7158,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23365316">
-    <w:abstractNumId w:val="23365316"/>
+  <w:num w:numId="69585325">
+    <w:abstractNumId w:val="69585325"/>
   </w:num>
-  <w:num w:numId="23365317">
-    <w:abstractNumId w:val="23365317"/>
+  <w:num w:numId="69585326">
+    <w:abstractNumId w:val="69585326"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18756,51 +18756,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId323506672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId451770722" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId330069af9a065f7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId883869af9a065f831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId274269af9a066213b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId300869af9a066221c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId273169af9a06622cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId670469af9a066235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId849369af9a06623d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId384869af9a0662452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId122469af9a06624a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId943469af9a0662511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId677269af9a0662551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId245769af9a06625c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId622369af9a06625f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId895269af9a0662774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId727169af9a06627e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId886469af9a06628b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId115069af9a0662926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId103069af9a0662a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId642169af9a0662ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId266869af9a0662bd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId475269af9a0662c65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId119369af9a0662d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId657669af9a0662eae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId779069af9a0661151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779069af9a0661151.jpg"/><Relationship Id="rId395069af9a0662f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395069af9a0662f5e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId598299718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519190275" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId212669ca8a2434ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/" TargetMode="External"/><Relationship Id="rId906169ca8a2434f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/INONWE/categorization" TargetMode="External"/><Relationship Id="rId754569ca8a243997d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760507" TargetMode="External"/><Relationship Id="rId491769ca8a2439a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20doi.org/10.1094/PDIS.2004.88.5.573C" TargetMode="External"/><Relationship Id="rId902469ca8a2439b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5302" TargetMode="External"/><Relationship Id="rId649269ca8a2439bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5731" TargetMode="External"/><Relationship Id="rId555569ca8a2439c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02227.x" TargetMode="External"/><Relationship Id="rId588069ca8a2439ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12503" TargetMode="External"/><Relationship Id="rId966669ca8a2439cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId603469ca8a2439d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/cb2621en/cb2621en.pdf" TargetMode="External"/><Relationship Id="rId514069ca8a2439d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fao.org/3/mb160e/mb160e.pdf" TargetMode="External"/><Relationship Id="rId468269ca8a2439df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x88-119" TargetMode="External"/><Relationship Id="rId825969ca8a2439e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545980" TargetMode="External"/><Relationship Id="rId502369ca8a2439fa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/3760727" TargetMode="External"/><Relationship Id="rId590169ca8a243a015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-17-0399-R" TargetMode="External"/><Relationship Id="rId385169ca8a243a0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-22-0917-A" TargetMode="External"/><Relationship Id="rId288069ca8a243a159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aob/mcy152" TargetMode="External"/><Relationship Id="rId434469ca8a243a229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.fed.us/pnw/pubs/pnw_gtr828.pdf" TargetMode="External"/><Relationship Id="rId408869ca8a243a2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.04.008" TargetMode="External"/><Relationship Id="rId333469ca8a243b8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1139/x84-09" TargetMode="External"/><Relationship Id="rId399569ca8a243b977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-21-0181-R" TargetMode="External"/><Relationship Id="rId644369ca8a243ba41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId690969ca8a243bbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02454.x" TargetMode="External"/><Relationship Id="rId943569ca8a2436a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943569ca8a2436a9c.jpg"/><Relationship Id="rId179769ca8a243d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId179769ca8a243d856.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>