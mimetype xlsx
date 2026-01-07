--- v0 (2025-10-13)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ICERPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="342">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -564,50 +564,56 @@
     <t>yn</t>
   </si>
   <si>
     <t>Zhejiang</t>
   </si>
   <si>
     <t>zj</t>
   </si>
   <si>
     <t>Christmas Island</t>
   </si>
   <si>
     <t>CX</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Andhra Pradesh</t>
   </si>
   <si>
     <t>an</t>
+  </si>
+  <si>
+    <t>Karnataka</t>
+  </si>
+  <si>
+    <t>kt</t>
   </si>
   <si>
     <t>Kerala</t>
   </si>
   <si>
     <t>kr</t>
   </si>
   <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
     <t>Odisha</t>
   </si>
   <si>
     <t>or</t>
   </si>
   <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
@@ -1379,51 +1385,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F166"/>
+  <dimension ref="A1:F167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3008,291 +3014,295 @@
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>152</v>
       </c>
       <c r="B92" t="s">
         <v>180</v>
       </c>
       <c r="C92" t="s">
         <v>190</v>
       </c>
       <c r="D92" t="s">
         <v>181</v>
       </c>
       <c r="E92" t="s">
         <v>191</v>
       </c>
       <c r="F92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>152</v>
       </c>
       <c r="B93" t="s">
+        <v>180</v>
+      </c>
+      <c r="C93" t="s">
         <v>192</v>
       </c>
-      <c r="C93"/>
       <c r="D93" t="s">
+        <v>181</v>
+      </c>
+      <c r="E93" t="s">
         <v>193</v>
       </c>
-      <c r="E93"/>
       <c r="F93" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>152</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="C94" t="s">
         <v>194</v>
       </c>
+      <c r="C94"/>
       <c r="D94" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="E94" t="s">
         <v>195</v>
       </c>
+      <c r="E94"/>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>152</v>
       </c>
       <c r="B95" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C95" t="s">
         <v>196</v>
       </c>
       <c r="D95" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E95" t="s">
         <v>197</v>
       </c>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>152</v>
       </c>
       <c r="B96" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C96" t="s">
         <v>198</v>
       </c>
       <c r="D96" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E96" t="s">
         <v>199</v>
       </c>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>152</v>
       </c>
       <c r="B97" t="s">
+        <v>194</v>
+      </c>
+      <c r="C97" t="s">
         <v>200</v>
       </c>
-      <c r="C97"/>
       <c r="D97" t="s">
+        <v>195</v>
+      </c>
+      <c r="E97" t="s">
         <v>201</v>
       </c>
-      <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>152</v>
       </c>
       <c r="B98" t="s">
         <v>202</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>203</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>152</v>
       </c>
       <c r="B99" t="s">
         <v>204</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>205</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>152</v>
       </c>
       <c r="B100" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>9</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>152</v>
       </c>
       <c r="B101" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="C101" t="s">
         <v>209</v>
       </c>
+      <c r="C101"/>
       <c r="D101" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="E101" t="s">
         <v>210</v>
       </c>
+      <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>152</v>
       </c>
       <c r="B102" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C102" t="s">
         <v>211</v>
       </c>
       <c r="D102" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E102" t="s">
         <v>212</v>
       </c>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>152</v>
       </c>
       <c r="B103" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C103" t="s">
         <v>213</v>
       </c>
       <c r="D103" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E103" t="s">
         <v>214</v>
       </c>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>152</v>
       </c>
       <c r="B104" t="s">
+        <v>209</v>
+      </c>
+      <c r="C104" t="s">
         <v>215</v>
       </c>
-      <c r="C104"/>
       <c r="D104" t="s">
+        <v>210</v>
+      </c>
+      <c r="E104" t="s">
         <v>216</v>
       </c>
-      <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>152</v>
       </c>
       <c r="B105" t="s">
         <v>217</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>218</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>152</v>
       </c>
       <c r="B106" t="s">
         <v>219</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>220</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>221</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>222</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>152</v>
       </c>
       <c r="B108" t="s">
         <v>223</v>
       </c>
@@ -3397,909 +3407,925 @@
         <v>236</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>152</v>
       </c>
       <c r="B115" t="s">
         <v>237</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
         <v>238</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>152</v>
+      </c>
+      <c r="B116" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B117" t="s">
         <v>242</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>243</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B118" t="s">
         <v>244</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>245</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B119" t="s">
         <v>246</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>247</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B120" t="s">
         <v>248</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B121" t="s">
         <v>250</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>251</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>9</v>
+        <v>208</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B122" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C122" t="s">
         <v>252</v>
       </c>
+      <c r="C122"/>
       <c r="D122" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="E122" t="s">
         <v>253</v>
       </c>
+      <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B123" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C123"/>
+        <v>252</v>
+      </c>
+      <c r="C123" t="s">
+        <v>254</v>
+      </c>
       <c r="D123" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="E123"/>
+        <v>253</v>
+      </c>
+      <c r="E123" t="s">
+        <v>255</v>
+      </c>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B124" t="s">
-        <v>255</v>
+        <v>126</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
         <v>256</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>257</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B125" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>9</v>
+        <v>259</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B126" t="s">
         <v>260</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
         <v>261</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B127" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="C127" t="s">
         <v>262</v>
       </c>
+      <c r="C127"/>
       <c r="D127" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E127" t="s">
         <v>263</v>
       </c>
+      <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B128" t="s">
+        <v>262</v>
+      </c>
+      <c r="C128" t="s">
         <v>264</v>
       </c>
-      <c r="C128"/>
       <c r="D128" t="s">
+        <v>263</v>
+      </c>
+      <c r="E128" t="s">
         <v>265</v>
       </c>
-      <c r="E128"/>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B129" t="s">
         <v>266</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>267</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B130" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="C130" t="s">
         <v>268</v>
       </c>
+      <c r="C130"/>
       <c r="D130" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B131" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C131" t="s">
+        <v>270</v>
+      </c>
+      <c r="D131" t="s">
         <v>269</v>
       </c>
-      <c r="D131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>143</v>
+        <v>170</v>
       </c>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B132" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="C132"/>
+        <v>268</v>
+      </c>
+      <c r="C132" t="s">
+        <v>271</v>
+      </c>
       <c r="D132" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="E132"/>
+        <v>269</v>
+      </c>
+      <c r="E132" t="s">
+        <v>143</v>
+      </c>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B133" t="s">
         <v>272</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
         <v>273</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B134" t="s">
         <v>274</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
         <v>275</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B135" t="s">
         <v>276</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
         <v>277</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B136" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C136" t="s">
         <v>278</v>
       </c>
+      <c r="C136"/>
       <c r="D136" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="E136"/>
       <c r="F136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B137" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C137" t="s">
+        <v>280</v>
+      </c>
+      <c r="D137" t="s">
         <v>279</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" t="s">
-        <v>280</v>
+        <v>121</v>
       </c>
       <c r="F137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B138" t="s">
+        <v>278</v>
+      </c>
+      <c r="C138" t="s">
         <v>281</v>
       </c>
-      <c r="C138"/>
       <c r="D138" t="s">
+        <v>279</v>
+      </c>
+      <c r="E138" t="s">
         <v>282</v>
       </c>
-      <c r="E138"/>
       <c r="F138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B139" t="s">
         <v>283</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>284</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B140" t="s">
         <v>285</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>286</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B141" t="s">
         <v>287</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
         <v>288</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B142" t="s">
         <v>289</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
         <v>290</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B143" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="C143" t="s">
         <v>291</v>
       </c>
+      <c r="C143"/>
       <c r="D143" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="E143" t="s">
         <v>292</v>
       </c>
+      <c r="E143"/>
       <c r="F143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B144" t="s">
+        <v>291</v>
+      </c>
+      <c r="C144" t="s">
         <v>293</v>
       </c>
-      <c r="C144"/>
       <c r="D144" t="s">
+        <v>292</v>
+      </c>
+      <c r="E144" t="s">
         <v>294</v>
       </c>
-      <c r="E144"/>
       <c r="F144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B145" t="s">
         <v>295</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>296</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B146" t="s">
         <v>297</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>298</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>241</v>
+      </c>
+      <c r="B147" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B148" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="C148" t="s">
         <v>302</v>
       </c>
+      <c r="C148"/>
       <c r="D148" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="E148" t="s">
         <v>303</v>
       </c>
+      <c r="E148"/>
       <c r="F148" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B149" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C149" t="s">
         <v>304</v>
       </c>
       <c r="D149" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E149" t="s">
         <v>305</v>
       </c>
       <c r="F149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B150" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C150" t="s">
         <v>306</v>
       </c>
       <c r="D150" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E150" t="s">
         <v>307</v>
       </c>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B151" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C151" t="s">
         <v>308</v>
       </c>
       <c r="D151" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E151" t="s">
         <v>309</v>
       </c>
       <c r="F151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B152" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C152" t="s">
         <v>310</v>
       </c>
       <c r="D152" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E152" t="s">
         <v>311</v>
       </c>
       <c r="F152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B153" t="s">
+        <v>302</v>
+      </c>
+      <c r="C153" t="s">
         <v>312</v>
       </c>
-      <c r="C153"/>
       <c r="D153" t="s">
+        <v>303</v>
+      </c>
+      <c r="E153" t="s">
         <v>313</v>
       </c>
-      <c r="E153"/>
       <c r="F153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B154" t="s">
         <v>314</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>315</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B155" t="s">
         <v>316</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>317</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B156" t="s">
         <v>318</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>319</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B157" t="s">
         <v>320</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>321</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B158" t="s">
         <v>322</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>323</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B159" t="s">
         <v>324</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>325</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B160" t="s">
         <v>326</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>327</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B161" t="s">
         <v>328</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>329</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B162" t="s">
         <v>330</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>331</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B163" t="s">
         <v>332</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>333</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B164" t="s">
         <v>334</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>335</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B165" t="s">
         <v>336</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>337</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B166" t="s">
         <v>338</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>339</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>301</v>
+      </c>
+      <c r="B167" t="s">
+        <v>340</v>
+      </c>
+      <c r="C167"/>
+      <c r="D167" t="s">
+        <v>341</v>
+      </c>
+      <c r="E167"/>
+      <c r="F167" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>