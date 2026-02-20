--- v1 (2026-01-07)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ICERPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="342">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -566,80 +566,98 @@
   <si>
     <t>Zhejiang</t>
   </si>
   <si>
     <t>zj</t>
   </si>
   <si>
     <t>Christmas Island</t>
   </si>
   <si>
     <t>CX</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Andhra Pradesh</t>
   </si>
   <si>
     <t>an</t>
   </si>
   <si>
+    <t>Gujarat</t>
+  </si>
+  <si>
+    <t>gj</t>
+  </si>
+  <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Kerala</t>
   </si>
   <si>
     <t>kr</t>
   </si>
   <si>
+    <t>Madhya Pradesh</t>
+  </si>
+  <si>
+    <t>mp</t>
+  </si>
+  <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
     <t>Odisha</t>
   </si>
   <si>
     <t>or</t>
   </si>
   <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
   <si>
+    <t>West Bengal</t>
+  </si>
+  <si>
+    <t>wb</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Java</t>
   </si>
   <si>
     <t>jv</t>
   </si>
   <si>
     <t>Sulawesi</t>
   </si>
   <si>
     <t>sl</t>
   </si>
   <si>
     <t>Sumatra</t>
   </si>
   <si>
     <t>sm</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
@@ -830,90 +848,96 @@
   <si>
     <t>Kriti</t>
   </si>
   <si>
     <t>ct</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
@@ -1385,51 +1409,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F167"/>
+  <dimension ref="A1:F171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3034,323 +3058,335 @@
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>152</v>
       </c>
       <c r="B93" t="s">
         <v>180</v>
       </c>
       <c r="C93" t="s">
         <v>192</v>
       </c>
       <c r="D93" t="s">
         <v>181</v>
       </c>
       <c r="E93" t="s">
         <v>193</v>
       </c>
       <c r="F93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>152</v>
       </c>
       <c r="B94" t="s">
+        <v>180</v>
+      </c>
+      <c r="C94" t="s">
         <v>194</v>
       </c>
-      <c r="C94"/>
       <c r="D94" t="s">
+        <v>181</v>
+      </c>
+      <c r="E94" t="s">
         <v>195</v>
       </c>
-      <c r="E94"/>
       <c r="F94" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>152</v>
       </c>
       <c r="B95" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="C95" t="s">
         <v>196</v>
       </c>
       <c r="D95" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="E95" t="s">
         <v>197</v>
       </c>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>152</v>
       </c>
       <c r="B96" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="C96" t="s">
         <v>198</v>
       </c>
       <c r="D96" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="E96" t="s">
         <v>199</v>
       </c>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>152</v>
       </c>
       <c r="B97" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="C97" t="s">
         <v>200</v>
       </c>
+      <c r="C97"/>
       <c r="D97" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="E97" t="s">
         <v>201</v>
       </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>152</v>
       </c>
       <c r="B98" t="s">
+        <v>200</v>
+      </c>
+      <c r="C98" t="s">
         <v>202</v>
       </c>
-      <c r="C98"/>
       <c r="D98" t="s">
+        <v>201</v>
+      </c>
+      <c r="E98" t="s">
         <v>203</v>
       </c>
-      <c r="E98"/>
       <c r="F98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>152</v>
       </c>
       <c r="B99" t="s">
+        <v>200</v>
+      </c>
+      <c r="C99" t="s">
         <v>204</v>
       </c>
-      <c r="C99"/>
       <c r="D99" t="s">
+        <v>201</v>
+      </c>
+      <c r="E99" t="s">
         <v>205</v>
       </c>
-      <c r="E99"/>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>152</v>
       </c>
       <c r="B100" t="s">
+        <v>200</v>
+      </c>
+      <c r="C100" t="s">
         <v>206</v>
       </c>
-      <c r="C100"/>
       <c r="D100" t="s">
+        <v>201</v>
+      </c>
+      <c r="E100" t="s">
         <v>207</v>
       </c>
-      <c r="E100"/>
       <c r="F100" t="s">
-        <v>208</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>152</v>
       </c>
       <c r="B101" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>152</v>
       </c>
       <c r="B102" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C102" t="s">
+        <v>210</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102" t="s">
         <v>211</v>
       </c>
-      <c r="D102" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E102"/>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>152</v>
       </c>
       <c r="B103" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C103" t="s">
+        <v>212</v>
+      </c>
+      <c r="C103"/>
+      <c r="D103" t="s">
         <v>213</v>
       </c>
-      <c r="D103" t="s">
-[...2 lines deleted...]
-      <c r="E103" t="s">
+      <c r="E103"/>
+      <c r="F103" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>152</v>
       </c>
       <c r="B104" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C104" t="s">
         <v>215</v>
       </c>
+      <c r="C104"/>
       <c r="D104" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="E104" t="s">
         <v>216</v>
       </c>
+      <c r="E104"/>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>152</v>
       </c>
       <c r="B105" t="s">
+        <v>215</v>
+      </c>
+      <c r="C105" t="s">
         <v>217</v>
       </c>
-      <c r="C105"/>
       <c r="D105" t="s">
+        <v>216</v>
+      </c>
+      <c r="E105" t="s">
         <v>218</v>
       </c>
-      <c r="E105"/>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>152</v>
       </c>
       <c r="B106" t="s">
+        <v>215</v>
+      </c>
+      <c r="C106" t="s">
         <v>219</v>
       </c>
-      <c r="C106"/>
       <c r="D106" t="s">
+        <v>216</v>
+      </c>
+      <c r="E106" t="s">
         <v>220</v>
       </c>
-      <c r="E106"/>
       <c r="F106" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>152</v>
       </c>
       <c r="B107" t="s">
+        <v>215</v>
+      </c>
+      <c r="C107" t="s">
         <v>221</v>
       </c>
-      <c r="C107"/>
       <c r="D107" t="s">
+        <v>216</v>
+      </c>
+      <c r="E107" t="s">
         <v>222</v>
       </c>
-      <c r="E107"/>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>152</v>
       </c>
       <c r="B108" t="s">
         <v>223</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>224</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>152</v>
       </c>
       <c r="B109" t="s">
         <v>225</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>226</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>152</v>
       </c>
       <c r="B110" t="s">
         <v>227</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>228</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>152</v>
       </c>
       <c r="B111" t="s">
         <v>229</v>
       </c>
@@ -3423,909 +3459,973 @@
         <v>238</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>152</v>
       </c>
       <c r="B116" t="s">
         <v>239</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
         <v>240</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
+        <v>152</v>
+      </c>
+      <c r="B117" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>241</v>
+        <v>152</v>
       </c>
       <c r="B118" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>241</v>
+        <v>152</v>
       </c>
       <c r="B119" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B120" t="s">
         <v>248</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B121" t="s">
         <v>250</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>251</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>208</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B122" t="s">
         <v>252</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>253</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B123" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C123" t="s">
         <v>254</v>
       </c>
+      <c r="C123"/>
       <c r="D123" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="E123" t="s">
         <v>255</v>
       </c>
+      <c r="E123"/>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B124" t="s">
-        <v>126</v>
+        <v>256</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>214</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B125" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C125"/>
       <c r="D125" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>259</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B126" t="s">
+        <v>258</v>
+      </c>
+      <c r="C126" t="s">
         <v>260</v>
       </c>
-      <c r="C126"/>
       <c r="D126" t="s">
+        <v>259</v>
+      </c>
+      <c r="E126" t="s">
         <v>261</v>
       </c>
-      <c r="E126"/>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B127" t="s">
-        <v>262</v>
+        <v>126</v>
       </c>
       <c r="C127"/>
       <c r="D127" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B128" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="C128" t="s">
+        <v>263</v>
+      </c>
+      <c r="C128"/>
+      <c r="D128" t="s">
         <v>264</v>
       </c>
-      <c r="D128" t="s">
-[...2 lines deleted...]
-      <c r="E128" t="s">
+      <c r="E128"/>
+      <c r="F128" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B129" t="s">
         <v>266</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
         <v>267</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B130" t="s">
         <v>268</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>269</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B131" t="s">
         <v>268</v>
       </c>
       <c r="C131" t="s">
         <v>270</v>
       </c>
       <c r="D131" t="s">
         <v>269</v>
       </c>
       <c r="E131" t="s">
-        <v>170</v>
+        <v>271</v>
       </c>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B132" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="C132"/>
       <c r="D132" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="E132"/>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B133" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C133"/>
       <c r="D133" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B134" t="s">
         <v>274</v>
       </c>
-      <c r="C134"/>
+      <c r="C134" t="s">
+        <v>276</v>
+      </c>
       <c r="D134" t="s">
         <v>275</v>
       </c>
-      <c r="E134"/>
+      <c r="E134" t="s">
+        <v>170</v>
+      </c>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B135" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C135"/>
+        <v>274</v>
+      </c>
+      <c r="C135" t="s">
+        <v>277</v>
+      </c>
       <c r="D135" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="E135"/>
+        <v>275</v>
+      </c>
+      <c r="E135" t="s">
+        <v>143</v>
+      </c>
       <c r="F135" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B136" t="s">
         <v>278</v>
       </c>
       <c r="C136"/>
       <c r="D136" t="s">
         <v>279</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>9</v>
+        <v>265</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B137" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="C137" t="s">
         <v>280</v>
       </c>
+      <c r="C137"/>
       <c r="D137" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="E137"/>
       <c r="F137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B138" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="C138"/>
       <c r="D138" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="E138"/>
       <c r="F138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B139" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B140" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B141" t="s">
+        <v>286</v>
+      </c>
+      <c r="C141" t="s">
+        <v>288</v>
+      </c>
+      <c r="D141" t="s">
         <v>287</v>
       </c>
-      <c r="C141"/>
-[...3 lines deleted...]
-      <c r="E141"/>
+      <c r="E141" t="s">
+        <v>121</v>
+      </c>
       <c r="F141" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B142" t="s">
+        <v>286</v>
+      </c>
+      <c r="C142" t="s">
         <v>289</v>
       </c>
-      <c r="C142"/>
       <c r="D142" t="s">
+        <v>287</v>
+      </c>
+      <c r="E142" t="s">
         <v>290</v>
       </c>
-      <c r="E142"/>
       <c r="F142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B143" t="s">
         <v>291</v>
       </c>
       <c r="C143"/>
       <c r="D143" t="s">
         <v>292</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B144" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="C144" t="s">
         <v>293</v>
       </c>
+      <c r="C144"/>
       <c r="D144" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="E144" t="s">
         <v>294</v>
       </c>
+      <c r="E144"/>
       <c r="F144" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B145" t="s">
         <v>295</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>296</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B146" t="s">
         <v>297</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>298</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B147" t="s">
         <v>299</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>300</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
+        <v>247</v>
+      </c>
+      <c r="B148" t="s">
+        <v>299</v>
+      </c>
+      <c r="C148" t="s">
         <v>301</v>
       </c>
-      <c r="B148" t="s">
+      <c r="D148" t="s">
+        <v>300</v>
+      </c>
+      <c r="E148" t="s">
         <v>302</v>
       </c>
-      <c r="C148"/>
-[...3 lines deleted...]
-      <c r="E148"/>
       <c r="F148" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>301</v>
+        <v>247</v>
       </c>
       <c r="B149" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C149" t="s">
+        <v>303</v>
+      </c>
+      <c r="C149"/>
+      <c r="D149" t="s">
         <v>304</v>
       </c>
-      <c r="D149" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E149"/>
       <c r="F149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>301</v>
+        <v>247</v>
       </c>
       <c r="B150" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C150" t="s">
+        <v>305</v>
+      </c>
+      <c r="C150"/>
+      <c r="D150" t="s">
         <v>306</v>
       </c>
-      <c r="D150" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E150"/>
       <c r="F150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>301</v>
+        <v>247</v>
       </c>
       <c r="B151" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C151" t="s">
+        <v>307</v>
+      </c>
+      <c r="C151"/>
+      <c r="D151" t="s">
         <v>308</v>
       </c>
-      <c r="D151" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E151"/>
       <c r="F151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B152" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="C152" t="s">
         <v>310</v>
       </c>
+      <c r="C152"/>
       <c r="D152" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="E152" t="s">
         <v>311</v>
       </c>
+      <c r="E152"/>
       <c r="F152" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B153" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="C153" t="s">
         <v>312</v>
       </c>
       <c r="D153" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="E153" t="s">
         <v>313</v>
       </c>
       <c r="F153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B154" t="s">
+        <v>310</v>
+      </c>
+      <c r="C154" t="s">
         <v>314</v>
       </c>
-      <c r="C154"/>
       <c r="D154" t="s">
+        <v>311</v>
+      </c>
+      <c r="E154" t="s">
         <v>315</v>
       </c>
-      <c r="E154"/>
       <c r="F154" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B155" t="s">
+        <v>310</v>
+      </c>
+      <c r="C155" t="s">
         <v>316</v>
       </c>
-      <c r="C155"/>
       <c r="D155" t="s">
+        <v>311</v>
+      </c>
+      <c r="E155" t="s">
         <v>317</v>
       </c>
-      <c r="E155"/>
       <c r="F155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B156" t="s">
+        <v>310</v>
+      </c>
+      <c r="C156" t="s">
         <v>318</v>
       </c>
-      <c r="C156"/>
       <c r="D156" t="s">
+        <v>311</v>
+      </c>
+      <c r="E156" t="s">
         <v>319</v>
       </c>
-      <c r="E156"/>
       <c r="F156" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B157" t="s">
+        <v>310</v>
+      </c>
+      <c r="C157" t="s">
         <v>320</v>
       </c>
-      <c r="C157"/>
       <c r="D157" t="s">
+        <v>311</v>
+      </c>
+      <c r="E157" t="s">
         <v>321</v>
       </c>
-      <c r="E157"/>
       <c r="F157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B158" t="s">
         <v>322</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>323</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B159" t="s">
         <v>324</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>325</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B160" t="s">
         <v>326</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>327</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B161" t="s">
         <v>328</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>329</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B162" t="s">
         <v>330</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>331</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B163" t="s">
         <v>332</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>333</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B164" t="s">
         <v>334</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>335</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B165" t="s">
         <v>336</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>337</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B166" t="s">
         <v>338</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>339</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="B167" t="s">
         <v>340</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>341</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>309</v>
+      </c>
+      <c r="B168" t="s">
+        <v>342</v>
+      </c>
+      <c r="C168"/>
+      <c r="D168" t="s">
+        <v>343</v>
+      </c>
+      <c r="E168"/>
+      <c r="F168" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>309</v>
+      </c>
+      <c r="B169" t="s">
+        <v>344</v>
+      </c>
+      <c r="C169"/>
+      <c r="D169" t="s">
+        <v>345</v>
+      </c>
+      <c r="E169"/>
+      <c r="F169" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
+        <v>309</v>
+      </c>
+      <c r="B170" t="s">
+        <v>346</v>
+      </c>
+      <c r="C170"/>
+      <c r="D170" t="s">
+        <v>347</v>
+      </c>
+      <c r="E170"/>
+      <c r="F170" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>309</v>
+      </c>
+      <c r="B171" t="s">
+        <v>348</v>
+      </c>
+      <c r="C171"/>
+      <c r="D171" t="s">
+        <v>349</v>
+      </c>
+      <c r="E171"/>
+      <c r="F171" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>