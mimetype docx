--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId727268e70d52c23d3" w:history="1">
+            <w:hyperlink r:id="rId1260691005678e31d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163068e70d52c243b" w:history="1">
+            <w:hyperlink r:id="rId4152691005678e386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80083026" name="name314468e70d52c24fc" descr="11789.jpg"/>
+                  <wp:docPr id="68399078" name="name6605691005678ebb5" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId114168e70d52c24fb" cstate="print"/>
+                          <a:blip r:embed="rId8078691005678ebb3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId119168e70d52c25ca" w:history="1">
+            <w:hyperlink r:id="rId6855691005678ecc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44620147" name="name940268e70d52c388c" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="58227251" name="name3355691005678fe39" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId918568e70d52c388a" cstate="print"/>
+                    <a:blip r:embed="rId3880691005678fe37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359468e70d52c5178" w:history="1">
+      <w:hyperlink r:id="rId39066910056791165" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693268e70d52c51f5" w:history="1">
+      <w:hyperlink r:id="rId173769100567911dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885168e70d52c5a71" w:history="1">
+      <w:hyperlink r:id="rId31506910056791a3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566168e70d52c5c11" w:history="1">
+      <w:hyperlink r:id="rId76736910056791bd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566968e70d52c5da7" w:history="1">
+      <w:hyperlink r:id="rId89646910056791d5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47938959" name="name863368e70d52c5e02" descr="eu_funding_250.png"/>
+            <wp:docPr id="35410167" name="name28966910056791db5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId580068e70d52c5e01" cstate="print"/>
+                    <a:blip r:embed="rId23576910056791db4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89302538">
+  <w:abstractNum w:abstractNumId="42805830">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15818282">
+    <w:lvl w:ilvl="0" w:tplc="83332047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15818282" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83332047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89302537">
+  <w:abstractNum w:abstractNumId="42805829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90475072">
+    <w:lvl w:ilvl="0" w:tplc="53856763">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89302537">
-    <w:abstractNumId w:val="89302537"/>
+  <w:num w:numId="42805829">
+    <w:abstractNumId w:val="42805829"/>
   </w:num>
-  <w:num w:numId="89302538">
-    <w:abstractNumId w:val="89302538"/>
+  <w:num w:numId="42805830">
+    <w:abstractNumId w:val="42805830"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983492456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId587294230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId727268e70d52c23d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId163068e70d52c243b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId119168e70d52c25ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId359468e70d52c5178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId693268e70d52c51f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId885168e70d52c5a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId566168e70d52c5c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId566968e70d52c5da7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId114168e70d52c24fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId114168e70d52c24fb.jpg"/><Relationship Id="rId918568e70d52c388a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918568e70d52c388a.jpg"/><Relationship Id="rId580068e70d52c5e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId580068e70d52c5e01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852831594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId872082748" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1260691005678e31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId4152691005678e386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6855691005678ecc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId39066910056791165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId173769100567911dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId31506910056791a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId76736910056791bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89646910056791d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId8078691005678ebb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8078691005678ebb3.jpg"/><Relationship Id="rId3880691005678fe37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3880691005678fe37.jpg"/><Relationship Id="rId23576910056791db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23576910056791db4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>