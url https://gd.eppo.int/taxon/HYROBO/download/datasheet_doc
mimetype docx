--- v1 (2025-11-09)
+++ v2 (2025-12-01)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1260691005678e31d" w:history="1">
+            <w:hyperlink r:id="rId7947692d6bdc6c3ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4152691005678e386" w:history="1">
+            <w:hyperlink r:id="rId6342692d6bdc6c418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68399078" name="name6605691005678ebb5" descr="11789.jpg"/>
+                  <wp:docPr id="49170084" name="name1361692d6bdc6c4fa" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8078691005678ebb3" cstate="print"/>
+                          <a:blip r:embed="rId8749692d6bdc6c4f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6855691005678ecc0" w:history="1">
+            <w:hyperlink r:id="rId6076692d6bdc6c642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58227251" name="name3355691005678fe39" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="57001409" name="name6821692d6bdc6f268" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3880691005678fe37" cstate="print"/>
+                    <a:blip r:embed="rId6942692d6bdc6f265" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39066910056791165" w:history="1">
+      <w:hyperlink r:id="rId7613692d6bdc70666" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173769100567911dc" w:history="1">
+      <w:hyperlink r:id="rId7277692d6bdc706e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31506910056791a3c" w:history="1">
+      <w:hyperlink r:id="rId4359692d6bdc7103a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76736910056791bd9" w:history="1">
+      <w:hyperlink r:id="rId1669692d6bdc71209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89646910056791d5d" w:history="1">
+      <w:hyperlink r:id="rId4921692d6bdc713d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35410167" name="name28966910056791db5" descr="eu_funding_250.png"/>
+            <wp:docPr id="60022388" name="name5661692d6bdc71496" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23576910056791db4" cstate="print"/>
+                    <a:blip r:embed="rId7055692d6bdc71494" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42805830">
+  <w:abstractNum w:abstractNumId="45822064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83332047">
+    <w:lvl w:ilvl="0" w:tplc="21580084">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83332047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21580084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42805829">
+  <w:abstractNum w:abstractNumId="45822063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53856763">
+    <w:lvl w:ilvl="0" w:tplc="50328604">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42805829">
-    <w:abstractNumId w:val="42805829"/>
+  <w:num w:numId="45822063">
+    <w:abstractNumId w:val="45822063"/>
   </w:num>
-  <w:num w:numId="42805830">
-    <w:abstractNumId w:val="42805830"/>
+  <w:num w:numId="45822064">
+    <w:abstractNumId w:val="45822064"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852831594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId872082748" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1260691005678e31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId4152691005678e386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6855691005678ecc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId39066910056791165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId173769100567911dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId31506910056791a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId76736910056791bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89646910056791d5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId8078691005678ebb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8078691005678ebb3.jpg"/><Relationship Id="rId3880691005678fe37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3880691005678fe37.jpg"/><Relationship Id="rId23576910056791db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23576910056791db4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId465224886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId510048856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7947692d6bdc6c3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId6342692d6bdc6c418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6076692d6bdc6c642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId7613692d6bdc70666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId7277692d6bdc706e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4359692d6bdc7103a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId1669692d6bdc71209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4921692d6bdc713d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId8749692d6bdc6c4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8749692d6bdc6c4f9.jpg"/><Relationship Id="rId6942692d6bdc6f265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6942692d6bdc6f265.jpg"/><Relationship Id="rId7055692d6bdc71494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7055692d6bdc71494.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>