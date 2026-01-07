--- v2 (2025-12-01)
+++ v3 (2026-01-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7947692d6bdc6c3ad" w:history="1">
+            <w:hyperlink r:id="rId4536695ea2322bf5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6342692d6bdc6c418" w:history="1">
+            <w:hyperlink r:id="rId4218695ea2322bfc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49170084" name="name1361692d6bdc6c4fa" descr="11789.jpg"/>
+                  <wp:docPr id="90162303" name="name4155695ea2322c5b4" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8749692d6bdc6c4f9" cstate="print"/>
+                          <a:blip r:embed="rId2406695ea2322c5b2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6076692d6bdc6c642" w:history="1">
+            <w:hyperlink r:id="rId1408695ea2322c702" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57001409" name="name6821692d6bdc6f268" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="85547807" name="name6058695ea2322d78c" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6942692d6bdc6f265" cstate="print"/>
+                    <a:blip r:embed="rId9162695ea2322d78a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7613692d6bdc70666" w:history="1">
+      <w:hyperlink r:id="rId2045695ea2322ea7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7277692d6bdc706e0" w:history="1">
+      <w:hyperlink r:id="rId8994695ea2322eaf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4359692d6bdc7103a" w:history="1">
+      <w:hyperlink r:id="rId8193695ea2322f366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5634,73 +5634,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1669692d6bdc71209" w:history="1">
+      <w:hyperlink r:id="rId6028695ea2322f502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4921692d6bdc713d6" w:history="1">
+      <w:hyperlink r:id="rId4429695ea2322f684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60022388" name="name5661692d6bdc71496" descr="eu_funding_250.png"/>
+            <wp:docPr id="14239190" name="name7318695ea2322fa9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7055692d6bdc71494" cstate="print"/>
+                    <a:blip r:embed="rId7416695ea2322fa9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45822064">
+  <w:abstractNum w:abstractNumId="54102454">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21580084">
+    <w:lvl w:ilvl="0" w:tplc="68865548">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21580084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68865548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45822063">
+  <w:abstractNum w:abstractNumId="54102453">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50328604">
+    <w:lvl w:ilvl="0" w:tplc="52091944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45822063">
-    <w:abstractNumId w:val="45822063"/>
+  <w:num w:numId="54102453">
+    <w:abstractNumId w:val="54102453"/>
   </w:num>
-  <w:num w:numId="45822064">
-    <w:abstractNumId w:val="45822064"/>
+  <w:num w:numId="54102454">
+    <w:abstractNumId w:val="54102454"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId465224886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId510048856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7947692d6bdc6c3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId6342692d6bdc6c418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6076692d6bdc6c642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId7613692d6bdc70666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId7277692d6bdc706e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId4359692d6bdc7103a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId1669692d6bdc71209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4921692d6bdc713d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId8749692d6bdc6c4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8749692d6bdc6c4f9.jpg"/><Relationship Id="rId6942692d6bdc6f265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6942692d6bdc6f265.jpg"/><Relationship Id="rId7055692d6bdc71494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7055692d6bdc71494.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671472501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571662348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4536695ea2322bf5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId4218695ea2322bfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId1408695ea2322c702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId2045695ea2322ea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId8994695ea2322eaf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8193695ea2322f366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId6028695ea2322f502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4429695ea2322f684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId2406695ea2322c5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2406695ea2322c5b2.jpg"/><Relationship Id="rId9162695ea2322d78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9162695ea2322d78a.jpg"/><Relationship Id="rId7416695ea2322fa9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7416695ea2322fa9c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>