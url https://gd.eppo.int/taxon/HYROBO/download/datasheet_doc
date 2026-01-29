--- v3 (2026-01-07)
+++ v4 (2026-01-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4536695ea2322bf5e" w:history="1">
+            <w:hyperlink r:id="rId2506697ba98f7ecc7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4218695ea2322bfc9" w:history="1">
+            <w:hyperlink r:id="rId6999697ba98f7ed33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90162303" name="name4155695ea2322c5b4" descr="11789.jpg"/>
+                  <wp:docPr id="90361246" name="name6983697ba98f7f2e7" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2406695ea2322c5b2" cstate="print"/>
+                          <a:blip r:embed="rId4928697ba98f7f2e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1408695ea2322c702" w:history="1">
+            <w:hyperlink r:id="rId6529697ba98f7f3ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85547807" name="name6058695ea2322d78c" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="19026680" name="name5394697ba98f80555" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9162695ea2322d78a" cstate="print"/>
+                    <a:blip r:embed="rId6458697ba98f80553" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2045695ea2322ea7f" w:history="1">
+      <w:hyperlink r:id="rId7177697ba98f8182a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8994695ea2322eaf3" w:history="1">
+      <w:hyperlink r:id="rId6838697ba98f818a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8193695ea2322f366" w:history="1">
+      <w:hyperlink r:id="rId9153697ba98f8210f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6028695ea2322f502" w:history="1">
+      <w:hyperlink r:id="rId2949697ba98f822ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4429695ea2322f684" w:history="1">
+      <w:hyperlink r:id="rId5632697ba98f82430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14239190" name="name7318695ea2322fa9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="94253909" name="name2829697ba98f824b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7416695ea2322fa9c" cstate="print"/>
+                    <a:blip r:embed="rId7638697ba98f824b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54102454">
+  <w:abstractNum w:abstractNumId="42275146">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68865548">
+    <w:lvl w:ilvl="0" w:tplc="50038729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68865548" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50038729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54102453">
+  <w:abstractNum w:abstractNumId="42275145">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52091944">
+    <w:lvl w:ilvl="0" w:tplc="44535528">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54102453">
-    <w:abstractNumId w:val="54102453"/>
+  <w:num w:numId="42275145">
+    <w:abstractNumId w:val="42275145"/>
   </w:num>
-  <w:num w:numId="54102454">
-    <w:abstractNumId w:val="54102454"/>
+  <w:num w:numId="42275146">
+    <w:abstractNumId w:val="42275146"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671472501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571662348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4536695ea2322bf5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId4218695ea2322bfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId1408695ea2322c702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId2045695ea2322ea7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId8994695ea2322eaf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8193695ea2322f366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId6028695ea2322f502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4429695ea2322f684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId2406695ea2322c5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2406695ea2322c5b2.jpg"/><Relationship Id="rId9162695ea2322d78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9162695ea2322d78a.jpg"/><Relationship Id="rId7416695ea2322fa9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7416695ea2322fa9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150055259" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207292940" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2506697ba98f7ecc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId6999697ba98f7ed33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6529697ba98f7f3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId7177697ba98f8182a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId6838697ba98f818a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9153697ba98f8210f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId2949697ba98f822ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5632697ba98f82430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId4928697ba98f7f2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4928697ba98f7f2e5.jpg"/><Relationship Id="rId6458697ba98f80553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6458697ba98f80553.jpg"/><Relationship Id="rId7638697ba98f824b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7638697ba98f824b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>