--- v4 (2026-01-29)
+++ v5 (2026-02-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2506697ba98f7ecc7" w:history="1">
+            <w:hyperlink r:id="rId2900699bdbea51843" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6999697ba98f7ed33" w:history="1">
+            <w:hyperlink r:id="rId9630699bdbea518ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90361246" name="name6983697ba98f7f2e7" descr="11789.jpg"/>
+                  <wp:docPr id="16358644" name="name7516699bdbea51edd" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4928697ba98f7f2e5" cstate="print"/>
+                          <a:blip r:embed="rId7815699bdbea51edb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6529697ba98f7f3ea" w:history="1">
+            <w:hyperlink r:id="rId4236699bdbea52014" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19026680" name="name5394697ba98f80555" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="4878973" name="name2614699bdbea53432" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6458697ba98f80553" cstate="print"/>
+                    <a:blip r:embed="rId8380699bdbea5342e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7177697ba98f8182a" w:history="1">
+      <w:hyperlink r:id="rId3105699bdbea547cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6838697ba98f818a0" w:history="1">
+      <w:hyperlink r:id="rId6854699bdbea54857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9153697ba98f8210f" w:history="1">
+      <w:hyperlink r:id="rId2357699bdbea551ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2949697ba98f822ab" w:history="1">
+      <w:hyperlink r:id="rId9324699bdbea5535c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5632697ba98f82430" w:history="1">
+      <w:hyperlink r:id="rId8395699bdbea554f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94253909" name="name2829697ba98f824b4" descr="eu_funding_250.png"/>
+            <wp:docPr id="94980641" name="name8657699bdbea55984" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7638697ba98f824b3" cstate="print"/>
+                    <a:blip r:embed="rId5601699bdbea55983" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42275146">
+  <w:abstractNum w:abstractNumId="98711256">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50038729">
+    <w:lvl w:ilvl="0" w:tplc="58392968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50038729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58392968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42275145">
+  <w:abstractNum w:abstractNumId="98711255">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44535528">
+    <w:lvl w:ilvl="0" w:tplc="17223024">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42275145">
-    <w:abstractNumId w:val="42275145"/>
+  <w:num w:numId="98711255">
+    <w:abstractNumId w:val="98711255"/>
   </w:num>
-  <w:num w:numId="42275146">
-    <w:abstractNumId w:val="42275146"/>
+  <w:num w:numId="98711256">
+    <w:abstractNumId w:val="98711256"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150055259" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207292940" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2506697ba98f7ecc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId6999697ba98f7ed33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId6529697ba98f7f3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId7177697ba98f8182a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId6838697ba98f818a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9153697ba98f8210f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId2949697ba98f822ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5632697ba98f82430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId4928697ba98f7f2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4928697ba98f7f2e5.jpg"/><Relationship Id="rId6458697ba98f80553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6458697ba98f80553.jpg"/><Relationship Id="rId7638697ba98f824b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7638697ba98f824b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId151227289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId649733859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2900699bdbea51843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId9630699bdbea518ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId4236699bdbea52014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId3105699bdbea547cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId6854699bdbea54857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2357699bdbea551ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId9324699bdbea5535c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8395699bdbea554f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId7815699bdbea51edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7815699bdbea51edb.jpg"/><Relationship Id="rId8380699bdbea5342e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8380699bdbea5342e.jpg"/><Relationship Id="rId5601699bdbea55983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5601699bdbea55983.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>