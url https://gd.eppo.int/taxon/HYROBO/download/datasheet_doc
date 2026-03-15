--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Hustache)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Argentine stem weevil, wheat stem weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2900699bdbea51843" w:history="1">
+            <w:hyperlink r:id="rId572069b65b824883d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9630699bdbea518ad" w:history="1">
+            <w:hyperlink r:id="rId569369b65b82488ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYROBO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16358644" name="name7516699bdbea51edd" descr="11789.jpg"/>
+                  <wp:docPr id="63216747" name="name533369b65b8249210" descr="11789.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11789.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7815699bdbea51edb" cstate="print"/>
+                          <a:blip r:embed="rId508469b65b8249207" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4236699bdbea52014" w:history="1">
+            <w:hyperlink r:id="rId717869b65b82496f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1289,63 +1289,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> originates in South America and has spread across the Pacific to Oceania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4878973" name="name2614699bdbea53432" descr="HYROBO_distribution_map.jpg"/>
+            <wp:docPr id="94824187" name="name943369b65b824d3d2" descr="HYROBO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYROBO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8380699bdbea5342e" cstate="print"/>
+                    <a:blip r:embed="rId139669b65b824d3cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3997,51 +3997,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(1), 5101, 23 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3105699bdbea547cd" w:history="1">
+      <w:hyperlink r:id="rId658269b65b824e9ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4067,51 +4067,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–57. Also available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6854699bdbea54857" w:history="1">
+      <w:hyperlink r:id="rId595469b65b824ea84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5401,51 +5401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Simón MR &amp; Golik SI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereales de verano</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Editorial de la Universidad Nacional de La Plata, La Plata. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2357699bdbea551ba" w:history="1">
+      <w:hyperlink r:id="rId625269b65b824f4c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.35537/10915/68613</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 November 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5656,51 +5656,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listronotus bonariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9324699bdbea5535c" w:history="1">
+      <w:hyperlink r:id="rId258469b65b824f676" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5902,81 +5902,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 689-694. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8395699bdbea554f0" w:history="1">
+      <w:hyperlink r:id="rId992369b65b824f807" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1989.tb01161.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94980641" name="name8657699bdbea55984" descr="eu_funding_250.png"/>
+            <wp:docPr id="94644363" name="name879669b65b824fa4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5601699bdbea55983" cstate="print"/>
+                    <a:blip r:embed="rId963769b65b824fa4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6074,137 +6074,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98711256">
+  <w:abstractNum w:abstractNumId="51517585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58392968">
+    <w:lvl w:ilvl="0" w:tplc="93002542">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58392968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93002542" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98711255">
+  <w:abstractNum w:abstractNumId="51517584">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17223024">
+    <w:lvl w:ilvl="0" w:tplc="84053617">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6956,55 +6956,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98711255">
-    <w:abstractNumId w:val="98711255"/>
+  <w:num w:numId="51517584">
+    <w:abstractNumId w:val="51517584"/>
   </w:num>
-  <w:num w:numId="98711256">
-    <w:abstractNumId w:val="98711256"/>
+  <w:num w:numId="51517585">
+    <w:abstractNumId w:val="51517585"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18554,51 +18554,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId151227289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId649733859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2900699bdbea51843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId9630699bdbea518ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId4236699bdbea52014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId3105699bdbea547cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId6854699bdbea54857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2357699bdbea551ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId9324699bdbea5535c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8395699bdbea554f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId7815699bdbea51edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7815699bdbea51edb.jpg"/><Relationship Id="rId8380699bdbea5342e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8380699bdbea5342e.jpg"/><Relationship Id="rId5601699bdbea55983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5601699bdbea55983.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId646607500" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId525557120" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId572069b65b824883d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/" TargetMode="External"/><Relationship Id="rId569369b65b82488ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/categorization" TargetMode="External"/><Relationship Id="rId717869b65b82496f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYROBO/photos" TargetMode="External"/><Relationship Id="rId658269b65b824e9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5101" TargetMode="External"/><Relationship Id="rId595469b65b824ea84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId625269b65b824f4c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35537/10915/68613" TargetMode="External"/><Relationship Id="rId258469b65b824f676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId992369b65b824f807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1989.tb01161.x" TargetMode="External"/><Relationship Id="rId508469b65b8249207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508469b65b8249207.jpg"/><Relationship Id="rId139669b65b824d3cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139669b65b824d3cf.jpg"/><Relationship Id="rId963769b65b824fa4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963769b65b824fa4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>