--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -218,51 +218,51 @@
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>