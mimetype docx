--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Klotzsch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of aspen, canker of poplar, hypoxylon canker of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259368f3faaf3444d" w:history="1">
+            <w:hyperlink r:id="rId5153690edf420e393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232568f3faaf344b9" w:history="1">
+            <w:hyperlink r:id="rId2852690edf420e3fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYPOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80113575" name="name328268f3faaf36a6c" descr="2829.jpg"/>
+                  <wp:docPr id="57048071" name="name6313690edf420ea77" descr="2829.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2829.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId293968f3faaf36a6b" cstate="print"/>
+                          <a:blip r:embed="rId3447690edf420ea76" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId418968f3faaf36b4d" w:history="1">
+            <w:hyperlink r:id="rId9519690edf420eb73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1927,63 +1927,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96496230" name="name140268f3faaf37ff2" descr="HYPOMA_distribution_map.jpg"/>
+            <wp:docPr id="24870766" name="name4338690edf420ffa8" descr="HYPOMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYPOMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId592368f3faaf37ff0" cstate="print"/>
+                    <a:blip r:embed="rId8186690edf420ffa5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3815,51 +3815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Distribution Maps of Plant Diseases. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245868f3faaf39233" w:history="1">
+      <w:hyperlink r:id="rId6441690edf4210d19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DMPD/20203227937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3923,51 +3923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4925. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366968f3faaf392eb" w:history="1">
+      <w:hyperlink r:id="rId7501690edf4210dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4013,120 +4013,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 470–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393268f3faaf3937f" w:history="1">
+      <w:hyperlink r:id="rId5096690edf4210e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1988) EPPO Global Database Reporting Service no. 02 1988 Num. article: 1988/01 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210568f3faaf393b2" w:history="1">
+      <w:hyperlink r:id="rId7311690edf4210e8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319868f3faaf393f3" w:history="1">
+      <w:hyperlink r:id="rId6807690edf4210ece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4141,51 +4141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413268f3faaf3945d" w:history="1">
+      <w:hyperlink r:id="rId9921690edf4210f2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HYPOMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4200,90 +4200,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eriksson OE (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checklist of the non-lichenized ascomycetes of Sweden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). Acta Universitatis Upsaliensis, 499 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558668f3faaf394bd" w:history="1">
+      <w:hyperlink r:id="rId5946690edf4210f86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192168f3faaf394ff" w:history="1">
+      <w:hyperlink r:id="rId3242690edf4210fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4298,72 +4298,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF.org (Global Biodiversity Information Facility) (2022) GBIF Occurrence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wahlenb.) J.D. Rogers &amp; Y.M. Ju. Download </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692368f3faaf3956e" w:history="1">
+      <w:hyperlink r:id="rId7635690edf421102e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/dl.w8vdpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151868f3faaf3958e" w:history="1">
+      <w:hyperlink r:id="rId9115690edf421104d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2576553</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4456,51 +4456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77–160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831468f3faaf3966f" w:history="1">
+      <w:hyperlink r:id="rId4590690edf4211123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-019-00433-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 766–774. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989968f3faaf39742" w:history="1">
+      <w:hyperlink r:id="rId1106690edf42111ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756204000334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4674,51 +4674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 263–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862968f3faaf397d3" w:history="1">
+      <w:hyperlink r:id="rId6404690edf421127a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10342-019-01165-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NBN Atlas (2022) National Biodiversity Network: Fungal Records Database of Britain and Ireland for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. British Mycological Society Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773168f3faaf398c0" w:history="1">
+      <w:hyperlink r:id="rId4058690edf4211362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://species.nbnatlas.org/species/BMSSYS0000006456#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">257</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 390–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875968f3faaf3997d" w:history="1">
+      <w:hyperlink r:id="rId4533690edf4211419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2008.09.053</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5301,51 +5301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 14435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619368f3faaf39bde" w:history="1">
+      <w:hyperlink r:id="rId3900690edf421164e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nature.com/articles/ncomms14435</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5409,51 +5409,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–24.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stener LG (2010) Tillväxt, vitalitet och densitet för kloner av hybridasp och poppel i sydsvenska fältförsök [Growth, vitality and density of hybrid aspen and poplar clones from field trials in Southern Sweden]. Arbetsrapport 717, Skogforsk, Sweden. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453568f3faaf39c91" w:history="1">
+      <w:hyperlink r:id="rId2958690edf4211707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5528,51 +5528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691768f3faaf39d56" w:history="1">
+      <w:hyperlink r:id="rId9265690edf42117cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5763,81 +5763,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474968f3faaf39ecd" w:history="1">
+      <w:hyperlink r:id="rId6612690edf4211947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63828892" name="name211768f3faaf3b93d" descr="eu_funding_250.png"/>
+            <wp:docPr id="12532549" name="name4169690edf4211c6b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId511968f3faaf3b939" cstate="print"/>
+                    <a:blip r:embed="rId5319690edf4211c69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5935,137 +5935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52391747">
+  <w:abstractNum w:abstractNumId="38768408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15574548">
+    <w:lvl w:ilvl="0" w:tplc="54468412">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15574548" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54468412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52391746">
+  <w:abstractNum w:abstractNumId="38768407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86435713">
+    <w:lvl w:ilvl="0" w:tplc="42285609">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6817,55 +6817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52391746">
-    <w:abstractNumId w:val="52391746"/>
+  <w:num w:numId="38768407">
+    <w:abstractNumId w:val="38768407"/>
   </w:num>
-  <w:num w:numId="52391747">
-    <w:abstractNumId w:val="52391747"/>
+  <w:num w:numId="38768408">
+    <w:abstractNumId w:val="38768408"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18415,51 +18415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId937684705" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId543876307" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId259368f3faaf3444d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId232568f3faaf344b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId418968f3faaf36b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId245868f3faaf39233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId366968f3faaf392eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId393268f3faaf3937f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId210568f3faaf393b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId319868f3faaf393f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId413268f3faaf3945d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId558668f3faaf394bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId192168f3faaf394ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId692368f3faaf3956e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId151868f3faaf3958e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId831468f3faaf3966f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId989968f3faaf39742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId862968f3faaf397d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId773168f3faaf398c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId875968f3faaf3997d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId619368f3faaf39bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId453568f3faaf39c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId691768f3faaf39d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId474968f3faaf39ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId293968f3faaf36a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293968f3faaf36a6b.jpg"/><Relationship Id="rId592368f3faaf37ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592368f3faaf37ff0.jpg"/><Relationship Id="rId511968f3faaf3b939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511968f3faaf3b939.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553495133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480287315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5153690edf420e393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId2852690edf420e3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId9519690edf420eb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId6441690edf4210d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId7501690edf4210dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId5096690edf4210e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId7311690edf4210e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId6807690edf4210ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId9921690edf4210f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId5946690edf4210f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId3242690edf4210fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7635690edf421102e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId9115690edf421104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId4590690edf4211123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId1106690edf42111ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId6404690edf421127a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId4058690edf4211362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId4533690edf4211419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId3900690edf421164e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId2958690edf4211707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId9265690edf42117cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6612690edf4211947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId3447690edf420ea76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3447690edf420ea76.jpg"/><Relationship Id="rId8186690edf420ffa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8186690edf420ffa5.jpg"/><Relationship Id="rId5319690edf4211c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5319690edf4211c69.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>