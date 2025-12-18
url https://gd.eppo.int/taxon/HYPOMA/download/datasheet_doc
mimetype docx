--- v1 (2025-11-08)
+++ v2 (2025-12-18)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Klotzsch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of aspen, canker of poplar, hypoxylon canker of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5153690edf420e393" w:history="1">
+            <w:hyperlink r:id="rId6209694429af0155b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2852690edf420e3fd" w:history="1">
+            <w:hyperlink r:id="rId8026694429af015c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYPOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57048071" name="name6313690edf420ea77" descr="2829.jpg"/>
+                  <wp:docPr id="85892509" name="name6042694429af01d5e" descr="2829.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2829.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3447690edf420ea76" cstate="print"/>
+                          <a:blip r:embed="rId2531694429af01d5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9519690edf420eb73" w:history="1">
+            <w:hyperlink r:id="rId5303694429af01e86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1927,63 +1927,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24870766" name="name4338690edf420ffa8" descr="HYPOMA_distribution_map.jpg"/>
+            <wp:docPr id="84253077" name="name6507694429af03697" descr="HYPOMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYPOMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8186690edf420ffa5" cstate="print"/>
+                    <a:blip r:embed="rId3399694429af03693" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3815,51 +3815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Distribution Maps of Plant Diseases. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6441690edf4210d19" w:history="1">
+      <w:hyperlink r:id="rId4970694429af04458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DMPD/20203227937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3923,51 +3923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4925. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7501690edf4210dcf" w:history="1">
+      <w:hyperlink r:id="rId1079694429af0450f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4013,120 +4013,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 470–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5096690edf4210e5d" w:history="1">
+      <w:hyperlink r:id="rId9696694429af0459d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1988) EPPO Global Database Reporting Service no. 02 1988 Num. article: 1988/01 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7311690edf4210e8f" w:history="1">
+      <w:hyperlink r:id="rId5204694429af045cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6807690edf4210ece" w:history="1">
+      <w:hyperlink r:id="rId8054694429af0461b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4141,51 +4141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9921690edf4210f2a" w:history="1">
+      <w:hyperlink r:id="rId2714694429af04678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HYPOMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4200,90 +4200,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eriksson OE (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checklist of the non-lichenized ascomycetes of Sweden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). Acta Universitatis Upsaliensis, 499 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5946690edf4210f86" w:history="1">
+      <w:hyperlink r:id="rId7431694429af046d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3242690edf4210fce" w:history="1">
+      <w:hyperlink r:id="rId1505694429af04715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4298,72 +4298,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF.org (Global Biodiversity Information Facility) (2022) GBIF Occurrence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wahlenb.) J.D. Rogers &amp; Y.M. Ju. Download </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7635690edf421102e" w:history="1">
+      <w:hyperlink r:id="rId2925694429af04772" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/dl.w8vdpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9115690edf421104d" w:history="1">
+      <w:hyperlink r:id="rId9590694429af04790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2576553</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4456,51 +4456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77–160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4590690edf4211123" w:history="1">
+      <w:hyperlink r:id="rId4156694429af04865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-019-00433-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 766–774. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1106690edf42111ed" w:history="1">
+      <w:hyperlink r:id="rId5805694429af04931" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756204000334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4674,51 +4674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 263–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6404690edf421127a" w:history="1">
+      <w:hyperlink r:id="rId2312694429af049bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10342-019-01165-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NBN Atlas (2022) National Biodiversity Network: Fungal Records Database of Britain and Ireland for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. British Mycological Society Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4058690edf4211362" w:history="1">
+      <w:hyperlink r:id="rId2387694429af04aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://species.nbnatlas.org/species/BMSSYS0000006456#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">257</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 390–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4533690edf4211419" w:history="1">
+      <w:hyperlink r:id="rId5453694429af04b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2008.09.053</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5301,51 +5301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 14435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3900690edf421164e" w:history="1">
+      <w:hyperlink r:id="rId2178694429af04da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nature.com/articles/ncomms14435</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5409,51 +5409,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–24.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stener LG (2010) Tillväxt, vitalitet och densitet för kloner av hybridasp och poppel i sydsvenska fältförsök [Growth, vitality and density of hybrid aspen and poplar clones from field trials in Southern Sweden]. Arbetsrapport 717, Skogforsk, Sweden. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2958690edf4211707" w:history="1">
+      <w:hyperlink r:id="rId6825694429af04e6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5528,51 +5528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9265690edf42117cb" w:history="1">
+      <w:hyperlink r:id="rId3718694429af04f2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5763,81 +5763,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6612690edf4211947" w:history="1">
+      <w:hyperlink r:id="rId2496694429af0509e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12532549" name="name4169690edf4211c6b" descr="eu_funding_250.png"/>
+            <wp:docPr id="72619359" name="name9929694429af05106" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5319690edf4211c69" cstate="print"/>
+                    <a:blip r:embed="rId8426694429af05105" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5935,137 +5935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38768408">
+  <w:abstractNum w:abstractNumId="21326047">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54468412">
+    <w:lvl w:ilvl="0" w:tplc="87322811">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54468412" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87322811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38768407">
+  <w:abstractNum w:abstractNumId="21326046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42285609">
+    <w:lvl w:ilvl="0" w:tplc="27141332">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6817,55 +6817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38768407">
-    <w:abstractNumId w:val="38768407"/>
+  <w:num w:numId="21326046">
+    <w:abstractNumId w:val="21326046"/>
   </w:num>
-  <w:num w:numId="38768408">
-    <w:abstractNumId w:val="38768408"/>
+  <w:num w:numId="21326047">
+    <w:abstractNumId w:val="21326047"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18415,51 +18415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId553495133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480287315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5153690edf420e393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId2852690edf420e3fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId9519690edf420eb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId6441690edf4210d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId7501690edf4210dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId5096690edf4210e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId7311690edf4210e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId6807690edf4210ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId9921690edf4210f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId5946690edf4210f86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId3242690edf4210fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7635690edf421102e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId9115690edf421104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId4590690edf4211123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId1106690edf42111ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId6404690edf421127a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId4058690edf4211362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId4533690edf4211419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId3900690edf421164e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId2958690edf4211707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId9265690edf42117cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6612690edf4211947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId3447690edf420ea76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3447690edf420ea76.jpg"/><Relationship Id="rId8186690edf420ffa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8186690edf420ffa5.jpg"/><Relationship Id="rId5319690edf4211c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5319690edf4211c69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId914728231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312158287" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6209694429af0155b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId8026694429af015c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId5303694429af01e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId4970694429af04458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId1079694429af0450f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId9696694429af0459d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId5204694429af045cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId8054694429af0461b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId2714694429af04678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId7431694429af046d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId1505694429af04715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId2925694429af04772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId9590694429af04790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId4156694429af04865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId5805694429af04931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId2312694429af049bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId2387694429af04aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId5453694429af04b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId2178694429af04da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId6825694429af04e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId3718694429af04f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2496694429af0509e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId2531694429af01d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2531694429af01d5c.jpg"/><Relationship Id="rId3399694429af03693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399694429af03693.jpg"/><Relationship Id="rId8426694429af05105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8426694429af05105.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>