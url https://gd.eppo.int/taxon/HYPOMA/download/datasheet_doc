--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Klotzsch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of aspen, canker of poplar, hypoxylon canker of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6209694429af0155b" w:history="1">
+            <w:hyperlink r:id="rId79246960472bbb04f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8026694429af015c5" w:history="1">
+            <w:hyperlink r:id="rId90146960472bbb0b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYPOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85892509" name="name6042694429af01d5e" descr="2829.jpg"/>
+                  <wp:docPr id="21900591" name="name32496960472bbb17b" descr="2829.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2829.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2531694429af01d5c" cstate="print"/>
+                          <a:blip r:embed="rId53856960472bbb17a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5303694429af01e86" w:history="1">
+            <w:hyperlink r:id="rId77596960472bbb2aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1927,105 +1927,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84253077" name="name6507694429af03697" descr="HYPOMA_distribution_map.jpg"/>
+            <wp:docPr id="54815704" name="name76166960472bbc65b" descr="HYPOMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYPOMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3399694429af03693" cstate="print"/>
+                    <a:blip r:embed="rId95776960472bbc654" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Czechia, France (mainland), Germany, Italy (mainland), Netherlands, Russian Federation (the) (Southern Russia, Western Siberia), Serbia, Slovakia, Sweden, Switzerland, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Andorra, Czechia, France (mainland), Germany, Italy (mainland), Netherlands, Russian Federation (the) (Southern Russia, Western Siberia), Serbia, Slovakia, Sweden, Switzerland, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Manitoba, New Brunswick, Nova Scotia, Ontario, Prince Edward Island, Québec, Saskatchewan), United States of America (Alaska, Iowa, Michigan, Minnesota, Montana, New Hampshire, New York, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3815,51 +3815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Distribution Maps of Plant Diseases. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4970694429af04458" w:history="1">
+      <w:hyperlink r:id="rId96646960472bbd423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DMPD/20203227937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3923,51 +3923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4925. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1079694429af0450f" w:history="1">
+      <w:hyperlink r:id="rId11066960472bbd4db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4013,120 +4013,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 470–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9696694429af0459d" w:history="1">
+      <w:hyperlink r:id="rId19776960472bbd56a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1988) EPPO Global Database Reporting Service no. 02 1988 Num. article: 1988/01 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5204694429af045cf" w:history="1">
+      <w:hyperlink r:id="rId37926960472bbd59c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8054694429af0461b" w:history="1">
+      <w:hyperlink r:id="rId30976960472bbd5da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4141,51 +4141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2714694429af04678" w:history="1">
+      <w:hyperlink r:id="rId38056960472bbd636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HYPOMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4200,90 +4200,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eriksson OE (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checklist of the non-lichenized ascomycetes of Sweden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). Acta Universitatis Upsaliensis, 499 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7431694429af046d5" w:history="1">
+      <w:hyperlink r:id="rId48716960472bbd694" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1505694429af04715" w:history="1">
+      <w:hyperlink r:id="rId81276960472bbd6d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4298,72 +4298,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF.org (Global Biodiversity Information Facility) (2022) GBIF Occurrence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wahlenb.) J.D. Rogers &amp; Y.M. Ju. Download </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2925694429af04772" w:history="1">
+      <w:hyperlink r:id="rId19616960472bbd742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/dl.w8vdpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9590694429af04790" w:history="1">
+      <w:hyperlink r:id="rId66576960472bbd762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2576553</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4456,51 +4456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77–160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4156694429af04865" w:history="1">
+      <w:hyperlink r:id="rId97936960472bbd83e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-019-00433-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 766–774. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5805694429af04931" w:history="1">
+      <w:hyperlink r:id="rId52696960472bbd90b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756204000334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4674,51 +4674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 263–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2312694429af049bf" w:history="1">
+      <w:hyperlink r:id="rId52576960472bbd999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10342-019-01165-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NBN Atlas (2022) National Biodiversity Network: Fungal Records Database of Britain and Ireland for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. British Mycological Society Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2387694429af04aa6" w:history="1">
+      <w:hyperlink r:id="rId59286960472bbda83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://species.nbnatlas.org/species/BMSSYS0000006456#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">257</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 390–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5453694429af04b5e" w:history="1">
+      <w:hyperlink r:id="rId73676960472bbdb3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2008.09.053</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5301,51 +5301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 14435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2178694429af04da4" w:history="1">
+      <w:hyperlink r:id="rId62206960472bbddee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nature.com/articles/ncomms14435</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5409,51 +5409,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–24.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stener LG (2010) Tillväxt, vitalitet och densitet för kloner av hybridasp och poppel i sydsvenska fältförsök [Growth, vitality and density of hybrid aspen and poplar clones from field trials in Southern Sweden]. Arbetsrapport 717, Skogforsk, Sweden. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6825694429af04e6b" w:history="1">
+      <w:hyperlink r:id="rId63986960472bbdea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5506,73 +5506,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3718694429af04f2f" w:history="1">
+      <w:hyperlink r:id="rId70226960472bbdf67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5763,81 +5763,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2496694429af0509e" w:history="1">
+      <w:hyperlink r:id="rId80656960472bbe0da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72619359" name="name9929694429af05106" descr="eu_funding_250.png"/>
+            <wp:docPr id="68444028" name="name79006960472bbe145" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8426694429af05105" cstate="print"/>
+                    <a:blip r:embed="rId96806960472bbe144" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5935,137 +5935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21326047">
+  <w:abstractNum w:abstractNumId="11872670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87322811">
+    <w:lvl w:ilvl="0" w:tplc="55751256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87322811" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55751256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21326046">
+  <w:abstractNum w:abstractNumId="11872669">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27141332">
+    <w:lvl w:ilvl="0" w:tplc="88355688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6817,55 +6817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21326046">
-    <w:abstractNumId w:val="21326046"/>
+  <w:num w:numId="11872669">
+    <w:abstractNumId w:val="11872669"/>
   </w:num>
-  <w:num w:numId="21326047">
-    <w:abstractNumId w:val="21326047"/>
+  <w:num w:numId="11872670">
+    <w:abstractNumId w:val="11872670"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18415,51 +18415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId914728231" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId312158287" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6209694429af0155b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId8026694429af015c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId5303694429af01e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId4970694429af04458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId1079694429af0450f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId9696694429af0459d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId5204694429af045cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId8054694429af0461b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId2714694429af04678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId7431694429af046d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId1505694429af04715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId2925694429af04772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId9590694429af04790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId4156694429af04865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId5805694429af04931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId2312694429af049bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId2387694429af04aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId5453694429af04b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId2178694429af04da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId6825694429af04e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId3718694429af04f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2496694429af0509e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId2531694429af01d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2531694429af01d5c.jpg"/><Relationship Id="rId3399694429af03693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399694429af03693.jpg"/><Relationship Id="rId8426694429af05105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8426694429af05105.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401125833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550043361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId79246960472bbb04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId90146960472bbb0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId77596960472bbb2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId96646960472bbd423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId11066960472bbd4db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId19776960472bbd56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId37926960472bbd59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId30976960472bbd5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId38056960472bbd636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId48716960472bbd694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId81276960472bbd6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId19616960472bbd742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId66576960472bbd762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId97936960472bbd83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId52696960472bbd90b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId52576960472bbd999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId59286960472bbda83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId73676960472bbdb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId62206960472bbddee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId63986960472bbdea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId70226960472bbdf67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80656960472bbe0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId53856960472bbb17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53856960472bbb17a.jpg"/><Relationship Id="rId95776960472bbc654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95776960472bbc654.jpg"/><Relationship Id="rId96806960472bbe144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96806960472bbe144.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>