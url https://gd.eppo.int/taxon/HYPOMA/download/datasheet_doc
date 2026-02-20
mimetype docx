--- v3 (2026-01-09)
+++ v4 (2026-02-20)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Klotzsch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of aspen, canker of poplar, hypoxylon canker of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79246960472bbb04f" w:history="1">
+            <w:hyperlink r:id="rId40806997a9fd5c489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -460,53 +460,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90146960472bbb0b7" w:history="1">
+            <w:hyperlink r:id="rId37746997a9fd5c4f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYPOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21900591" name="name32496960472bbb17b" descr="2829.jpg"/>
+                  <wp:docPr id="42619789" name="name40156997a9fd5c60d" descr="2829.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2829.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53856960472bbb17a" cstate="print"/>
+                          <a:blip r:embed="rId68276997a9fd5c60b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId77596960472bbb2aa" w:history="1">
+            <w:hyperlink r:id="rId52046997a9fd5c801" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1927,105 +1927,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54815704" name="name76166960472bbc65b" descr="HYPOMA_distribution_map.jpg"/>
+            <wp:docPr id="50814121" name="name43916997a9fd5db98" descr="HYPOMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYPOMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95776960472bbc654" cstate="print"/>
+                    <a:blip r:embed="rId27176997a9fd5db95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Andorra, Czechia, France (mainland), Germany, Italy (mainland), Netherlands, Russian Federation (the) (Southern Russia, Western Siberia), Serbia, Slovakia, Sweden, Switzerland, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Andorra, Czechia, France (mainland), Germany, Italy (mainland), Netherlands, Russian Federation (Southern Russia, Western Siberia), Serbia, Slovakia, Sweden, Switzerland, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, British Columbia, Manitoba, New Brunswick, Nova Scotia, Ontario, Prince Edward Island, Québec, Saskatchewan), United States of America (Alaska, Iowa, Michigan, Minnesota, Montana, New Hampshire, New York, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3815,51 +3815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Distribution Maps of Plant Diseases. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96646960472bbd423" w:history="1">
+      <w:hyperlink r:id="rId17696997a9fd5f322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DMPD/20203227937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3923,51 +3923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4925. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11066960472bbd4db" w:history="1">
+      <w:hyperlink r:id="rId22936997a9fd5f54e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4013,120 +4013,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 470–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19776960472bbd56a" w:history="1">
+      <w:hyperlink r:id="rId11446997a9fd5f6c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1988) EPPO Global Database Reporting Service no. 02 1988 Num. article: 1988/01 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37926960472bbd59c" w:history="1">
+      <w:hyperlink r:id="rId98516997a9fd5f6fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30976960472bbd5da" w:history="1">
+      <w:hyperlink r:id="rId40146997a9fd5f7a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4141,51 +4141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38056960472bbd636" w:history="1">
+      <w:hyperlink r:id="rId89236997a9fd5f902" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HYPOMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4200,90 +4200,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eriksson OE (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checklist of the non-lichenized ascomycetes of Sweden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). Acta Universitatis Upsaliensis, 499 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48716960472bbd694" w:history="1">
+      <w:hyperlink r:id="rId43006997a9fd5f97a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81276960472bbd6d4" w:history="1">
+      <w:hyperlink r:id="rId23746997a9fd5f9c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4298,72 +4298,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF.org (Global Biodiversity Information Facility) (2022) GBIF Occurrence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wahlenb.) J.D. Rogers &amp; Y.M. Ju. Download </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19616960472bbd742" w:history="1">
+      <w:hyperlink r:id="rId56366997a9fd5fd3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/dl.w8vdpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66576960472bbd762" w:history="1">
+      <w:hyperlink r:id="rId99216997a9fd5fd76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2576553</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4456,51 +4456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77–160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97936960472bbd83e" w:history="1">
+      <w:hyperlink r:id="rId82936997a9fd5ff8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-019-00433-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 766–774. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52696960472bbd90b" w:history="1">
+      <w:hyperlink r:id="rId72126997a9fd6008e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756204000334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4674,51 +4674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 263–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52576960472bbd999" w:history="1">
+      <w:hyperlink r:id="rId41736997a9fd60157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10342-019-01165-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NBN Atlas (2022) National Biodiversity Network: Fungal Records Database of Britain and Ireland for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. British Mycological Society Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59286960472bbda83" w:history="1">
+      <w:hyperlink r:id="rId28606997a9fd602ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://species.nbnatlas.org/species/BMSSYS0000006456#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">257</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 390–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73676960472bbdb3d" w:history="1">
+      <w:hyperlink r:id="rId98416997a9fd605d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2008.09.053</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5301,51 +5301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 14435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62206960472bbddee" w:history="1">
+      <w:hyperlink r:id="rId18506997a9fd60908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nature.com/articles/ncomms14435</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5409,51 +5409,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–24.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stener LG (2010) Tillväxt, vitalitet och densitet för kloner av hybridasp och poppel i sydsvenska fältförsök [Growth, vitality and density of hybrid aspen and poplar clones from field trials in Southern Sweden]. Arbetsrapport 717, Skogforsk, Sweden. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63986960472bbdea0" w:history="1">
+      <w:hyperlink r:id="rId63676997a9fd609c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5528,51 +5528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70226960472bbdf67" w:history="1">
+      <w:hyperlink r:id="rId56796997a9fd60a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5763,81 +5763,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80656960472bbe0da" w:history="1">
+      <w:hyperlink r:id="rId22896997a9fd60c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68444028" name="name79006960472bbe145" descr="eu_funding_250.png"/>
+            <wp:docPr id="28640237" name="name26846997a9fd60caa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96806960472bbe144" cstate="print"/>
+                    <a:blip r:embed="rId19546997a9fd60ca9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5935,137 +5935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11872670">
+  <w:abstractNum w:abstractNumId="81224033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55751256">
+    <w:lvl w:ilvl="0" w:tplc="24413982">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55751256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24413982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11872669">
+  <w:abstractNum w:abstractNumId="81224032">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88355688">
+    <w:lvl w:ilvl="0" w:tplc="81840593">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6817,55 +6817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11872669">
-    <w:abstractNumId w:val="11872669"/>
+  <w:num w:numId="81224032">
+    <w:abstractNumId w:val="81224032"/>
   </w:num>
-  <w:num w:numId="11872670">
-    <w:abstractNumId w:val="11872670"/>
+  <w:num w:numId="81224033">
+    <w:abstractNumId w:val="81224033"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18415,51 +18415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401125833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550043361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId79246960472bbb04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId90146960472bbb0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId77596960472bbb2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId96646960472bbd423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId11066960472bbd4db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId19776960472bbd56a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId37926960472bbd59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId30976960472bbd5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId38056960472bbd636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId48716960472bbd694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId81276960472bbd6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId19616960472bbd742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId66576960472bbd762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId97936960472bbd83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId52696960472bbd90b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId52576960472bbd999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId59286960472bbda83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId73676960472bbdb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId62206960472bbddee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId63986960472bbdea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId70226960472bbdf67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80656960472bbe0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId53856960472bbb17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53856960472bbb17a.jpg"/><Relationship Id="rId95776960472bbc654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95776960472bbc654.jpg"/><Relationship Id="rId96806960472bbe144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96806960472bbe144.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256060281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107482049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40806997a9fd5c489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId37746997a9fd5c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId52046997a9fd5c801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId17696997a9fd5f322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId22936997a9fd5f54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId11446997a9fd5f6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId98516997a9fd5f6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId40146997a9fd5f7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId89236997a9fd5f902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId43006997a9fd5f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId23746997a9fd5f9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId56366997a9fd5fd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId99216997a9fd5fd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId82936997a9fd5ff8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId72126997a9fd6008e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId41736997a9fd60157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId28606997a9fd602ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId98416997a9fd605d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId18506997a9fd60908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId63676997a9fd609c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId56796997a9fd60a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22896997a9fd60c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId68276997a9fd5c60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68276997a9fd5c60b.jpg"/><Relationship Id="rId27176997a9fd5db95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27176997a9fd5db95.jpg"/><Relationship Id="rId19546997a9fd60ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19546997a9fd60ca9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>