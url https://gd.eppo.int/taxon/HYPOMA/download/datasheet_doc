--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -402,51 +402,51 @@
               <w:t xml:space="preserve"> Klotzsch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> canker of aspen, canker of poplar, hypoxylon canker of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40806997a9fd5c489" w:history="1">
+            <w:hyperlink r:id="rId839669b2283e6d32d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -462,51 +462,51 @@
               <w:t xml:space="preserve"> A1/A2 (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37746997a9fd5c4f5" w:history="1">
+            <w:hyperlink r:id="rId694569b2283e6d399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -520,86 +520,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HYPOMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42619789" name="name40156997a9fd5c60d" descr="2829.jpg"/>
+                  <wp:docPr id="88171220" name="name219269b2283e6d9f1" descr="2829.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2829.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId68276997a9fd5c60b" cstate="print"/>
+                          <a:blip r:embed="rId937569b2283e6d9ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52046997a9fd5c801" w:history="1">
+            <w:hyperlink r:id="rId716369b2283e6dada" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1927,63 +1927,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50814121" name="name43916997a9fd5db98" descr="HYPOMA_distribution_map.jpg"/>
+            <wp:docPr id="5869533" name="name882469b2283e6ec74" descr="HYPOMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HYPOMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27176997a9fd5db95" cstate="print"/>
+                    <a:blip r:embed="rId452369b2283e6ec71" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3815,51 +3815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Distribution Maps of Plant Diseases. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17696997a9fd5f322" w:history="1">
+      <w:hyperlink r:id="rId633469b2283e6fa44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/DMPD/20203227937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3923,51 +3923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 4925. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22936997a9fd5f54e" w:history="1">
+      <w:hyperlink r:id="rId561769b2283e6fb08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.4925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4013,120 +4013,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 470–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11446997a9fd5f6c2" w:history="1">
+      <w:hyperlink r:id="rId984069b2283e6fbe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12414</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (1988) EPPO Global Database Reporting Service no. 02 1988 Num. article: 1988/01 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98516997a9fd5f6fe" w:history="1">
+      <w:hyperlink r:id="rId557269b2283e6fc1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-5677</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) EPPO Global Database page on EPPO A1 and A2 lists of pests recommended for regulation as quarantine pests. PM 1/002(30). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40146997a9fd5f7a0" w:history="1">
+      <w:hyperlink r:id="rId628869b2283e6fc5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM1/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4141,51 +4141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) EPPO Global Database page on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89236997a9fd5f902" w:history="1">
+      <w:hyperlink r:id="rId146769b2283e6fcb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HYPOMA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4200,90 +4200,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eriksson OE (2014) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Checklist of the non-lichenized ascomycetes of Sweden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2nd ed.). Acta Universitatis Upsaliensis, 499 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43006997a9fd5f97a" w:history="1">
+      <w:hyperlink r:id="rId151069b2283e6fd5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23746997a9fd5f9c0" w:history="1">
+      <w:hyperlink r:id="rId994969b2283e6fda1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4298,72 +4298,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GBIF.org (Global Biodiversity Information Facility) (2022) GBIF Occurrence of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Wahlenb.) J.D. Rogers &amp; Y.M. Ju. Download </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56366997a9fd5fd3a" w:history="1">
+      <w:hyperlink r:id="rId814369b2283e6fe1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.15468/dl.w8vdpk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99216997a9fd5fd76" w:history="1">
+      <w:hyperlink r:id="rId363069b2283e6fe3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gbif.org/species/2576553</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4456,51 +4456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77–160. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82936997a9fd5ff8a" w:history="1">
+      <w:hyperlink r:id="rId784769b2283e6ff1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-019-00433-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 766–774. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72126997a9fd6008e" w:history="1">
+      <w:hyperlink r:id="rId548669b2283e6ffed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756204000334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4674,51 +4674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 263–274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41736997a9fd60157" w:history="1">
+      <w:hyperlink r:id="rId254369b2283e7007d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10342-019-01165-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4820,51 +4820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NBN Atlas (2022) National Biodiversity Network: Fungal Records Database of Britain and Ireland for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. British Mycological Society Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28606997a9fd602ea" w:history="1">
+      <w:hyperlink r:id="rId540769b2283e70168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://species.nbnatlas.org/species/BMSSYS0000006456#</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4939,51 +4939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">257</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 390–400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98416997a9fd605d0" w:history="1">
+      <w:hyperlink r:id="rId910569b2283e70222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2008.09.053</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5301,51 +5301,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 14435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18506997a9fd60908" w:history="1">
+      <w:hyperlink r:id="rId115569b2283e7045d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nature.com/articles/ncomms14435</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5409,51 +5409,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13–24.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stener LG (2010) Tillväxt, vitalitet och densitet för kloner av hybridasp och poppel i sydsvenska fältförsök [Growth, vitality and density of hybrid aspen and poplar clones from field trials in Southern Sweden]. Arbetsrapport 717, Skogforsk, Sweden. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63676997a9fd609c1" w:history="1">
+      <w:hyperlink r:id="rId150669b2283e70524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Feb 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5528,51 +5528,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entoleuca mammata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56796997a9fd60a93" w:history="1">
+      <w:hyperlink r:id="rId925569b2283e705ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5763,81 +5763,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22896997a9fd60c2f" w:history="1">
+      <w:hyperlink r:id="rId128169b2283e7076a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28640237" name="name26846997a9fd60caa" descr="eu_funding_250.png"/>
+            <wp:docPr id="59572042" name="name937369b2283e70a1b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19546997a9fd60ca9" cstate="print"/>
+                    <a:blip r:embed="rId296169b2283e70a1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5935,137 +5935,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81224033">
+  <w:abstractNum w:abstractNumId="37801327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24413982">
+    <w:lvl w:ilvl="0" w:tplc="51966014">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24413982" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51966014" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81224032">
+  <w:abstractNum w:abstractNumId="37801326">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81840593">
+    <w:lvl w:ilvl="0" w:tplc="80453865">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6817,55 +6817,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81224032">
-    <w:abstractNumId w:val="81224032"/>
+  <w:num w:numId="37801326">
+    <w:abstractNumId w:val="37801326"/>
   </w:num>
-  <w:num w:numId="81224033">
-    <w:abstractNumId w:val="81224033"/>
+  <w:num w:numId="37801327">
+    <w:abstractNumId w:val="37801327"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18415,51 +18415,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256060281" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107482049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40806997a9fd5c489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId37746997a9fd5c4f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId52046997a9fd5c801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId17696997a9fd5f322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId22936997a9fd5f54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId11446997a9fd5f6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId98516997a9fd5f6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId40146997a9fd5f7a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId89236997a9fd5f902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId43006997a9fd5f97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId23746997a9fd5f9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId56366997a9fd5fd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId99216997a9fd5fd76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId82936997a9fd5ff8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId72126997a9fd6008e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId41736997a9fd60157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId28606997a9fd602ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId98416997a9fd605d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId18506997a9fd60908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId63676997a9fd609c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId56796997a9fd60a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22896997a9fd60c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId68276997a9fd5c60b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68276997a9fd5c60b.jpg"/><Relationship Id="rId27176997a9fd5db95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27176997a9fd5db95.jpg"/><Relationship Id="rId19546997a9fd60ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19546997a9fd60ca9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636945721" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId392916526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId839669b2283e6d32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/" TargetMode="External"/><Relationship Id="rId694569b2283e6d399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/categorization" TargetMode="External"/><Relationship Id="rId716369b2283e6dada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA/photos" TargetMode="External"/><Relationship Id="rId633469b2283e6fa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/DMPD/20203227937" TargetMode="External"/><Relationship Id="rId561769b2283e6fb08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.4925" TargetMode="External"/><Relationship Id="rId984069b2283e6fbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12414" TargetMode="External"/><Relationship Id="rId557269b2283e6fc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-5677" TargetMode="External"/><Relationship Id="rId628869b2283e6fc5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM1/" TargetMode="External"/><Relationship Id="rId146769b2283e6fcb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HYPOMA" TargetMode="External"/><Relationship Id="rId151069b2283e6fd5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://urn.kb.se/resolve?urn=urn:nbn:se:uu:diva-228443" TargetMode="External"/><Relationship Id="rId994969b2283e6fda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId814369b2283e6fe1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15468/dl.w8vdpk" TargetMode="External"/><Relationship Id="rId363069b2283e6fe3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gbif.org/species/2576553" TargetMode="External"/><Relationship Id="rId784769b2283e6ff1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-019-00433-6" TargetMode="External"/><Relationship Id="rId548669b2283e6ffed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756204000334" TargetMode="External"/><Relationship Id="rId254369b2283e7007d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10342-019-01165-7" TargetMode="External"/><Relationship Id="rId540769b2283e70168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://species.nbnatlas.org/species/BMSSYS0000006456" TargetMode="External"/><Relationship Id="rId910569b2283e70222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2008.09.053" TargetMode="External"/><Relationship Id="rId115569b2283e7045d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/articles/ncomms14435" TargetMode="External"/><Relationship Id="rId150669b2283e70524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skogforsk.se/cd_20190114162830/contentassets/bdd944d7edd04630b86d97d6fd172009/arbetsrapport-988-2018.pdf" TargetMode="External"/><Relationship Id="rId925569b2283e705ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId128169b2283e7076a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1983.tb01719.x" TargetMode="External"/><Relationship Id="rId937569b2283e6d9ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937569b2283e6d9ef.jpg"/><Relationship Id="rId452369b2283e6ec71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452369b2283e6ec71.jpg"/><Relationship Id="rId296169b2283e70a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296169b2283e70a1a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>