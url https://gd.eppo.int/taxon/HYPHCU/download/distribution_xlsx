--- v0 (2025-10-12)
+++ v1 (2026-02-21)
@@ -587,51 +587,51 @@
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>