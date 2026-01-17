--- v0 (2025-10-08)
+++ v1 (2026-01-17)
@@ -647,60 +647,60 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...8 lines deleted...]
-    <t>sb</t>
+    <t>Far East</t>
+  </si>
+  <si>
+    <t>fe</t>
+  </si>
+  <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>