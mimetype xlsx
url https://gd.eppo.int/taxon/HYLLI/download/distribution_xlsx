--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -629,51 +629,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>