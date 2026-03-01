--- v0 (2025-10-07)
+++ v1 (2026-03-01)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HYESS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Hydrangea)</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae (as Hydrangea)</t>
   </si>
   <si>
     <t>* Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Kazinczi G, Horvath J, Takacs A (2007) Tospoviruses on Ornamentals. Plant viruses 1(29), 142-162.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Hydrangea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Hong JC, Norman DJ, Reed DL, Momol MT and Jones JB (2012) Diversity among Ralstonia  solanacearum  strains  isolated  from  the  southeastern United States. Phytopathology 102:924-936.; Ji et al. (2007)</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis (as Hydrangea)</t>
   </si>
   <si>
     <t>* Dickey AM, Kumar V, Hoddle MS, Funderburk JE, Morgan JK, Jara-Cavieres A, Shatters RG, Osborne LS, McKenzie CL (2015) The Scirtothrips dorsalis species complex: endemism and invasion in a global pest. PLoS One, 10(4):e0123747. https://doi.org/10.1371/journal.pone.0123747
 * Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
@@ -436,61 +446,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -529,79 +539,93 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
         <v>21</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
         <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">