--- v0 (2025-10-30)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HYEMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
@@ -140,50 +140,60 @@
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHYTHD</t>
   </si>
   <si>
     <t>Phytophthora hedraiandra</t>
   </si>
   <si>
     <t>* Yosilia R, Morishima M, Hieno A, Suga H, Kageyama K (2020) First report of stem rot on hydrangea caused by Phytophthora hedraiandra in Japan. Journal of General Plant Pathology 86, 507–512.
 -------- Causing stem rot on glasshouse Hydrangea macrophylla in Tochigi Prefecture (Honshu).</t>
   </si>
   <si>
     <t>POCZCH</t>
   </si>
   <si>
     <t>Pochazia chinensis</t>
   </si>
   <si>
     <t>* Lee H, Lee GS, Li Y, Lee W (2024) Resolving taxonomic confusion of Pochazia shantungensis (Hemiptera: Fulgoromorpha: Ricaniidae) from South Korea, with one new species. Journal of Asia-Pacific Entomology 27(2), 102248.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Hydrangea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Ji P, Allen C, Sanchez Perez A, Yao J, Elphinstone JG, Jones JB and Momol MT (2007) New diversity of Ralstonia solanacearum strains associated with vegetable and ornamental crops in Florida. Plant Disease 91:195-203.</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
@@ -565,61 +575,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -796,145 +806,159 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" t="s">
         <v>46</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>50</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" t="s">
         <v>57</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>58</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>59</v>
       </c>
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>62</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B23" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
         <v>60</v>
       </c>
-      <c r="C23" t="s">
+      <c r="B24" t="s">
         <v>63</v>
       </c>
-      <c r="D23" t="s">
-        <v>64</v>
+      <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">