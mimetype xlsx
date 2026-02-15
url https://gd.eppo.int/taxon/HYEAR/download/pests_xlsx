--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HYEAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Tuttle DM, Baker EW, Abbatiello M (1976) Spider mites of Mexico (Acarina : Tetranychidae). International Journal of Acarology, 2: 1-102.</t>
   </si>
   <si>
@@ -72,50 +72,59 @@
     <t>Nepovirus nicotianae (as Hydrangea)</t>
   </si>
   <si>
     <t>* Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis (as Hydrangea)</t>
   </si>
   <si>
     <t>* Dickey AM, Kumar V, Hoddle MS, Funderburk JE, Morgan JK, Jara-Cavieres A, Shatters RG, Osborne LS, McKenzie CL (2015) The Scirtothrips dorsalis species complex: endemism and invasion in a global pest. PLoS One, 10(4):e0123747. https://doi.org/10.1371/journal.pone.0123747
 * Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- host of East Asia 1 species.</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Baumann MM,  Kiambi RG, Lockhart BE (2020) Lady’s Slipper Orchid and Hydrangea: new ornamental hosts of Tobacco Rattle Virus (TRV) in Minnesota. Plant Health Progress 2020 21:1, 19-20. https://doi.org/10.1094/PHP-05-19-0034-BR
 ------- Confirmed host.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>THRISE</t>
   </si>
   <si>
     <t>Thrips setosus (as Hydrangea)</t>
   </si>
   <si>
     <t>* Balmes V, Bout A, Reynaud P (2018) Une nouvelle espèce invasive en France : Thrips setosus Moulton, 1928 (Thysanoptera, Thripidae). Bulletin de la Société entomologique de France, 123 (3), 2018 : 301-311. https://doi.org/10.32475/bsef_2029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -431,51 +440,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -529,60 +538,74 @@
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
         <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">