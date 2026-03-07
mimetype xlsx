--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HYEAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Tuttle DM, Baker EW, Abbatiello M (1976) Spider mites of Mexico (Acarina : Tetranychidae). International Journal of Acarology, 2: 1-102.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Hydrangea)</t>
   </si>
   <si>
     <t>TRSV00</t>
   </si>
   <si>
     <t>Nepovirus nicotianae (as Hydrangea)</t>
   </si>
   <si>
     <t>* Schoen R, de Krom CE, Westenberg M, Botermans M, van Bruggen AS, Meekes ET, Didden L, Hooftman M, Roenhorst JW (2024) Findings of tobacco ringspot virus in ornamentals in the Netherlands from 1997 to 2020 indicate a need for evaluation of its European Union quarantine status. European Journal of Plant Pathology. (early view) https://doi.org/10.1007/s10658-024-02957-3.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Hydrangea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis (as Hydrangea)</t>
   </si>
   <si>
     <t>* Dickey AM, Kumar V, Hoddle MS, Funderburk JE, Morgan JK, Jara-Cavieres A, Shatters RG, Osborne LS, McKenzie CL (2015) The Scirtothrips dorsalis species complex: endemism and invasion in a global pest. PLoS One, 10(4):e0123747. https://doi.org/10.1371/journal.pone.0123747
 * Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- host of East Asia 1 species.</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Baumann MM,  Kiambi RG, Lockhart BE (2020) Lady’s Slipper Orchid and Hydrangea: new ornamental hosts of Tobacco Rattle Virus (TRV) in Minnesota. Plant Health Progress 2020 21:1, 19-20. https://doi.org/10.1094/PHP-05-19-0034-BR
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>VSD000</t>
   </si>
@@ -440,61 +450,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="439.893" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -552,60 +562,74 @@
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
         <v>22</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
         <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">