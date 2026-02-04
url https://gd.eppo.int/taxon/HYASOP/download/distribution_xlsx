--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -116,51 +116,51 @@
   <si>
     <t>ut</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
 </sst>
 </file>
 