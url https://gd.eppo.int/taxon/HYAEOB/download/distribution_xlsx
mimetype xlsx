--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -155,51 +155,51 @@
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>