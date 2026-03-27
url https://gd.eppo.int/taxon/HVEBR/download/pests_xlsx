--- v0 (2025-10-13)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HVEBR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi (as Hevea)</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
   </si>
   <si>
@@ -171,50 +171,59 @@
   </si>
   <si>
     <t>Pospiviroid fusituberis</t>
   </si>
   <si>
     <t>* Kumar A, Pandey DM, Abraham T, Mathew J, Jyothsna P, Ramachandran P, Malathi VG (2015) Molecular characterization of viroid associated with tapping panel dryness syndrome of Hevea brasiliensis from India. Current Science 108, 1520-1527.
 * Ramachandran P, Francis L, Mathur S, Varma A, Mathew J, Mathew NM, Sethurajm MR (2000) Evidence for association of a low molecular weight RNA with tapping panel dryness syndrome of rubber. Plant Disease 84, 1155.</t>
   </si>
   <si>
     <t>PSDTDE</t>
   </si>
   <si>
     <t>Pseudotheraptus devastans</t>
   </si>
   <si>
     <t>PSDMS1</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 1 (no longer in use)</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>SLENRU</t>
+  </si>
+  <si>
+    <t>Selenothrips rubrocinctus</t>
+  </si>
+  <si>
+    <t>* Babu A, Thattanteparambil R, Babu A, Deka B, Bharathi NS (2025) Thysanoptera Associated with Plantation Crops. Indian Journal of Entomology. 87(Special Issue (December), 150-157. https://doi.org/10.55446/IJE.2025.3390</t>
   </si>
   <si>
     <t>SINOCO</t>
   </si>
   <si>
     <t>Sinoxylon unidentatum</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Feria NJ &amp; Moraes GJ (2002) Ácaros (Arachnida, Acari) da seringueira (Hevea brasiliensis Muell. Arg.) no Estado do Mato Grosso, Brasil. Revista Brasileira de Zoologia, v.19, n.3, p.867 - 888. Ácaros (Arachnida, Acari) da seringueira (Hevea brasiliensis Muell. Arg.) no Estado do Mato Grosso, Brasil. &lt;http://www.scielo.br/pdf/rbzool/v19n3/v19n3a25.pdf&gt;
 ------- confirmed host
@@ -604,51 +613,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -886,179 +895,193 @@
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C22" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>55</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>56</v>
       </c>
       <c r="C23" t="s">
         <v>57</v>
       </c>
       <c r="D23" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>65</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>66</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>70</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>4</v>
+      </c>
+      <c r="B29" t="s">
         <v>71</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>72</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>73</v>
       </c>
-      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31"/>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>74</v>
+      </c>
+      <c r="B32" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>