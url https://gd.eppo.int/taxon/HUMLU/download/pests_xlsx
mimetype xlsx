--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HUMLU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t>* D’Urso V , Uliana M (2006) Acanalonia conica (Hemiptera, Fulgoromorpha, Acanaloniidae), a nearctic species recently introduced in Europe. Deutsche Entomologische Zeitschrift, 53(1), 103–107.</t>
   </si>
   <si>
@@ -78,50 +78,53 @@
   <si>
     <t>Epiphyas postvittana</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea</t>
   </si>
   <si>
     <t>APMV00</t>
   </si>
   <si>
     <t>Ilarvirus ApMV</t>
   </si>
   <si>
+    <t>* Pethybridge SJ, Hay FS, Barbara DJ, Eastwell KC, Wilson CR (2008) Viruses and viroids infecting hop: Significance, epidemiology, and management. Plant Disease 92(3), 324-338.</t>
+  </si>
+  <si>
     <t>PNRSV0</t>
   </si>
   <si>
     <t>Ilarvirus PNRSV</t>
   </si>
   <si>
     <t>* Németh MA (1986) Virus, mycoplasma and rickettsia diseases of fruit trees. Akadémiai Kiado, Budapest, 841 pp.</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
   </si>
   <si>
     <t>* Barringer L, Ciafré CM (2020) Worldwide feeding host plants of spotted lanternfly, with significant additions from North America. Environmental Entomology 49(5), 999–1011.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
@@ -154,50 +157,74 @@
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PVX000</t>
   </si>
   <si>
     <t>Potexvirus ecspotati</t>
   </si>
   <si>
     <t>VERTNO</t>
   </si>
   <si>
     <t>Verticillium nonalfalfae</t>
   </si>
   <si>
     <t xml:space="preserve">* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA </t>
   </si>
   <si>
     <t>Major host</t>
+  </si>
+  <si>
+    <t>AHLV00</t>
+  </si>
+  <si>
+    <t>Carlavirus americanense</t>
+  </si>
+  <si>
+    <t>HPMV00</t>
+  </si>
+  <si>
+    <t>Carlavirus humuli</t>
+  </si>
+  <si>
+    <t>HPLV00</t>
+  </si>
+  <si>
+    <t>Carlavirus latenshumuli</t>
+  </si>
+  <si>
+    <t>HLVD00</t>
+  </si>
+  <si>
+    <t>Cocadviroid latenshumuli</t>
   </si>
   <si>
     <t>CBCVD0</t>
   </si>
   <si>
     <t>Cocadviroid rimocitri</t>
   </si>
   <si>
     <t>* Jakse J, Radisek S, Pokorn T, Matousek J, Javornik B (2015) Deep-sequencing revealed Citrus bark cracking viroid (CBCVd) as a highly aggressive pathogen on hop. Plant Patholology, 64: 831–842. doi:10.1111/ppa.1232
 ------- Confirmed host. In Slovenia (Savinja Valley).</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Guo L, Liu S, Wu Z, Mu L, Xiang B, Li S (2008) Hop stunt viroid (HSVd) newly reported from hop in Xinjiang, China. Plant Pathology 57(4), p 764.
 * Marquez‐Molins J, Gomez G, Pallas V (2020) Hop stunt viroid: A polyphagous pathogenic RNA that has shed light on viroid–host interactions. Molecular Plant Pathology. https://doi.org/10.1111/mpp.13022
 * Radisek S, Majer A, Jakse J, Javornik B, Matoušek J (2012) First report of Hop stunt viroid infecting hop in Slovenia. Plant Disease 96(4), p 592.
 * Sasaki M, Shikata E (1977) On some properties of hop stunt disease agent, a viroid. Proceedings of the Japan Academy. Series B, Physical and Biological Sciences, 53, 109–112.</t>
   </si>
   <si>
     <t>ARMV00</t>
@@ -545,51 +572,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="471.742" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -649,240 +676,300 @@
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" t="s">
         <v>51</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
         <v>53</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">