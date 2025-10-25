--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811168e0e7dfb4827" w:history="1">
+            <w:hyperlink r:id="rId350268fc44aa9b049" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382868e0e7dfb488e" w:history="1">
+            <w:hyperlink r:id="rId299668fc44aa9b0b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37743265" name="name499668e0e7dfb4957" descr="3412.jpg"/>
+                  <wp:docPr id="7577263" name="name414368fc44aa9b17d" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId915468e0e7dfb4956" cstate="print"/>
+                          <a:blip r:embed="rId957968fc44aa9b17c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId260568e0e7dfb4a76" w:history="1">
+            <w:hyperlink r:id="rId941868fc44aa9b280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34222183" name="name913668e0e7dfb5e9c" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="85367148" name="name470268fc44aa9d3c6" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId935368e0e7dfb5e98" cstate="print"/>
+                    <a:blip r:embed="rId470168fc44aa9d3be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702268e0e7dfb7aff" w:history="1">
+      <w:hyperlink r:id="rId271668fc44aa9eca0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812468e0e7dfb7ea4" w:history="1">
+      <w:hyperlink r:id="rId246568fc44aa9ef59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806968e0e7dfb7fed" w:history="1">
+      <w:hyperlink r:id="rId821168fc44aa9f070" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515568e0e7dfb824a" w:history="1">
+      <w:hyperlink r:id="rId176168fc44aa9f2cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572368e0e7dfb835c" w:history="1">
+      <w:hyperlink r:id="rId910268fc44aa9f3de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295568e0e7dfb8900" w:history="1">
+      <w:hyperlink r:id="rId971368fc44aa9f835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748368e0e7dfb89d3" w:history="1">
+      <w:hyperlink r:id="rId939068fc44aa9f8fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85113105">
+  <w:abstractNum w:abstractNumId="97677981">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79690490">
+    <w:lvl w:ilvl="0" w:tplc="65616885">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79690490" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65616885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85113104">
+  <w:abstractNum w:abstractNumId="97677980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80620904">
+    <w:lvl w:ilvl="0" w:tplc="94703371">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85113104">
-    <w:abstractNumId w:val="85113104"/>
+  <w:num w:numId="97677980">
+    <w:abstractNumId w:val="97677980"/>
   </w:num>
-  <w:num w:numId="85113105">
-    <w:abstractNumId w:val="85113105"/>
+  <w:num w:numId="97677981">
+    <w:abstractNumId w:val="97677981"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId389684359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId675739240" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId811168e0e7dfb4827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId382868e0e7dfb488e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId260568e0e7dfb4a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId702268e0e7dfb7aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId812468e0e7dfb7ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId806968e0e7dfb7fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId515568e0e7dfb824a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId572368e0e7dfb835c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId295568e0e7dfb8900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId748368e0e7dfb89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId915468e0e7dfb4956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915468e0e7dfb4956.jpg"/><Relationship Id="rId935368e0e7dfb5e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId935368e0e7dfb5e98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254606755" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654530179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId350268fc44aa9b049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId299668fc44aa9b0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId941868fc44aa9b280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId271668fc44aa9eca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId246568fc44aa9ef59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId821168fc44aa9f070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId176168fc44aa9f2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId910268fc44aa9f3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId971368fc44aa9f835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId939068fc44aa9f8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId957968fc44aa9b17c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId957968fc44aa9b17c.jpg"/><Relationship Id="rId470168fc44aa9d3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470168fc44aa9d3be.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>