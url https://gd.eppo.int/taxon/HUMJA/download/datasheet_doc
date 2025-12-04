--- v1 (2025-10-25)
+++ v2 (2025-12-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350268fc44aa9b049" w:history="1">
+            <w:hyperlink r:id="rId6203693150c90b90f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299668fc44aa9b0b4" w:history="1">
+            <w:hyperlink r:id="rId5350693150c90b978" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7577263" name="name414368fc44aa9b17d" descr="3412.jpg"/>
+                  <wp:docPr id="27610334" name="name1569693150c90ba68" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId957968fc44aa9b17c" cstate="print"/>
+                          <a:blip r:embed="rId5055693150c90ba67" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId941868fc44aa9b280" w:history="1">
+            <w:hyperlink r:id="rId6609693150c90bb8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85367148" name="name470268fc44aa9d3c6" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="60542255" name="name9986693150c90d517" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId470168fc44aa9d3be" cstate="print"/>
+                    <a:blip r:embed="rId1802693150c90d514" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271668fc44aa9eca0" w:history="1">
+      <w:hyperlink r:id="rId2869693150c90ea56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246568fc44aa9ef59" w:history="1">
+      <w:hyperlink r:id="rId8879693150c90ed38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821168fc44aa9f070" w:history="1">
+      <w:hyperlink r:id="rId4073693150c90ee5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId176168fc44aa9f2cd" w:history="1">
+      <w:hyperlink r:id="rId9133693150c90f0db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910268fc44aa9f3de" w:history="1">
+      <w:hyperlink r:id="rId7265693150c90f54f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971368fc44aa9f835" w:history="1">
+      <w:hyperlink r:id="rId8953693150c90fc8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939068fc44aa9f8fd" w:history="1">
+      <w:hyperlink r:id="rId9326693150c90fe6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97677981">
+  <w:abstractNum w:abstractNumId="73777943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65616885">
+    <w:lvl w:ilvl="0" w:tplc="95294807">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65616885" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95294807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97677980">
+  <w:abstractNum w:abstractNumId="73777942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94703371">
+    <w:lvl w:ilvl="0" w:tplc="68825934">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97677980">
-    <w:abstractNumId w:val="97677980"/>
+  <w:num w:numId="73777942">
+    <w:abstractNumId w:val="73777942"/>
   </w:num>
-  <w:num w:numId="97677981">
-    <w:abstractNumId w:val="97677981"/>
+  <w:num w:numId="73777943">
+    <w:abstractNumId w:val="73777943"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId254606755" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654530179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId350268fc44aa9b049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId299668fc44aa9b0b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId941868fc44aa9b280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId271668fc44aa9eca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId246568fc44aa9ef59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId821168fc44aa9f070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId176168fc44aa9f2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId910268fc44aa9f3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId971368fc44aa9f835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId939068fc44aa9f8fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId957968fc44aa9b17c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId957968fc44aa9b17c.jpg"/><Relationship Id="rId470168fc44aa9d3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470168fc44aa9d3be.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId511955296" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773135732" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6203693150c90b90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId5350693150c90b978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId6609693150c90bb8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId2869693150c90ea56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId8879693150c90ed38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId4073693150c90ee5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId9133693150c90f0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId7265693150c90f54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId8953693150c90fc8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9326693150c90fe6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId5055693150c90ba67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5055693150c90ba67.jpg"/><Relationship Id="rId1802693150c90d514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1802693150c90d514.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>