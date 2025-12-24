--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6203693150c90b90f" w:history="1">
+            <w:hyperlink r:id="rId7403694bf17075e38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5350693150c90b978" w:history="1">
+            <w:hyperlink r:id="rId8560694bf17075e9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27610334" name="name1569693150c90ba68" descr="3412.jpg"/>
+                  <wp:docPr id="88764939" name="name6399694bf1707646c" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5055693150c90ba67" cstate="print"/>
+                          <a:blip r:embed="rId2007694bf1707646b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6609693150c90bb8e" w:history="1">
+            <w:hyperlink r:id="rId2826694bf17076547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60542255" name="name9986693150c90d517" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="49228173" name="name8852694bf17077333" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1802693150c90d514" cstate="print"/>
+                    <a:blip r:embed="rId5905694bf17077331" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2869693150c90ea56" w:history="1">
+      <w:hyperlink r:id="rId6832694bf17078678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8879693150c90ed38" w:history="1">
+      <w:hyperlink r:id="rId2932694bf17078983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4073693150c90ee5b" w:history="1">
+      <w:hyperlink r:id="rId4226694bf17078d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9133693150c90f0db" w:history="1">
+      <w:hyperlink r:id="rId7026694bf170790f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7265693150c90f54f" w:history="1">
+      <w:hyperlink r:id="rId5920694bf170792ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8953693150c90fc8a" w:history="1">
+      <w:hyperlink r:id="rId5314694bf1707980e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9326693150c90fe6d" w:history="1">
+      <w:hyperlink r:id="rId7661694bf1707990f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73777943">
+  <w:abstractNum w:abstractNumId="39864052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95294807">
+    <w:lvl w:ilvl="0" w:tplc="92307631">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95294807" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92307631" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73777942">
+  <w:abstractNum w:abstractNumId="39864051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68825934">
+    <w:lvl w:ilvl="0" w:tplc="93298363">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73777942">
-    <w:abstractNumId w:val="73777942"/>
+  <w:num w:numId="39864051">
+    <w:abstractNumId w:val="39864051"/>
   </w:num>
-  <w:num w:numId="73777943">
-    <w:abstractNumId w:val="73777943"/>
+  <w:num w:numId="39864052">
+    <w:abstractNumId w:val="39864052"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId511955296" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773135732" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6203693150c90b90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId5350693150c90b978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId6609693150c90bb8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId2869693150c90ea56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId8879693150c90ed38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId4073693150c90ee5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId9133693150c90f0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId7265693150c90f54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId8953693150c90fc8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9326693150c90fe6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId5055693150c90ba67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5055693150c90ba67.jpg"/><Relationship Id="rId1802693150c90d514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1802693150c90d514.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187318163" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354966221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7403694bf17075e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId8560694bf17075e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId2826694bf17076547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId6832694bf17078678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId2932694bf17078983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId4226694bf17078d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId7026694bf170790f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId5920694bf170792ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId5314694bf1707980e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7661694bf1707990f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId2007694bf1707646b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2007694bf1707646b.jpg"/><Relationship Id="rId5905694bf17077331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5905694bf17077331.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>