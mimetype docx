--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7403694bf17075e38" w:history="1">
+            <w:hyperlink r:id="rId9321694c047cc8283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8560694bf17075e9e" w:history="1">
+            <w:hyperlink r:id="rId8442694c047cc82f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88764939" name="name6399694bf1707646c" descr="3412.jpg"/>
+                  <wp:docPr id="98043269" name="name8178694c047cc88ff" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2007694bf1707646b" cstate="print"/>
+                          <a:blip r:embed="rId3585694c047cc88fd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2826694bf17076547" w:history="1">
+            <w:hyperlink r:id="rId4524694c047cc89e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49228173" name="name8852694bf17077333" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="81999756" name="name6599694c047cc996f" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5905694bf17077331" cstate="print"/>
+                    <a:blip r:embed="rId1193694c047cc996d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6832694bf17078678" w:history="1">
+      <w:hyperlink r:id="rId5232694c047ccacd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2932694bf17078983" w:history="1">
+      <w:hyperlink r:id="rId5977694c047ccafa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4226694bf17078d39" w:history="1">
+      <w:hyperlink r:id="rId3116694c047ccb0c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7026694bf170790f9" w:history="1">
+      <w:hyperlink r:id="rId3887694c047ccb327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5920694bf170792ae" w:history="1">
+      <w:hyperlink r:id="rId5405694c047ccb49e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5314694bf1707980e" w:history="1">
+      <w:hyperlink r:id="rId8852694c047ccbd18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7661694bf1707990f" w:history="1">
+      <w:hyperlink r:id="rId3190694c047ccbe11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39864052">
+  <w:abstractNum w:abstractNumId="59245801">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92307631">
+    <w:lvl w:ilvl="0" w:tplc="51579565">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92307631" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51579565" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39864051">
+  <w:abstractNum w:abstractNumId="59245800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93298363">
+    <w:lvl w:ilvl="0" w:tplc="89981596">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39864051">
-    <w:abstractNumId w:val="39864051"/>
+  <w:num w:numId="59245800">
+    <w:abstractNumId w:val="59245800"/>
   </w:num>
-  <w:num w:numId="39864052">
-    <w:abstractNumId w:val="39864052"/>
+  <w:num w:numId="59245801">
+    <w:abstractNumId w:val="59245801"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187318163" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354966221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7403694bf17075e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId8560694bf17075e9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId2826694bf17076547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId6832694bf17078678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId2932694bf17078983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId4226694bf17078d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId7026694bf170790f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId5920694bf170792ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId5314694bf1707980e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7661694bf1707990f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId2007694bf1707646b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2007694bf1707646b.jpg"/><Relationship Id="rId5905694bf17077331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5905694bf17077331.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677626610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235180776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9321694c047cc8283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId8442694c047cc82f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId4524694c047cc89e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId5232694c047ccacd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId5977694c047ccafa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId3116694c047ccb0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId3887694c047ccb327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId5405694c047ccb49e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId8852694c047ccbd18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3190694c047ccbe11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId3585694c047cc88fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3585694c047cc88fd.jpg"/><Relationship Id="rId1193694c047cc996d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1193694c047cc996d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>