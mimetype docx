--- v4 (2025-12-24)
+++ v5 (2026-01-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9321694c047cc8283" w:history="1">
+            <w:hyperlink r:id="rId15966966ef7553f09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8442694c047cc82f4" w:history="1">
+            <w:hyperlink r:id="rId90676966ef7553f74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98043269" name="name8178694c047cc88ff" descr="3412.jpg"/>
+                  <wp:docPr id="79340779" name="name51846966ef75540a5" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3585694c047cc88fd" cstate="print"/>
+                          <a:blip r:embed="rId54836966ef75540a4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4524694c047cc89e2" w:history="1">
+            <w:hyperlink r:id="rId78796966ef7554213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81999756" name="name6599694c047cc996f" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="41337801" name="name35576966ef755567a" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1193694c047cc996d" cstate="print"/>
+                    <a:blip r:embed="rId54216966ef7555677" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5232694c047ccacd0" w:history="1">
+      <w:hyperlink r:id="rId97846966ef7557299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5977694c047ccafa4" w:history="1">
+      <w:hyperlink r:id="rId59996966ef75575fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3116694c047ccb0c2" w:history="1">
+      <w:hyperlink r:id="rId82016966ef7557741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3887694c047ccb327" w:history="1">
+      <w:hyperlink r:id="rId40136966ef75579f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5405694c047ccb49e" w:history="1">
+      <w:hyperlink r:id="rId18526966ef7557b20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5561,73 +5561,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8852694c047ccbd18" w:history="1">
+      <w:hyperlink r:id="rId42786966ef7557ff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3190694c047ccbe11" w:history="1">
+      <w:hyperlink r:id="rId11196966ef75580f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59245801">
+  <w:abstractNum w:abstractNumId="22599513">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51579565">
+    <w:lvl w:ilvl="0" w:tplc="12391024">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51579565" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12391024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59245800">
+  <w:abstractNum w:abstractNumId="22599512">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89981596">
+    <w:lvl w:ilvl="0" w:tplc="29579836">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59245800">
-    <w:abstractNumId w:val="59245800"/>
+  <w:num w:numId="22599512">
+    <w:abstractNumId w:val="22599512"/>
   </w:num>
-  <w:num w:numId="59245801">
-    <w:abstractNumId w:val="59245801"/>
+  <w:num w:numId="22599513">
+    <w:abstractNumId w:val="22599513"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677626610" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235180776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9321694c047cc8283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId8442694c047cc82f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId4524694c047cc89e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId5232694c047ccacd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId5977694c047ccafa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId3116694c047ccb0c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId3887694c047ccb327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId5405694c047ccb49e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId8852694c047ccbd18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3190694c047ccbe11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId3585694c047cc88fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3585694c047cc88fd.jpg"/><Relationship Id="rId1193694c047cc996d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1193694c047cc996d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594685222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId553248139" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15966966ef7553f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId90676966ef7553f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId78796966ef7554213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId97846966ef7557299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId59996966ef75575fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId82016966ef7557741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId40136966ef75579f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId18526966ef7557b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId42786966ef7557ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11196966ef75580f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId54836966ef75540a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54836966ef75540a4.jpg"/><Relationship Id="rId54216966ef7555677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54216966ef7555677.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>