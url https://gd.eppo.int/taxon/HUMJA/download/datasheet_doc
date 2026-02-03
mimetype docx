--- v5 (2026-01-14)
+++ v6 (2026-02-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15966966ef7553f09" w:history="1">
+            <w:hyperlink r:id="rId87856981f76fa74ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90676966ef7553f74" w:history="1">
+            <w:hyperlink r:id="rId31256981f76fa7533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79340779" name="name51846966ef75540a5" descr="3412.jpg"/>
+                  <wp:docPr id="70848565" name="name83876981f76fa7633" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54836966ef75540a4" cstate="print"/>
+                          <a:blip r:embed="rId36906981f76fa7632" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId78796966ef7554213" w:history="1">
+            <w:hyperlink r:id="rId90226981f76fa7755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,105 +962,105 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41337801" name="name35576966ef755567a" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="15635950" name="name11776981f76fa8b18" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54216966ef7555677" cstate="print"/>
+                    <a:blip r:embed="rId37596981f76fa8b15" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Czechia, France (mainland), Germany, Hungary, Italy (mainland), Romania, Russian Federation (the) (Far East), Serbia, Slovakia, Slovenia, Switzerland, Ukraine</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Czechia, France (mainland), Germany, Hungary, Italy (mainland), Romania, Russian Federation (Far East), Serbia, Slovakia, Slovenia, Switzerland, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Fujian, Guangdong, Guizhou, Hainan, Hebei, Heilongjiang, Henan, Jiangsu, Jiangxi, Jilin, Liaoning, Shaanxi, Shandong, Shanxi, Sichuan, Xizhang, Yunnan, Zhejiang), Japan (Hokkaido, Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Mongolia, Taiwan, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97846966ef7557299" w:history="1">
+      <w:hyperlink r:id="rId14816981f76fa9fe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59996966ef75575fd" w:history="1">
+      <w:hyperlink r:id="rId22686981f76faa2bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82016966ef7557741" w:history="1">
+      <w:hyperlink r:id="rId75096981f76faa3da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40136966ef75579f1" w:history="1">
+      <w:hyperlink r:id="rId31316981f76faa62b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18526966ef7557b20" w:history="1">
+      <w:hyperlink r:id="rId73916981f76faa738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42786966ef7557ff2" w:history="1">
+      <w:hyperlink r:id="rId61106981f76faab94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11196966ef75580f5" w:history="1">
+      <w:hyperlink r:id="rId57706981f76faac5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22599513">
+  <w:abstractNum w:abstractNumId="58072371">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12391024">
+    <w:lvl w:ilvl="0" w:tplc="81362690">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12391024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81362690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22599512">
+  <w:abstractNum w:abstractNumId="58072370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29579836">
+    <w:lvl w:ilvl="0" w:tplc="67052743">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22599512">
-    <w:abstractNumId w:val="22599512"/>
+  <w:num w:numId="58072370">
+    <w:abstractNumId w:val="58072370"/>
   </w:num>
-  <w:num w:numId="22599513">
-    <w:abstractNumId w:val="22599513"/>
+  <w:num w:numId="58072371">
+    <w:abstractNumId w:val="58072371"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594685222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId553248139" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15966966ef7553f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId90676966ef7553f74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId78796966ef7554213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId97846966ef7557299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId59996966ef75575fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId82016966ef7557741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId40136966ef75579f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId18526966ef7557b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId42786966ef7557ff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId11196966ef75580f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId54836966ef75540a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54836966ef75540a4.jpg"/><Relationship Id="rId54216966ef7555677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54216966ef7555677.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859861286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId728892457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87856981f76fa74ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId31256981f76fa7533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId90226981f76fa7755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId14816981f76fa9fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId22686981f76faa2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId75096981f76faa3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId31316981f76faa62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId73916981f76faa738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId61106981f76faab94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57706981f76faac5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId36906981f76fa7632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36906981f76fa7632.jpg"/><Relationship Id="rId37596981f76fa8b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37596981f76fa8b15.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>