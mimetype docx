--- v6 (2026-02-03)
+++ v7 (2026-02-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87856981f76fa74ca" w:history="1">
+            <w:hyperlink r:id="rId6079699ca6c5ae367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31256981f76fa7533" w:history="1">
+            <w:hyperlink r:id="rId7684699ca6c5ae3d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70848565" name="name83876981f76fa7633" descr="3412.jpg"/>
+                  <wp:docPr id="9981246" name="name7404699ca6c5aebcc" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36906981f76fa7632" cstate="print"/>
+                          <a:blip r:embed="rId3267699ca6c5aebca" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId90226981f76fa7755" w:history="1">
+            <w:hyperlink r:id="rId3300699ca6c5aed5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15635950" name="name11776981f76fa8b18" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="4539059" name="name9928699ca6c5b0041" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37596981f76fa8b15" cstate="print"/>
+                    <a:blip r:embed="rId7231699ca6c5b003f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14816981f76fa9fe4" w:history="1">
+      <w:hyperlink r:id="rId5315699ca6c5b141f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22686981f76faa2bf" w:history="1">
+      <w:hyperlink r:id="rId8735699ca6c5b16eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75096981f76faa3da" w:history="1">
+      <w:hyperlink r:id="rId5929699ca6c5b1802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31316981f76faa62b" w:history="1">
+      <w:hyperlink r:id="rId6465699ca6c5b1a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73916981f76faa738" w:history="1">
+      <w:hyperlink r:id="rId7118699ca6c5b1b4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61106981f76faab94" w:history="1">
+      <w:hyperlink r:id="rId7429699ca6c5b1fad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57706981f76faac5f" w:history="1">
+      <w:hyperlink r:id="rId3778699ca6c5b2074" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58072371">
+  <w:abstractNum w:abstractNumId="36010493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81362690">
+    <w:lvl w:ilvl="0" w:tplc="20259247">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81362690" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20259247" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58072370">
+  <w:abstractNum w:abstractNumId="36010492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67052743">
+    <w:lvl w:ilvl="0" w:tplc="11880403">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58072370">
-    <w:abstractNumId w:val="58072370"/>
+  <w:num w:numId="36010492">
+    <w:abstractNumId w:val="36010492"/>
   </w:num>
-  <w:num w:numId="58072371">
-    <w:abstractNumId w:val="58072371"/>
+  <w:num w:numId="36010493">
+    <w:abstractNumId w:val="36010493"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId859861286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId728892457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87856981f76fa74ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId31256981f76fa7533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId90226981f76fa7755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId14816981f76fa9fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId22686981f76faa2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId75096981f76faa3da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId31316981f76faa62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId73916981f76faa738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId61106981f76faab94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57706981f76faac5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId36906981f76fa7632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36906981f76fa7632.jpg"/><Relationship Id="rId37596981f76fa8b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37596981f76fa8b15.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId531140079" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715956323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6079699ca6c5ae367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId7684699ca6c5ae3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId3300699ca6c5aed5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId5315699ca6c5b141f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId8735699ca6c5b16eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId5929699ca6c5b1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId6465699ca6c5b1a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId7118699ca6c5b1b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId7429699ca6c5b1fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3778699ca6c5b2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId3267699ca6c5aebca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3267699ca6c5aebca.jpg"/><Relationship Id="rId7231699ca6c5b003f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7231699ca6c5b003f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>