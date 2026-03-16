--- v7 (2026-02-23)
+++ v8 (2026-03-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Siebold &amp; Zuccarini</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asian hop, Japanese hop (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6079699ca6c5ae367" w:history="1">
+            <w:hyperlink r:id="rId809369b7c52bc2695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7684699ca6c5ae3d1" w:history="1">
+            <w:hyperlink r:id="rId377669b7c52bc26fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HUMJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9981246" name="name7404699ca6c5aebcc" descr="3412.jpg"/>
+                  <wp:docPr id="36172695" name="name553869b7c52bc2c1a" descr="3412.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3412.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3267699ca6c5aebca" cstate="print"/>
+                          <a:blip r:embed="rId663469b7c52bc2c17" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3300699ca6c5aed5b" w:history="1">
+            <w:hyperlink r:id="rId858869b7c52bc2de4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -962,63 +962,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4539059" name="name9928699ca6c5b0041" descr="HUMJA_distribution_map.jpg"/>
+            <wp:docPr id="26349045" name="name228469b7c52bc41fc" descr="HUMJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HUMJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7231699ca6c5b003f" cstate="print"/>
+                    <a:blip r:embed="rId260269b7c52bc41f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3774,51 +3774,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arrigoni PV &amp; Viegi L (2011) La flora vascolare esotica spontaneizzata della Toscana. Regione Toscana, Firenze. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5315699ca6c5b141f" w:history="1">
+      <w:hyperlink r:id="rId749969b7c52bc6347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d 68a3f7?version=1.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 November 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8735699ca6c5b16eb" w:history="1">
+      <w:hyperlink r:id="rId856469b7c52bc683d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo. int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4376,51 +4376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPANE (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese hops). Invasive plant atlas of New England. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5929699ca6c5b1802" w:history="1">
+      <w:hyperlink r:id="rId865869b7c52bc695e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.invasive.org/weedcd/pdfs/ipane/ Humulusjaponicus.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 7 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4738,51 +4738,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 169–182. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NatureServe (2017) NatureServe Explorer: An online encyclopedia of life [web application]. Version 7.1. NatureServe, Arlington, Virginia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6465699ca6c5b1a46" w:history="1">
+      <w:hyperlink r:id="rId883769b7c52bc6bb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://explorer.natureserve.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">japonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Plant Conservation Alliances Alien Plant Working Group Weeds Gone Wild: Alien Plant Invaders of Natural Areas. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7118699ca6c5b1b4f" w:history="1">
+      <w:hyperlink r:id="rId241569b7c52bc6cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5583,51 +5583,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Humulus scandens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7429699ca6c5b1fad" w:history="1">
+      <w:hyperlink r:id="rId129369b7c52bc712f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5703,51 +5703,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 267-272. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3778699ca6c5b2074" w:history="1">
+      <w:hyperlink r:id="rId980469b7c52bc71fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12524</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5834,137 +5834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36010493">
+  <w:abstractNum w:abstractNumId="32096163">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20259247">
+    <w:lvl w:ilvl="0" w:tplc="32104071">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20259247" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32104071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36010492">
+  <w:abstractNum w:abstractNumId="32096162">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11880403">
+    <w:lvl w:ilvl="0" w:tplc="85177772">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6716,55 +6716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36010492">
-    <w:abstractNumId w:val="36010492"/>
+  <w:num w:numId="32096162">
+    <w:abstractNumId w:val="32096162"/>
   </w:num>
-  <w:num w:numId="36010493">
-    <w:abstractNumId w:val="36010493"/>
+  <w:num w:numId="32096163">
+    <w:abstractNumId w:val="32096163"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18314,51 +18314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId531140079" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715956323" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6079699ca6c5ae367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId7684699ca6c5ae3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId3300699ca6c5aed5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId5315699ca6c5b141f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId8735699ca6c5b16eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId5929699ca6c5b1802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId6465699ca6c5b1a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId7118699ca6c5b1b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId7429699ca6c5b1fad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3778699ca6c5b2074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId3267699ca6c5aebca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3267699ca6c5aebca.jpg"/><Relationship Id="rId7231699ca6c5b003f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7231699ca6c5b003f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId378575248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId911707514" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId809369b7c52bc2695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/" TargetMode="External"/><Relationship Id="rId377669b7c52bc26fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/categorization" TargetMode="External"/><Relationship Id="rId858869b7c52bc2de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HUMJA/photos" TargetMode="External"/><Relationship Id="rId749969b7c52bc6347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.regione.toscana.it/documents/10180/320308/La+flora+vascolare+esotica+spontaneizzata+della+Toscana/acd32225-2909-4d0b-a1ba-80f89d%2068a3f7?version=1.0" TargetMode="External"/><Relationship Id="rId856469b7c52bc683d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.%20int/" TargetMode="External"/><Relationship Id="rId865869b7c52bc695e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invasive.org/weedcd/pdfs/ipane/%20Humulusjaponicus.pdf" TargetMode="External"/><Relationship Id="rId883769b7c52bc6bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://explorer.natureserve.org" TargetMode="External"/><Relationship Id="rId241569b7c52bc6cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/" TargetMode="External"/><Relationship Id="rId129369b7c52bc712f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId980469b7c52bc71fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12524" TargetMode="External"/><Relationship Id="rId663469b7c52bc2c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId663469b7c52bc2c17.jpg"/><Relationship Id="rId260269b7c52bc41f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId260269b7c52bc41f6.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>