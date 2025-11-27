--- v0 (2025-10-29)
+++ v1 (2025-11-27)
@@ -308,60 +308,60 @@
   <si>
     <t>TILLCO</t>
   </si>
   <si>
     <t>Tilletia controversa</t>
   </si>
   <si>
     <t>TRIHVI</t>
   </si>
   <si>
     <t>Trichodorus viruliferus</t>
   </si>
   <si>
     <t>XANTTU</t>
   </si>
   <si>
     <t>Xanthomonas translucens pv. undulosa</t>
   </si>
   <si>
     <t>* Curland RD, Gao L, Bull CT, Vinatzer BA, Dill-Macky R, Van Eck L, Ishimaru CA (2018) Genetic diversity and virulence of wheat and barley strains of Xanthomonas translucens from the Upper Midwestern United States. Phytopathology 108(4), 443-453.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
+    <t>BYSMV0</t>
+  </si>
+  <si>
+    <t>Betacytorhabdovirus hordei</t>
+  </si>
+  <si>
     <t>BAYMV0</t>
   </si>
   <si>
     <t>Bymovirus hordeiluteum</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cytorhabdovirus hordei</t>
   </si>
   <si>
     <t>HYLECO</t>
   </si>
   <si>
     <t>Delia coarctata</t>
   </si>
   <si>
     <t>HETDHO</t>
   </si>
   <si>
     <t>Heterodera hordecalis</t>
   </si>
   <si>
     <t>BSMV00</t>
   </si>
   <si>
     <t>Hordeivirus hordei</t>
   </si>
   <si>
     <t>* Timian RG (1974) Barley Stripe Mosaic Virus. Phytopathology 64, 342-345.</t>
   </si>
   <si>
     <t>LIMOCF</t>
   </si>