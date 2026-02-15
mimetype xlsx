--- v1 (2025-11-27)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HORVX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing wilted leaflets. Not confirmed in other publications. Pending confirmation, all monocotyledonous host plants reported by Stamova &amp; Satirova (1987) are considered doubtful.</t>
   </si>
@@ -263,50 +263,53 @@
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae</t>
   </si>
   <si>
     <t>* Roy KK, Reza MM, Muzahid-E-Rahman M, Mustarin KE, Malaker PK, Barma NC, He X, Singh PK (2021) First report of barley blast caused by Magnaporthe oryzae pathotype Triticum (MoT) in Bangladesh. Journal of General Plant Pathology 87, 184-191.
 -------  pathotype Triticum.</t>
   </si>
   <si>
     <t>PYRIOT</t>
   </si>
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t xml:space="preserve">* Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Urashima AS, Hashimoto Y, Don LD, Kusaba M, Tosa Y, Nakayashiki H, Mayama S (1999) Molecular analysis of the wheat blast population in Brazil with a homolog of retrotransposon MGR583. Japanese Journal of Phytopathology 65, 429–436 https://doi.org/10.3186/jjphytopath.65.429
 </t>
   </si>
   <si>
     <t>SITDMO</t>
   </si>
   <si>
     <t>Sitodiplosis mosellana</t>
+  </si>
+  <si>
+    <t>* Shrestha G, Reddy GV (2023) Wheat midge (Sitodiplosis mosellana): management in the Northern Great Plains of the United States and Canada. Buleigh Dodds Science Publishing.</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Anonymous (1970) Cooperative Economic Insect Report 20(51), 831.
 * Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.</t>
   </si>
   <si>
     <t>TILLCO</t>
   </si>
   <si>
     <t>Tilletia controversa</t>
@@ -1107,246 +1110,248 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">