--- v0 (2025-10-25)
+++ v1 (2025-12-06)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Potential vector</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Paredes-Tomás C, Luis-Pantoja M, Rodríguez-Tapia JL, Salin CO, Narváez M, Myrie W, Pacini F, Bertaccini A (2022) Detection and identification of ‘Candidatus Phytoplasma palmae’ strains in Hortensia similis and Pritchardia pacifica in Cuba. European Journal of Plant Pathology 164, 593-600</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>