--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891268eca226b6039" w:history="1">
+      <w:hyperlink r:id="rId83866907fb832c65e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529568eca226b62d6" w:history="1">
+            <w:hyperlink r:id="rId88386907fb832c8b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId639968eca226b633c" w:history="1">
+            <w:hyperlink r:id="rId43416907fb832c917" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37244198" name="name947068eca226b6406" descr="12045.jpg"/>
+                  <wp:docPr id="22269673" name="name65046907fb832c9ef" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId248168eca226b6405" cstate="print"/>
+                          <a:blip r:embed="rId57606907fb832c9ed" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId340068eca226b6508" w:history="1">
+            <w:hyperlink r:id="rId45486907fb832cb0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16797543" name="name893468eca226b9d64" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="29093650" name="name62476907fb832fc56" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId914668eca226b9d5c" cstate="print"/>
+                    <a:blip r:embed="rId21756907fb832fc52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917568eca226bad58" w:history="1">
+      <w:hyperlink r:id="rId99416907fb833069f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720368eca226bbce0" w:history="1">
+      <w:hyperlink r:id="rId24106907fb833148a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244968eca226bd576" w:history="1">
+      <w:hyperlink r:id="rId80876907fb833276c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70164972" name="name889568eca226bd640" descr="eu_funding_250.png"/>
+            <wp:docPr id="97392566" name="name79106907fb8332821" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId536368eca226bd63f" cstate="print"/>
+                    <a:blip r:embed="rId78216907fb8332820" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77460715">
+  <w:abstractNum w:abstractNumId="25212828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73213867">
+    <w:lvl w:ilvl="0" w:tplc="48410995">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73213867" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48410995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77460714">
+  <w:abstractNum w:abstractNumId="25212827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77743866">
+    <w:lvl w:ilvl="0" w:tplc="31862896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77460714">
-    <w:abstractNumId w:val="77460714"/>
+  <w:num w:numId="25212827">
+    <w:abstractNumId w:val="25212827"/>
   </w:num>
-  <w:num w:numId="77460715">
-    <w:abstractNumId w:val="77460715"/>
+  <w:num w:numId="25212828">
+    <w:abstractNumId w:val="25212828"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791492557" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId876779655" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId891268eca226b6039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId529568eca226b62d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId639968eca226b633c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId340068eca226b6508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId917568eca226bad58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId720368eca226bbce0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId244968eca226bd576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId248168eca226b6405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248168eca226b6405.jpg"/><Relationship Id="rId914668eca226b9d5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId914668eca226b9d5c.jpg"/><Relationship Id="rId536368eca226bd63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536368eca226bd63f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId361415564" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId194599937" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83866907fb832c65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId88386907fb832c8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId43416907fb832c917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId45486907fb832cb0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId99416907fb833069f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId24106907fb833148a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId80876907fb833276c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57606907fb832c9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57606907fb832c9ed.jpg"/><Relationship Id="rId21756907fb832fc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21756907fb832fc52.jpg"/><Relationship Id="rId78216907fb8332820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78216907fb8332820.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>