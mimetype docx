--- v1 (2025-11-03)
+++ v2 (2025-11-28)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83866907fb832c65e" w:history="1">
+      <w:hyperlink r:id="rId997369296d395805b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88386907fb832c8b4" w:history="1">
+            <w:hyperlink r:id="rId447869296d39582a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43416907fb832c917" w:history="1">
+            <w:hyperlink r:id="rId502669296d3958305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22269673" name="name65046907fb832c9ef" descr="12045.jpg"/>
+                  <wp:docPr id="75061771" name="name693769296d3958d26" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57606907fb832c9ed" cstate="print"/>
+                          <a:blip r:embed="rId766969296d3958d24" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId45486907fb832cb0c" w:history="1">
+            <w:hyperlink r:id="rId321669296d3958e39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29093650" name="name62476907fb832fc56" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="1014829" name="name314369296d395bebb" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21756907fb832fc52" cstate="print"/>
+                    <a:blip r:embed="rId673869296d395beb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99416907fb833069f" w:history="1">
+      <w:hyperlink r:id="rId146469296d395ca09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24106907fb833148a" w:history="1">
+      <w:hyperlink r:id="rId243369296d395d7bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80876907fb833276c" w:history="1">
+      <w:hyperlink r:id="rId289969296d395ea68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97392566" name="name79106907fb8332821" descr="eu_funding_250.png"/>
+            <wp:docPr id="70296732" name="name704269296d395eb2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78216907fb8332820" cstate="print"/>
+                    <a:blip r:embed="rId683069296d395eb2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25212828">
+  <w:abstractNum w:abstractNumId="98949872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48410995">
+    <w:lvl w:ilvl="0" w:tplc="30489811">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48410995" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30489811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25212827">
+  <w:abstractNum w:abstractNumId="98949871">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31862896">
+    <w:lvl w:ilvl="0" w:tplc="21088469">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25212827">
-    <w:abstractNumId w:val="25212827"/>
+  <w:num w:numId="98949871">
+    <w:abstractNumId w:val="98949871"/>
   </w:num>
-  <w:num w:numId="25212828">
-    <w:abstractNumId w:val="25212828"/>
+  <w:num w:numId="98949872">
+    <w:abstractNumId w:val="98949872"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId361415564" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId194599937" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId83866907fb832c65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId88386907fb832c8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId43416907fb832c917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId45486907fb832cb0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId99416907fb833069f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId24106907fb833148a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId80876907fb833276c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57606907fb832c9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57606907fb832c9ed.jpg"/><Relationship Id="rId21756907fb832fc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21756907fb832fc52.jpg"/><Relationship Id="rId78216907fb8332820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78216907fb8332820.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845365929" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450215976" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId997369296d395805b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId447869296d39582a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId502669296d3958305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId321669296d3958e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId146469296d395ca09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId243369296d395d7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId289969296d395ea68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766969296d3958d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766969296d3958d24.jpg"/><Relationship Id="rId673869296d395beb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673869296d395beb8.jpg"/><Relationship Id="rId683069296d395eb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683069296d395eb2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>