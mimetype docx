--- v2 (2025-11-28)
+++ v3 (2025-12-14)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997369296d395805b" w:history="1">
+      <w:hyperlink r:id="rId7082693ed6db4afad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447869296d39582a1" w:history="1">
+            <w:hyperlink r:id="rId1483693ed6db4b207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502669296d3958305" w:history="1">
+            <w:hyperlink r:id="rId3962693ed6db4b26c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75061771" name="name693769296d3958d26" descr="12045.jpg"/>
+                  <wp:docPr id="33389432" name="name3066693ed6db4bba0" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId766969296d3958d24" cstate="print"/>
+                          <a:blip r:embed="rId6505693ed6db4bb9e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId321669296d3958e39" w:history="1">
+            <w:hyperlink r:id="rId4780693ed6db4bcfb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1014829" name="name314369296d395bebb" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="56335910" name="name5188693ed6db4e8f9" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId673869296d395beb8" cstate="print"/>
+                    <a:blip r:embed="rId2648693ed6db4e8f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146469296d395ca09" w:history="1">
+      <w:hyperlink r:id="rId8754693ed6db4f315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243369296d395d7bf" w:history="1">
+      <w:hyperlink r:id="rId7071693ed6db500b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289969296d395ea68" w:history="1">
+      <w:hyperlink r:id="rId2554693ed6db51542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70296732" name="name704269296d395eb2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="43853648" name="name1450693ed6db51636" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId683069296d395eb2d" cstate="print"/>
+                    <a:blip r:embed="rId5790693ed6db51635" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98949872">
+  <w:abstractNum w:abstractNumId="15718918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30489811">
+    <w:lvl w:ilvl="0" w:tplc="74247827">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30489811" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74247827" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98949871">
+  <w:abstractNum w:abstractNumId="15718917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21088469">
+    <w:lvl w:ilvl="0" w:tplc="70868323">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98949871">
-    <w:abstractNumId w:val="98949871"/>
+  <w:num w:numId="15718917">
+    <w:abstractNumId w:val="15718917"/>
   </w:num>
-  <w:num w:numId="98949872">
-    <w:abstractNumId w:val="98949872"/>
+  <w:num w:numId="15718918">
+    <w:abstractNumId w:val="15718918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845365929" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450215976" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId997369296d395805b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId447869296d39582a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId502669296d3958305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId321669296d3958e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId146469296d395ca09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId243369296d395d7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId289969296d395ea68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId766969296d3958d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766969296d3958d24.jpg"/><Relationship Id="rId673869296d395beb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673869296d395beb8.jpg"/><Relationship Id="rId683069296d395eb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683069296d395eb2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161319599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931695204" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7082693ed6db4afad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId1483693ed6db4b207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId3962693ed6db4b26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId4780693ed6db4bcfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8754693ed6db4f315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId7071693ed6db500b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId2554693ed6db51542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6505693ed6db4bb9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6505693ed6db4bb9e.jpg"/><Relationship Id="rId2648693ed6db4e8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2648693ed6db4e8f5.jpg"/><Relationship Id="rId5790693ed6db51635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5790693ed6db51635.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>