--- v3 (2025-12-14)
+++ v4 (2026-01-09)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7082693ed6db4afad" w:history="1">
+      <w:hyperlink r:id="rId9847696146e9b5937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1483693ed6db4b207" w:history="1">
+            <w:hyperlink r:id="rId4054696146e9b5b9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3962693ed6db4b26c" w:history="1">
+            <w:hyperlink r:id="rId8351696146e9b5c02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33389432" name="name3066693ed6db4bba0" descr="12045.jpg"/>
+                  <wp:docPr id="20791423" name="name1921696146e9b63bb" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6505693ed6db4bb9e" cstate="print"/>
+                          <a:blip r:embed="rId7732696146e9b63b9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4780693ed6db4bcfb" w:history="1">
+            <w:hyperlink r:id="rId2192696146e9b64d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56335910" name="name5188693ed6db4e8f9" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="93983716" name="name2294696146e9b9228" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2648693ed6db4e8f5" cstate="print"/>
+                    <a:blip r:embed="rId8801696146e9b9224" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8754693ed6db4f315" w:history="1">
+      <w:hyperlink r:id="rId6392696146e9b9c97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7071693ed6db500b5" w:history="1">
+      <w:hyperlink r:id="rId6667696146e9baa5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11606,73 +11606,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2554693ed6db51542" w:history="1">
+      <w:hyperlink r:id="rId5970696146e9bbd36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43853648" name="name1450693ed6db51636" descr="eu_funding_250.png"/>
+            <wp:docPr id="44498159" name="name2532696146e9bbde8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5790693ed6db51635" cstate="print"/>
+                    <a:blip r:embed="rId3274696146e9bbde7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15718918">
+  <w:abstractNum w:abstractNumId="95444883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74247827">
+    <w:lvl w:ilvl="0" w:tplc="18496172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74247827" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18496172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15718917">
+  <w:abstractNum w:abstractNumId="95444882">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70868323">
+    <w:lvl w:ilvl="0" w:tplc="80044609">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15718917">
-    <w:abstractNumId w:val="15718917"/>
+  <w:num w:numId="95444882">
+    <w:abstractNumId w:val="95444882"/>
   </w:num>
-  <w:num w:numId="15718918">
-    <w:abstractNumId w:val="15718918"/>
+  <w:num w:numId="95444883">
+    <w:abstractNumId w:val="95444883"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161319599" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931695204" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7082693ed6db4afad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId1483693ed6db4b207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId3962693ed6db4b26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId4780693ed6db4bcfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8754693ed6db4f315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId7071693ed6db500b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId2554693ed6db51542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6505693ed6db4bb9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6505693ed6db4bb9e.jpg"/><Relationship Id="rId2648693ed6db4e8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2648693ed6db4e8f5.jpg"/><Relationship Id="rId5790693ed6db51635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5790693ed6db51635.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648986731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId211975746" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9847696146e9b5937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId4054696146e9b5b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId8351696146e9b5c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId2192696146e9b64d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId6392696146e9b9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId6667696146e9baa5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5970696146e9bbd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7732696146e9b63b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7732696146e9b63b9.jpg"/><Relationship Id="rId8801696146e9b9224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801696146e9b9224.jpg"/><Relationship Id="rId3274696146e9bbde7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3274696146e9bbde7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>