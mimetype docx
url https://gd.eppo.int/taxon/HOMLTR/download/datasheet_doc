--- v4 (2026-01-09)
+++ v5 (2026-02-02)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9847696146e9b5937" w:history="1">
+      <w:hyperlink r:id="rId7444697ff7b75c6af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4054696146e9b5b9c" w:history="1">
+            <w:hyperlink r:id="rId6657697ff7b75c8f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -449,53 +449,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8351696146e9b5c02" w:history="1">
+            <w:hyperlink r:id="rId5710697ff7b75c96b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20791423" name="name1921696146e9b63bb" descr="12045.jpg"/>
+                  <wp:docPr id="73177409" name="name2846697ff7b75cf28" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7732696146e9b63b9" cstate="print"/>
+                          <a:blip r:embed="rId8240697ff7b75cf26" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2192696146e9b64d7" w:history="1">
+            <w:hyperlink r:id="rId8097697ff7b75d058" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93983716" name="name2294696146e9b9228" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="98012974" name="name8945697ff7b75fbc5" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8801696146e9b9224" cstate="print"/>
+                    <a:blip r:embed="rId4475697ff7b75fbc1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6392696146e9b9c97" w:history="1">
+      <w:hyperlink r:id="rId8251697ff7b760562" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6667696146e9baa5c" w:history="1">
+      <w:hyperlink r:id="rId2147697ff7b7612fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5970696146e9bbd36" w:history="1">
+      <w:hyperlink r:id="rId5861697ff7b762834" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44498159" name="name2532696146e9bbde8" descr="eu_funding_250.png"/>
+            <wp:docPr id="12374091" name="name2068697ff7b762ca1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3274696146e9bbde7" cstate="print"/>
+                    <a:blip r:embed="rId6277697ff7b762c9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95444883">
+  <w:abstractNum w:abstractNumId="71466534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18496172">
+    <w:lvl w:ilvl="0" w:tplc="77698316">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18496172" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77698316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95444882">
+  <w:abstractNum w:abstractNumId="71466533">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80044609">
+    <w:lvl w:ilvl="0" w:tplc="63865939">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95444882">
-    <w:abstractNumId w:val="95444882"/>
+  <w:num w:numId="71466533">
+    <w:abstractNumId w:val="71466533"/>
   </w:num>
-  <w:num w:numId="95444883">
-    <w:abstractNumId w:val="95444883"/>
+  <w:num w:numId="71466534">
+    <w:abstractNumId w:val="71466534"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648986731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId211975746" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9847696146e9b5937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId4054696146e9b5b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId8351696146e9b5c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId2192696146e9b64d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId6392696146e9b9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId6667696146e9baa5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5970696146e9bbd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7732696146e9b63b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7732696146e9b63b9.jpg"/><Relationship Id="rId8801696146e9b9224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801696146e9b9224.jpg"/><Relationship Id="rId3274696146e9bbde7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3274696146e9bbde7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId353412409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657245659" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7444697ff7b75c6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId6657697ff7b75c8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId5710697ff7b75c96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId8097697ff7b75d058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8251697ff7b760562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId2147697ff7b7612fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5861697ff7b762834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8240697ff7b75cf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8240697ff7b75cf26.jpg"/><Relationship Id="rId4475697ff7b75fbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4475697ff7b75fbc1.jpg"/><Relationship Id="rId6277697ff7b762c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6277697ff7b762c9f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>