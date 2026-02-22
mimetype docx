--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7444697ff7b75c6af" w:history="1">
+      <w:hyperlink r:id="rId4123699aa0d04b36b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6657697ff7b75c8f2" w:history="1">
+            <w:hyperlink r:id="rId7786699aa0d04b5c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5710697ff7b75c96b" w:history="1">
+            <w:hyperlink r:id="rId1512699aa0d04b62b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73177409" name="name2846697ff7b75cf28" descr="12045.jpg"/>
+                  <wp:docPr id="81723747" name="name5309699aa0d04b717" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8240697ff7b75cf26" cstate="print"/>
+                          <a:blip r:embed="rId1937699aa0d04b716" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8097697ff7b75d058" w:history="1">
+            <w:hyperlink r:id="rId8006699aa0d04b844" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98012974" name="name8945697ff7b75fbc5" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="79195172" name="name2619699aa0d04e53f" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4475697ff7b75fbc1" cstate="print"/>
+                    <a:blip r:embed="rId9772699aa0d04e53a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8251697ff7b760562" w:history="1">
+      <w:hyperlink r:id="rId8708699aa0d04ef79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2147697ff7b7612fa" w:history="1">
+      <w:hyperlink r:id="rId2221699aa0d04fdbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5861697ff7b762834" w:history="1">
+      <w:hyperlink r:id="rId5914699aa0d051639" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12374091" name="name2068697ff7b762ca1" descr="eu_funding_250.png"/>
+            <wp:docPr id="33409397" name="name9469699aa0d051733" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6277697ff7b762c9f" cstate="print"/>
+                    <a:blip r:embed="rId2316699aa0d051732" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71466534">
+  <w:abstractNum w:abstractNumId="10652280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77698316">
+    <w:lvl w:ilvl="0" w:tplc="44394086">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77698316" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44394086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71466533">
+  <w:abstractNum w:abstractNumId="10652279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63865939">
+    <w:lvl w:ilvl="0" w:tplc="99380443">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71466533">
-    <w:abstractNumId w:val="71466533"/>
+  <w:num w:numId="10652279">
+    <w:abstractNumId w:val="10652279"/>
   </w:num>
-  <w:num w:numId="71466534">
-    <w:abstractNumId w:val="71466534"/>
+  <w:num w:numId="10652280">
+    <w:abstractNumId w:val="10652280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId353412409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657245659" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7444697ff7b75c6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId6657697ff7b75c8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId5710697ff7b75c96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId8097697ff7b75d058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8251697ff7b760562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId2147697ff7b7612fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5861697ff7b762834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8240697ff7b75cf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8240697ff7b75cf26.jpg"/><Relationship Id="rId4475697ff7b75fbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4475697ff7b75fbc1.jpg"/><Relationship Id="rId6277697ff7b762c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6277697ff7b762c9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775239625" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId768889793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4123699aa0d04b36b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId7786699aa0d04b5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId1512699aa0d04b62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId8006699aa0d04b844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8708699aa0d04ef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId2221699aa0d04fdbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5914699aa0d051639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1937699aa0d04b716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937699aa0d04b716.jpg"/><Relationship Id="rId9772699aa0d04e53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9772699aa0d04e53a.jpg"/><Relationship Id="rId2316699aa0d051732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2316699aa0d051732.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>