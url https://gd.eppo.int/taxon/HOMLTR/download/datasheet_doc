--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -91,51 +91,51 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a highly polyphagous pest that vectors </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4123699aa0d04b36b" w:history="1">
+      <w:hyperlink r:id="rId628169b51a4aef5e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xylella fastidiosa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
@@ -391,51 +391,51 @@
               <w:t xml:space="preserve"> Germar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> glassy-winged sharpshooter</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7786699aa0d04b5c5" w:history="1">
+            <w:hyperlink r:id="rId739669b51a4aef838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -451,51 +451,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1512699aa0d04b62b" w:history="1">
+            <w:hyperlink r:id="rId505769b51a4aef89c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -509,86 +509,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HOMLTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81723747" name="name5309699aa0d04b717" descr="12045.jpg"/>
+                  <wp:docPr id="30462737" name="name159169b51a4af002c" descr="12045.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12045.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1937699aa0d04b716" cstate="print"/>
+                          <a:blip r:embed="rId267669b51a4af002b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8006699aa0d04b844" w:history="1">
+            <w:hyperlink r:id="rId344569b51a4af0164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5443,63 +5443,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79195172" name="name2619699aa0d04e53f" descr="HOMLTR_distribution_map.jpg"/>
+            <wp:docPr id="16619618" name="name676469b51a4af2fe9" descr="HOMLTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HOMLTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9772699aa0d04e53a" cstate="print"/>
+                    <a:blip r:embed="rId201769b51a4af2fe6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6698,51 +6698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> populations are heavy, ‘rain’ is easily seen and readily felt landing on skin and hair when standing under infested trees. Video of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rain in Tahiti is available </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8708699aa0d04ef79" w:history="1">
+      <w:hyperlink r:id="rId754469b51a4af39a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Copious amounts of excreta can dry on leaves and fruit which results in a chalky white powdery appearance. Adult and nymphal sharpshooters are large and easily visible but tend to move in a quick shuffling like motion around twigs or branches to hide when being observed. Adults readily fly if disturbed unexpectedly and they are attracted to lights at night. High densities of feeding sharpshooters may reduce plant vigour and adversely affect fruit production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -8806,51 +8806,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73–81.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">California Department of Food and Agriculture (CDFA) (2019) Pierce’s Disease Control Program Report to the Legislature for calendar year 2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2221699aa0d04fdbd" w:history="1">
+      <w:hyperlink r:id="rId327169b51a4b0056a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 18 Feb. 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11628,51 +11628,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Homalodisca vitripennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5914699aa0d051639" w:history="1">
+      <w:hyperlink r:id="rId978269b51a4b019ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11685,63 +11685,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33409397" name="name9469699aa0d051733" descr="eu_funding_250.png"/>
+            <wp:docPr id="64039262" name="name794269b51a4b01ae6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2316699aa0d051732" cstate="print"/>
+                    <a:blip r:embed="rId293069b51a4b01ae5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11839,137 +11839,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10652280">
+  <w:abstractNum w:abstractNumId="22321673">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44394086">
+    <w:lvl w:ilvl="0" w:tplc="62344986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44394086" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62344986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10652279">
+  <w:abstractNum w:abstractNumId="22321672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99380443">
+    <w:lvl w:ilvl="0" w:tplc="62877162">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12721,55 +12721,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10652279">
-    <w:abstractNumId w:val="10652279"/>
+  <w:num w:numId="22321672">
+    <w:abstractNumId w:val="22321672"/>
   </w:num>
-  <w:num w:numId="10652280">
-    <w:abstractNumId w:val="10652280"/>
+  <w:num w:numId="22321673">
+    <w:abstractNumId w:val="22321673"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24319,51 +24319,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775239625" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId768889793" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4123699aa0d04b36b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId7786699aa0d04b5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId1512699aa0d04b62b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId8006699aa0d04b844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId8708699aa0d04ef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId2221699aa0d04fdbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId5914699aa0d051639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1937699aa0d04b716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1937699aa0d04b716.jpg"/><Relationship Id="rId9772699aa0d04e53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9772699aa0d04e53a.jpg"/><Relationship Id="rId2316699aa0d051732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2316699aa0d051732.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId536223404" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId760271393" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId628169b51a4aef5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XYLEFA/datasheet" TargetMode="External"/><Relationship Id="rId739669b51a4aef838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/" TargetMode="External"/><Relationship Id="rId505769b51a4aef89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/categorization" TargetMode="External"/><Relationship Id="rId344569b51a4af0164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HOMLTR/photos" TargetMode="External"/><Relationship Id="rId754469b51a4af39a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DrnBoG_HPp8" TargetMode="External"/><Relationship Id="rId327169b51a4b0056a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdfa.ca.gov/pdcp/Documents/LegReport/2019LegReport.pdf" TargetMode="External"/><Relationship Id="rId978269b51a4b019ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId267669b51a4af002b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId267669b51a4af002b.jpg"/><Relationship Id="rId201769b51a4af2fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId201769b51a4af2fe6.jpg"/><Relationship Id="rId293069b51a4b01ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293069b51a4b01ae5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>