--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId929268ed8f386c2ee" w:history="1">
+            <w:hyperlink r:id="rId16156908d602775af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337268ed8f386c357" w:history="1">
+            <w:hyperlink r:id="rId70126908d6027761a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38080124" name="name847068ed8f386c998" descr="5063.jpg"/>
+                  <wp:docPr id="20750706" name="name31616908d60277707" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId856168ed8f386c997" cstate="print"/>
+                          <a:blip r:embed="rId42016908d60277705" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId203768ed8f386cac0" w:history="1">
+            <w:hyperlink r:id="rId12126908d60277820" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61053579" name="name133568ed8f386d82f" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="78154277" name="name35836908d60278a81" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId512468ed8f386d82c" cstate="print"/>
+                    <a:blip r:embed="rId32836908d60278a7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527768ed8f386e16e" w:history="1">
+      <w:hyperlink r:id="rId53006908d60279410" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId799168ed8f386f10b" w:history="1">
+      <w:hyperlink r:id="rId30186908d6027a381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419768ed8f386f18e" w:history="1">
+      <w:hyperlink r:id="rId27246908d6027a405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578968ed8f386f288" w:history="1">
+      <w:hyperlink r:id="rId68426908d6027a501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833968ed8f386f5e1" w:history="1">
+      <w:hyperlink r:id="rId52566908d6027a84c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957068ed8f386f67c" w:history="1">
+      <w:hyperlink r:id="rId49696908d6027a8e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347468ed8f386f6f9" w:history="1">
+      <w:hyperlink r:id="rId60616908d6027a962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148968ed8f386f7d1" w:history="1">
+      <w:hyperlink r:id="rId63286908d6027aa39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962268ed8f386fc4d" w:history="1">
+      <w:hyperlink r:id="rId39626908d6027b454" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974068ed8f386fcaa" w:history="1">
+      <w:hyperlink r:id="rId42156908d6027b4c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId548368ed8f387023f" w:history="1">
+      <w:hyperlink r:id="rId67566908d6027bc45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId379668ed8f38708ac" w:history="1">
+      <w:hyperlink r:id="rId26286908d6027c416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847868ed8f3870999" w:history="1">
+      <w:hyperlink r:id="rId39656908d6027c516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513368ed8f3870a5d" w:history="1">
+      <w:hyperlink r:id="rId94666908d6027c680" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19177101">
+  <w:abstractNum w:abstractNumId="54134327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51754638">
+    <w:lvl w:ilvl="0" w:tplc="71096368">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51754638" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71096368" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19177100">
+  <w:abstractNum w:abstractNumId="54134326">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24536492">
+    <w:lvl w:ilvl="0" w:tplc="66885254">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19177100">
-    <w:abstractNumId w:val="19177100"/>
+  <w:num w:numId="54134326">
+    <w:abstractNumId w:val="54134326"/>
   </w:num>
-  <w:num w:numId="19177101">
-    <w:abstractNumId w:val="19177101"/>
+  <w:num w:numId="54134327">
+    <w:abstractNumId w:val="54134327"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804712218" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651061823" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId929268ed8f386c2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId337268ed8f386c357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId203768ed8f386cac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId527768ed8f386e16e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId799168ed8f386f10b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId419768ed8f386f18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId578968ed8f386f288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId833968ed8f386f5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId957068ed8f386f67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId347468ed8f386f6f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId148968ed8f386f7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId962268ed8f386fc4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId974068ed8f386fcaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId548368ed8f387023f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId379668ed8f38708ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId847868ed8f3870999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId513368ed8f3870a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId856168ed8f386c997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856168ed8f386c997.jpg"/><Relationship Id="rId512468ed8f386d82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512468ed8f386d82c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846428748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571275615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId16156908d602775af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId70126908d6027761a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId12126908d60277820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId53006908d60279410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId30186908d6027a381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId27246908d6027a405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId68426908d6027a501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId52566908d6027a84c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId49696908d6027a8e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId60616908d6027a962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId63286908d6027aa39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId39626908d6027b454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId42156908d6027b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId67566908d6027bc45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId26286908d6027c416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId39656908d6027c516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94666908d6027c680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId42016908d60277705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42016908d60277705.jpg"/><Relationship Id="rId32836908d60278a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32836908d60278a7e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>