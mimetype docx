--- v1 (2025-11-03)
+++ v2 (2025-12-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16156908d602775af" w:history="1">
+            <w:hyperlink r:id="rId626069401798d84dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70126908d6027761a" w:history="1">
+            <w:hyperlink r:id="rId935969401798d854a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20750706" name="name31616908d60277707" descr="5063.jpg"/>
+                  <wp:docPr id="2397328" name="name979269401798d8ebb" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42016908d60277705" cstate="print"/>
+                          <a:blip r:embed="rId414669401798d8eb9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId12126908d60277820" w:history="1">
+            <w:hyperlink r:id="rId457169401798d905a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78154277" name="name35836908d60278a81" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="71915168" name="name144069401798da17a" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32836908d60278a7e" cstate="print"/>
+                    <a:blip r:embed="rId257969401798da178" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53006908d60279410" w:history="1">
+      <w:hyperlink r:id="rId163569401798daa93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30186908d6027a381" w:history="1">
+      <w:hyperlink r:id="rId317269401798dbab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27246908d6027a405" w:history="1">
+      <w:hyperlink r:id="rId831069401798dbb38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68426908d6027a501" w:history="1">
+      <w:hyperlink r:id="rId488869401798dbc47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52566908d6027a84c" w:history="1">
+      <w:hyperlink r:id="rId694069401798dbf9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49696908d6027a8e6" w:history="1">
+      <w:hyperlink r:id="rId371769401798dc039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60616908d6027a962" w:history="1">
+      <w:hyperlink r:id="rId152269401798dc0b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63286908d6027aa39" w:history="1">
+      <w:hyperlink r:id="rId516669401798dc18e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39626908d6027b454" w:history="1">
+      <w:hyperlink r:id="rId580769401798dc615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42156908d6027b4c4" w:history="1">
+      <w:hyperlink r:id="rId550769401798dc673" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67566908d6027bc45" w:history="1">
+      <w:hyperlink r:id="rId689569401798dcc32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26286908d6027c416" w:history="1">
+      <w:hyperlink r:id="rId318669401798dd284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39656908d6027c516" w:history="1">
+      <w:hyperlink r:id="rId757569401798dd372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94666908d6027c680" w:history="1">
+      <w:hyperlink r:id="rId439269401798dd438" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54134327">
+  <w:abstractNum w:abstractNumId="52546982">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71096368">
+    <w:lvl w:ilvl="0" w:tplc="24680388">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71096368" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24680388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54134326">
+  <w:abstractNum w:abstractNumId="52546981">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66885254">
+    <w:lvl w:ilvl="0" w:tplc="81859379">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54134326">
-    <w:abstractNumId w:val="54134326"/>
+  <w:num w:numId="52546981">
+    <w:abstractNumId w:val="52546981"/>
   </w:num>
-  <w:num w:numId="54134327">
-    <w:abstractNumId w:val="54134327"/>
+  <w:num w:numId="52546982">
+    <w:abstractNumId w:val="52546982"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846428748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571275615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId16156908d602775af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId70126908d6027761a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId12126908d60277820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId53006908d60279410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId30186908d6027a381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId27246908d6027a405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId68426908d6027a501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId52566908d6027a84c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId49696908d6027a8e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId60616908d6027a962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId63286908d6027aa39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId39626908d6027b454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId42156908d6027b4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId67566908d6027bc45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId26286908d6027c416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId39656908d6027c516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId94666908d6027c680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId42016908d60277705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42016908d60277705.jpg"/><Relationship Id="rId32836908d60278a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32836908d60278a7e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717608885" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196536235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626069401798d84dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId935969401798d854a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId457169401798d905a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId163569401798daa93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId317269401798dbab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId831069401798dbb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId488869401798dbc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId694069401798dbf9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId371769401798dc039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId152269401798dc0b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId516669401798dc18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId580769401798dc615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId550769401798dc673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId689569401798dcc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId318669401798dd284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId757569401798dd372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId439269401798dd438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId414669401798d8eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414669401798d8eb9.jpg"/><Relationship Id="rId257969401798da178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257969401798da178.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>