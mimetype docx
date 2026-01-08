--- v2 (2025-12-15)
+++ v3 (2026-01-08)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId626069401798d84dd" w:history="1">
+            <w:hyperlink r:id="rId3914695f0876be42c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId935969401798d854a" w:history="1">
+            <w:hyperlink r:id="rId8708695f0876be494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2397328" name="name979269401798d8ebb" descr="5063.jpg"/>
+                  <wp:docPr id="12286190" name="name7924695f0876beccd" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId414669401798d8eb9" cstate="print"/>
+                          <a:blip r:embed="rId4031695f0876beccb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId457169401798d905a" w:history="1">
+            <w:hyperlink r:id="rId7671695f0876bede7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71915168" name="name144069401798da17a" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="73684529" name="name2652695f0876bfe08" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId257969401798da178" cstate="print"/>
+                    <a:blip r:embed="rId9019695f0876bfe06" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163569401798daa93" w:history="1">
+      <w:hyperlink r:id="rId9642695f0876c070d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId317269401798dbab3" w:history="1">
+      <w:hyperlink r:id="rId7586695f0876c1683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831069401798dbb38" w:history="1">
+      <w:hyperlink r:id="rId6086695f0876c1707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488869401798dbc47" w:history="1">
+      <w:hyperlink r:id="rId2732695f0876c1803" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694069401798dbf9c" w:history="1">
+      <w:hyperlink r:id="rId8358695f0876c1b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371769401798dc039" w:history="1">
+      <w:hyperlink r:id="rId5301695f0876c1be9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152269401798dc0b6" w:history="1">
+      <w:hyperlink r:id="rId9919695f0876c1c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516669401798dc18e" w:history="1">
+      <w:hyperlink r:id="rId9588695f0876c1d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580769401798dc615" w:history="1">
+      <w:hyperlink r:id="rId2658695f0876c21c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550769401798dc673" w:history="1">
+      <w:hyperlink r:id="rId3424695f0876c2222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689569401798dcc32" w:history="1">
+      <w:hyperlink r:id="rId7515695f0876c27e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318669401798dd284" w:history="1">
+      <w:hyperlink r:id="rId5803695f0876c2e40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8345,73 +8345,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757569401798dd372" w:history="1">
+      <w:hyperlink r:id="rId7373695f0876c2f2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439269401798dd438" w:history="1">
+      <w:hyperlink r:id="rId1413695f0876c2ff4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52546982">
+  <w:abstractNum w:abstractNumId="47298188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24680388">
+    <w:lvl w:ilvl="0" w:tplc="22172389">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24680388" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22172389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52546981">
+  <w:abstractNum w:abstractNumId="47298187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81859379">
+    <w:lvl w:ilvl="0" w:tplc="45201093">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52546981">
-    <w:abstractNumId w:val="52546981"/>
+  <w:num w:numId="47298187">
+    <w:abstractNumId w:val="47298187"/>
   </w:num>
-  <w:num w:numId="52546982">
-    <w:abstractNumId w:val="52546982"/>
+  <w:num w:numId="47298188">
+    <w:abstractNumId w:val="47298188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId717608885" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196536235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId626069401798d84dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId935969401798d854a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId457169401798d905a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId163569401798daa93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId317269401798dbab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId831069401798dbb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId488869401798dbc47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId694069401798dbf9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId371769401798dc039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId152269401798dc0b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId516669401798dc18e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId580769401798dc615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId550769401798dc673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId689569401798dcc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId318669401798dd284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId757569401798dd372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId439269401798dd438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId414669401798d8eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414669401798d8eb9.jpg"/><Relationship Id="rId257969401798da178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId257969401798da178.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712773602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId518997628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3914695f0876be42c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId8708695f0876be494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId7671695f0876bede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId9642695f0876c070d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId7586695f0876c1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId6086695f0876c1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId2732695f0876c1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId8358695f0876c1b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId5301695f0876c1be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId9919695f0876c1c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9588695f0876c1d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId2658695f0876c21c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId3424695f0876c2222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId7515695f0876c27e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId5803695f0876c2e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId7373695f0876c2f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1413695f0876c2ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId4031695f0876beccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4031695f0876beccb.jpg"/><Relationship Id="rId9019695f0876bfe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9019695f0876bfe06.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>