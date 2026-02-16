--- v3 (2026-01-08)
+++ v4 (2026-02-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3914695f0876be42c" w:history="1">
+            <w:hyperlink r:id="rId15706993a75d36374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8708695f0876be494" w:history="1">
+            <w:hyperlink r:id="rId45606993a75d363e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12286190" name="name7924695f0876beccd" descr="5063.jpg"/>
+                  <wp:docPr id="51655634" name="name12866993a75d3697e" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4031695f0876beccb" cstate="print"/>
+                          <a:blip r:embed="rId52926993a75d3697d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7671695f0876bede7" w:history="1">
+            <w:hyperlink r:id="rId28536993a75d36aff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73684529" name="name2652695f0876bfe08" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="9934827" name="name24426993a75d37a7a" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9019695f0876bfe06" cstate="print"/>
+                    <a:blip r:embed="rId65216993a75d37a78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9642695f0876c070d" w:history="1">
+      <w:hyperlink r:id="rId42616993a75d38465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7586695f0876c1683" w:history="1">
+      <w:hyperlink r:id="rId35156993a75d394e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6086695f0876c1707" w:history="1">
+      <w:hyperlink r:id="rId81296993a75d39598" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2732695f0876c1803" w:history="1">
+      <w:hyperlink r:id="rId63026993a75d396e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8358695f0876c1b4d" w:history="1">
+      <w:hyperlink r:id="rId37836993a75d39a70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5301695f0876c1be9" w:history="1">
+      <w:hyperlink r:id="rId58886993a75d39b0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9919695f0876c1c66" w:history="1">
+      <w:hyperlink r:id="rId43216993a75d39bad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9588695f0876c1d3c" w:history="1">
+      <w:hyperlink r:id="rId17006993a75d39cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2658695f0876c21c3" w:history="1">
+      <w:hyperlink r:id="rId31866993a75d3a178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3424695f0876c2222" w:history="1">
+      <w:hyperlink r:id="rId87146993a75d3a1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7515695f0876c27e7" w:history="1">
+      <w:hyperlink r:id="rId68016993a75d3a813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5803695f0876c2e40" w:history="1">
+      <w:hyperlink r:id="rId38666993a75d3af13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7373695f0876c2f2d" w:history="1">
+      <w:hyperlink r:id="rId10736993a75d3b04c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1413695f0876c2ff4" w:history="1">
+      <w:hyperlink r:id="rId46036993a75d3b14c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47298188">
+  <w:abstractNum w:abstractNumId="54887441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22172389">
+    <w:lvl w:ilvl="0" w:tplc="97622715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22172389" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97622715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47298187">
+  <w:abstractNum w:abstractNumId="54887440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45201093">
+    <w:lvl w:ilvl="0" w:tplc="76471946">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47298187">
-    <w:abstractNumId w:val="47298187"/>
+  <w:num w:numId="54887440">
+    <w:abstractNumId w:val="54887440"/>
   </w:num>
-  <w:num w:numId="47298188">
-    <w:abstractNumId w:val="47298188"/>
+  <w:num w:numId="54887441">
+    <w:abstractNumId w:val="54887441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712773602" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId518997628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3914695f0876be42c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId8708695f0876be494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId7671695f0876bede7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId9642695f0876c070d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId7586695f0876c1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId6086695f0876c1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId2732695f0876c1803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId8358695f0876c1b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId5301695f0876c1be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId9919695f0876c1c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId9588695f0876c1d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId2658695f0876c21c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId3424695f0876c2222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId7515695f0876c27e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId5803695f0876c2e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId7373695f0876c2f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1413695f0876c2ff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId4031695f0876beccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4031695f0876beccb.jpg"/><Relationship Id="rId9019695f0876bfe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9019695f0876bfe06.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217389685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469202416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15706993a75d36374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId45606993a75d363e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId28536993a75d36aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId42616993a75d38465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId35156993a75d394e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId81296993a75d39598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId63026993a75d396e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId37836993a75d39a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId58886993a75d39b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId43216993a75d39bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId17006993a75d39cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId31866993a75d3a178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId87146993a75d3a1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId68016993a75d3a813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId38666993a75d3af13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId10736993a75d3b04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46036993a75d3b14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId52926993a75d3697d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52926993a75d3697d.jpg"/><Relationship Id="rId65216993a75d37a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65216993a75d37a78.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>