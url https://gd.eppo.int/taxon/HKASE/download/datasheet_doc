--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15706993a75d36374" w:history="1">
+            <w:hyperlink r:id="rId583369aebf253f232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45606993a75d363e3" w:history="1">
+            <w:hyperlink r:id="rId830369aebf253f29c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51655634" name="name12866993a75d3697e" descr="5063.jpg"/>
+                  <wp:docPr id="78926887" name="name677069aebf253fa08" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52926993a75d3697d" cstate="print"/>
+                          <a:blip r:embed="rId834869aebf253fa07" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28536993a75d36aff" w:history="1">
+            <w:hyperlink r:id="rId612369aebf253fb36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9934827" name="name24426993a75d37a7a" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="43495714" name="name906469aebf25408f0" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65216993a75d37a78" cstate="print"/>
+                    <a:blip r:embed="rId597869aebf25408ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42616993a75d38465" w:history="1">
+      <w:hyperlink r:id="rId341369aebf2541240" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId35156993a75d394e8" w:history="1">
+      <w:hyperlink r:id="rId572969aebf2542255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81296993a75d39598" w:history="1">
+      <w:hyperlink r:id="rId331369aebf25422da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63026993a75d396e6" w:history="1">
+      <w:hyperlink r:id="rId721569aebf25423d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37836993a75d39a70" w:history="1">
+      <w:hyperlink r:id="rId659669aebf254273b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58886993a75d39b0f" w:history="1">
+      <w:hyperlink r:id="rId971369aebf25427d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43216993a75d39bad" w:history="1">
+      <w:hyperlink r:id="rId601969aebf2542858" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17006993a75d39cc0" w:history="1">
+      <w:hyperlink r:id="rId515169aebf2542932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31866993a75d3a178" w:history="1">
+      <w:hyperlink r:id="rId736169aebf2542dc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87146993a75d3a1f0" w:history="1">
+      <w:hyperlink r:id="rId341569aebf2542e1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68016993a75d3a813" w:history="1">
+      <w:hyperlink r:id="rId784069aebf25433cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38666993a75d3af13" w:history="1">
+      <w:hyperlink r:id="rId458169aebf2543a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10736993a75d3b04c" w:history="1">
+      <w:hyperlink r:id="rId888169aebf2543b37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46036993a75d3b14c" w:history="1">
+      <w:hyperlink r:id="rId887369aebf2543bff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54887441">
+  <w:abstractNum w:abstractNumId="69927000">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97622715">
+    <w:lvl w:ilvl="0" w:tplc="76992762">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97622715" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76992762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54887440">
+  <w:abstractNum w:abstractNumId="69926999">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76471946">
+    <w:lvl w:ilvl="0" w:tplc="22065506">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54887440">
-    <w:abstractNumId w:val="54887440"/>
+  <w:num w:numId="69926999">
+    <w:abstractNumId w:val="69926999"/>
   </w:num>
-  <w:num w:numId="54887441">
-    <w:abstractNumId w:val="54887441"/>
+  <w:num w:numId="69927000">
+    <w:abstractNumId w:val="69927000"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId217389685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469202416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId15706993a75d36374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId45606993a75d363e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId28536993a75d36aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId42616993a75d38465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId35156993a75d394e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId81296993a75d39598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId63026993a75d396e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId37836993a75d39a70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId58886993a75d39b0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId43216993a75d39bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId17006993a75d39cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId31866993a75d3a178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId87146993a75d3a1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId68016993a75d3a813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId38666993a75d3af13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId10736993a75d3b04c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46036993a75d3b14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId52926993a75d3697d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52926993a75d3697d.jpg"/><Relationship Id="rId65216993a75d37a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65216993a75d37a78.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675844821" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300439164" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId583369aebf253f232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId830369aebf253f29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId612369aebf253fb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId341369aebf2541240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId572969aebf2542255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId331369aebf25422da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId721569aebf25423d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId659669aebf254273b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId971369aebf25427d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId601969aebf2542858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId515169aebf2542932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId736169aebf2542dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId341569aebf2542e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId784069aebf25433cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId458169aebf2543a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId888169aebf2543b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId887369aebf2543bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId834869aebf253fa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId834869aebf253fa07.jpg"/><Relationship Id="rId597869aebf25408ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597869aebf25408ed.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>