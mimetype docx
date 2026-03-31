--- v5 (2026-03-09)
+++ v6 (2026-03-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId583369aebf253f232" w:history="1">
+            <w:hyperlink r:id="rId189569cc4b8ad6713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId830369aebf253f29c" w:history="1">
+            <w:hyperlink r:id="rId877369cc4b8ad677c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78926887" name="name677069aebf253fa08" descr="5063.jpg"/>
+                  <wp:docPr id="81329628" name="name921369cc4b8ad6e23" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId834869aebf253fa07" cstate="print"/>
+                          <a:blip r:embed="rId497669cc4b8ad6e21" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId612369aebf253fb36" w:history="1">
+            <w:hyperlink r:id="rId643869cc4b8ad6f47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43495714" name="name906469aebf25408f0" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="81889529" name="name848069cc4b8ad8063" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId597869aebf25408ed" cstate="print"/>
+                    <a:blip r:embed="rId836369cc4b8ad805f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341369aebf2541240" w:history="1">
+      <w:hyperlink r:id="rId320169cc4b8ad89a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId572969aebf2542255" w:history="1">
+      <w:hyperlink r:id="rId973369cc4b8ad9922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId331369aebf25422da" w:history="1">
+      <w:hyperlink r:id="rId994369cc4b8ad99a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721569aebf25423d7" w:history="1">
+      <w:hyperlink r:id="rId639269cc4b8ad9aa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659669aebf254273b" w:history="1">
+      <w:hyperlink r:id="rId919869cc4b8ad9dff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971369aebf25427d8" w:history="1">
+      <w:hyperlink r:id="rId530069cc4b8ad9ea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601969aebf2542858" w:history="1">
+      <w:hyperlink r:id="rId630369cc4b8ad9f22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515169aebf2542932" w:history="1">
+      <w:hyperlink r:id="rId376669cc4b8ad9ffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736169aebf2542dc0" w:history="1">
+      <w:hyperlink r:id="rId630469cc4b8ada481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341569aebf2542e1e" w:history="1">
+      <w:hyperlink r:id="rId333169cc4b8ada4df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784069aebf25433cf" w:history="1">
+      <w:hyperlink r:id="rId193869cc4b8adaa87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458169aebf2543a46" w:history="1">
+      <w:hyperlink r:id="rId847969cc4b8adb104" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888169aebf2543b37" w:history="1">
+      <w:hyperlink r:id="rId397369cc4b8adb1f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887369aebf2543bff" w:history="1">
+      <w:hyperlink r:id="rId682369cc4b8adb2b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69927000">
+  <w:abstractNum w:abstractNumId="39720828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76992762">
+    <w:lvl w:ilvl="0" w:tplc="85596185">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76992762" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85596185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69926999">
+  <w:abstractNum w:abstractNumId="39720827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22065506">
+    <w:lvl w:ilvl="0" w:tplc="74184991">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69926999">
-    <w:abstractNumId w:val="69926999"/>
+  <w:num w:numId="39720827">
+    <w:abstractNumId w:val="39720827"/>
   </w:num>
-  <w:num w:numId="69927000">
-    <w:abstractNumId w:val="69927000"/>
+  <w:num w:numId="39720828">
+    <w:abstractNumId w:val="39720828"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675844821" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300439164" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId583369aebf253f232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId830369aebf253f29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId612369aebf253fb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId341369aebf2541240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId572969aebf2542255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId331369aebf25422da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId721569aebf25423d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId659669aebf254273b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId971369aebf25427d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId601969aebf2542858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId515169aebf2542932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId736169aebf2542dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId341569aebf2542e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId784069aebf25433cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId458169aebf2543a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId888169aebf2543b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId887369aebf2543bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId834869aebf253fa07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId834869aebf253fa07.jpg"/><Relationship Id="rId597869aebf25408ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597869aebf25408ed.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794539355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121306668" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId189569cc4b8ad6713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId877369cc4b8ad677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId643869cc4b8ad6f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId320169cc4b8ad89a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId973369cc4b8ad9922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId994369cc4b8ad99a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId639269cc4b8ad9aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId919869cc4b8ad9dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId530069cc4b8ad9ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId630369cc4b8ad9f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId376669cc4b8ad9ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId630469cc4b8ada481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId333169cc4b8ada4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId193869cc4b8adaa87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId847969cc4b8adb104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId397369cc4b8adb1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId682369cc4b8adb2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId497669cc4b8ad6e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId497669cc4b8ad6e21.jpg"/><Relationship Id="rId836369cc4b8ad805f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId836369cc4b8ad805f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>