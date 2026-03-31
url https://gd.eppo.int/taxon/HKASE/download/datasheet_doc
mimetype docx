--- v6 (2026-03-31)
+++ v7 (2026-03-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Salisbury) Britten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needlebush, prickly hakea, silky hakea (ZA), silky wattle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189569cc4b8ad6713" w:history="1">
+            <w:hyperlink r:id="rId197269cc5cfd92ed1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId877369cc4b8ad677c" w:history="1">
+            <w:hyperlink r:id="rId957069cc5cfd92f3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HKASE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81329628" name="name921369cc4b8ad6e23" descr="5063.jpg"/>
+                  <wp:docPr id="43574300" name="name398669cc5cfd935b1" descr="5063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId497669cc4b8ad6e21" cstate="print"/>
+                          <a:blip r:embed="rId950569cc5cfd935af" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId643869cc4b8ad6f47" w:history="1">
+            <w:hyperlink r:id="rId414769cc5cfd93745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -924,63 +924,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81889529" name="name848069cc4b8ad8063" descr="HKASE_distribution_map.jpg"/>
+            <wp:docPr id="28229564" name="name935269cc5cfd947c8" descr="HKASE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HKASE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId836369cc4b8ad805f" cstate="print"/>
+                    <a:blip r:embed="rId222769cc5cfd947c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2103,51 +2103,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Linnaeus, 1758) for both nectar and pollen. Use for honey production is also noted by Vieira (2002) in Madeira.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is little information on the value of the species in trade within the EPPO region. The UK Royal Horticultural Society list only one supplier (RHS, 2018). The species is also available from five suppliers via the German PPP Index </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320169cc4b8ad89a9" w:history="1">
+      <w:hyperlink r:id="rId184669cc5cfd95144" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ppp-index.de/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. A further Internet search did not detail any additional suppliers within the European Union (EU).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4479,51 +4479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa, the control of the species was enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId973369cc4b8ad9922" w:history="1">
+      <w:hyperlink r:id="rId635369cc5cfd960ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.environment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4559,51 +4559,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ANBG (2017) Growing Native Plants: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994369cc4b8ad99a6" w:history="1">
+      <w:hyperlink r:id="rId823369cc5cfd96171" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4716,51 +4716,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Barker RM (2010). Australian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">species: identification and information. Version 1. An interactive Lucid key and information system. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639269cc4b8ad9aa0" w:history="1">
+      <w:hyperlink r:id="rId738569cc5cfd9626e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.flora.sa.gov.au/id_tool.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5241,51 +5241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(silky hakea). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919869cc4b8ad9dff" w:history="1">
+      <w:hyperlink r:id="rId246169cc5cfd965c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/27302</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 April 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5338,51 +5338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 289–302.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dufour-Dror J-M (ed.) (2013) Israel’s Least Wanted Alien Ornamental Plant Species – First Edition, July 2013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530069cc4b8ad9ea0" w:history="1">
+      <w:hyperlink r:id="rId575669cc5cfd96675" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 16 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5415,51 +5415,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630369cc4b8ad9f22" w:history="1">
+      <w:hyperlink r:id="rId451269cc5cfd966f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 9th November, 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5550,51 +5550,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schrad. em Portugal. 1o Encontro sobre Invasoras Lenhosas. SPCF/ADERE, Gerês, pp. 58–65.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fourie A, Gordon AJ &amp; Krug RM (2012) Invasive Hakeas Biological Control Implementations. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376669cc4b8ad9ffd" w:history="1">
+      <w:hyperlink r:id="rId608869cc5cfd967d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://thekrugs.free.fr/HakeaHandbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6269,51 +6269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1932. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630469cc4b8ada481" w:history="1">
+      <w:hyperlink r:id="rId486869cc5cfd96c5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049867</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto de Investigação Científica Tropical (2008-2017b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1964. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333169cc4b8ada4df" w:history="1">
+      <w:hyperlink r:id="rId127269cc5cfd96cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://actd.iict.pt/view/actd:LISC049868</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7228,51 +7228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pp. 15–18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2018) Find a plant. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193869cc4b8adaa87" w:history="1">
+      <w:hyperlink r:id="rId633069cc5cfd97260" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/plants/search-Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [Accessed 25th March, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8228,51 +8228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xunta de Galicia (n.d.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas Invasoras de Galicia: Bioloxía, distribución e métodos de control. Xunta de Galicia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Galicia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847969cc4b8adb104" w:history="1">
+      <w:hyperlink r:id="rId592169cc5cfd978ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 May 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8367,51 +8367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakea sericea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397369cc4b8adb1f2" w:history="1">
+      <w:hyperlink r:id="rId929469cc5cfd979b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8487,51 +8487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 273-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682369cc4b8adb2b8" w:history="1">
+      <w:hyperlink r:id="rId828569cc5cfd97a7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12527</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -8618,137 +8618,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39720828">
+  <w:abstractNum w:abstractNumId="46275142">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85596185">
+    <w:lvl w:ilvl="0" w:tplc="19043614">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85596185" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19043614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39720827">
+  <w:abstractNum w:abstractNumId="46275141">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74184991">
+    <w:lvl w:ilvl="0" w:tplc="65257892">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9500,55 +9500,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39720827">
-    <w:abstractNumId w:val="39720827"/>
+  <w:num w:numId="46275141">
+    <w:abstractNumId w:val="46275141"/>
   </w:num>
-  <w:num w:numId="39720828">
-    <w:abstractNumId w:val="39720828"/>
+  <w:num w:numId="46275142">
+    <w:abstractNumId w:val="46275142"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21098,51 +21098,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794539355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121306668" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId189569cc4b8ad6713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId877369cc4b8ad677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId643869cc4b8ad6f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId320169cc4b8ad89a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId973369cc4b8ad9922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId994369cc4b8ad99a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId639269cc4b8ad9aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId919869cc4b8ad9dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId530069cc4b8ad9ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId630369cc4b8ad9f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId376669cc4b8ad9ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId630469cc4b8ada481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId333169cc4b8ada4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId193869cc4b8adaa87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId847969cc4b8adb104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId397369cc4b8adb1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId682369cc4b8adb2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId497669cc4b8ad6e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId497669cc4b8ad6e21.jpg"/><Relationship Id="rId836369cc4b8ad805f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId836369cc4b8ad805f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510294634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId830325898" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId197269cc5cfd92ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/" TargetMode="External"/><Relationship Id="rId957069cc5cfd92f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/categorization" TargetMode="External"/><Relationship Id="rId414769cc5cfd93745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HKASE/photos" TargetMode="External"/><Relationship Id="rId184669cc5cfd95144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppp-index.de/" TargetMode="External"/><Relationship Id="rId635369cc5cfd960ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.za" TargetMode="External"/><Relationship Id="rId823369cc5cfd96171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anbg.gov.au/gnp/gnp3/hakea-sericea.html" TargetMode="External"/><Relationship Id="rId738569cc5cfd9626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.flora.sa.gov.au/id_tool.html" TargetMode="External"/><Relationship Id="rId246169cc5cfd965c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/27302" TargetMode="External"/><Relationship Id="rId575669cc5cfd96675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/English/env_topics/biodiversity/Documents/InvasiveSpecies-July2013.pdf" TargetMode="External"/><Relationship Id="rId451269cc5cfd966f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId608869cc5cfd967d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://thekrugs.free.fr/HakeaHandbook" TargetMode="External"/><Relationship Id="rId486869cc5cfd96c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049867" TargetMode="External"/><Relationship Id="rId127269cc5cfd96cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://actd.iict.pt/view/actd:LISC049868" TargetMode="External"/><Relationship Id="rId633069cc5cfd97260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/plants/search-Form" TargetMode="External"/><Relationship Id="rId592169cc5cfd978ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ciencias-marinas.uvigo.es/bibliografia_ambiental/plantas/Plantas%20aloctonas/Plantas%20invasoras%20de%20Galicia.pdf" TargetMode="External"/><Relationship Id="rId929469cc5cfd979b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId828569cc5cfd97a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12527" TargetMode="External"/><Relationship Id="rId950569cc5cfd935af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950569cc5cfd935af.jpg"/><Relationship Id="rId222769cc5cfd947c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222769cc5cfd947c5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>