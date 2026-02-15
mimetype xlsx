--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -236,54 +236,54 @@
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Transient</t>
-[...2 lines deleted...]
-    <t>Russian Federation (the)</t>
+    <t>Absent, pest eradicated</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>