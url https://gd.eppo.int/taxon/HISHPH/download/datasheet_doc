--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId899668e707cca0c6e" w:history="1">
+            <w:hyperlink r:id="rId952169072bd5da97b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129668e707cca0cb2" w:history="1">
+            <w:hyperlink r:id="rId736669072bd5da9bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29535833" name="name358668e707cca1f88" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="30935138" name="name953369072bd5dc180" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId691268e707cca1f85" cstate="print"/>
+                    <a:blip r:embed="rId370769072bd5dc17e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950868e707cca303e" w:history="1">
+      <w:hyperlink r:id="rId556469072bd5dd0d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908168e707cca310c" w:history="1">
+      <w:hyperlink r:id="rId844969072bd5dd15b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912968e707cca31de" w:history="1">
+      <w:hyperlink r:id="rId744369072bd5dd1cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277468e707cca3226" w:history="1">
+      <w:hyperlink r:id="rId131769072bd5dd20d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535168e707cca3917" w:history="1">
+      <w:hyperlink r:id="rId454769072bd5dd898" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6741586" name="name747668e707cca39e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="94270469" name="name141669072bd5dd92b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId190868e707cca39e0" cstate="print"/>
+                    <a:blip r:embed="rId100269072bd5dd92a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11005743">
+  <w:abstractNum w:abstractNumId="75419377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38640127">
+    <w:lvl w:ilvl="0" w:tplc="66077018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38640127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66077018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11005742">
+  <w:abstractNum w:abstractNumId="75419376">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37330263">
+    <w:lvl w:ilvl="0" w:tplc="68138736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11005742">
-    <w:abstractNumId w:val="11005742"/>
+  <w:num w:numId="75419376">
+    <w:abstractNumId w:val="75419376"/>
   </w:num>
-  <w:num w:numId="11005743">
-    <w:abstractNumId w:val="11005743"/>
+  <w:num w:numId="75419377">
+    <w:abstractNumId w:val="75419377"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697408097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577197553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899668e707cca0c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId129668e707cca0cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId950868e707cca303e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId908168e707cca310c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId912968e707cca31de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId277468e707cca3226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId535168e707cca3917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId691268e707cca1f85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691268e707cca1f85.jpg"/><Relationship Id="rId190868e707cca39e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190868e707cca39e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997771111" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665918626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId952169072bd5da97b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId736669072bd5da9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId556469072bd5dd0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId844969072bd5dd15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId744369072bd5dd1cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId131769072bd5dd20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId454769072bd5dd898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370769072bd5dc17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370769072bd5dc17e.jpg"/><Relationship Id="rId100269072bd5dd92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId100269072bd5dd92a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>