--- v1 (2025-11-02)
+++ v2 (2025-11-25)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId952169072bd5da97b" w:history="1">
+            <w:hyperlink r:id="rId4333692567f51ce7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId736669072bd5da9bd" w:history="1">
+            <w:hyperlink r:id="rId7277692567f51cec5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30935138" name="name953369072bd5dc180" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="80678857" name="name4190692567f51e54f" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId370769072bd5dc17e" cstate="print"/>
+                    <a:blip r:embed="rId5094692567f51e54d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556469072bd5dd0d0" w:history="1">
+      <w:hyperlink r:id="rId2055692567f51f519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844969072bd5dd15b" w:history="1">
+      <w:hyperlink r:id="rId2876692567f51f5a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744369072bd5dd1cb" w:history="1">
+      <w:hyperlink r:id="rId3735692567f51f616" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131769072bd5dd20d" w:history="1">
+      <w:hyperlink r:id="rId8688692567f51f658" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454769072bd5dd898" w:history="1">
+      <w:hyperlink r:id="rId3244692567f51fcda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94270469" name="name141669072bd5dd92b" descr="eu_funding_250.png"/>
+            <wp:docPr id="16782331" name="name9690692567f51fda1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId100269072bd5dd92a" cstate="print"/>
+                    <a:blip r:embed="rId3718692567f51fd9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75419377">
+  <w:abstractNum w:abstractNumId="21515910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66077018">
+    <w:lvl w:ilvl="0" w:tplc="39475689">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66077018" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39475689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75419376">
+  <w:abstractNum w:abstractNumId="21515909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68138736">
+    <w:lvl w:ilvl="0" w:tplc="72464792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75419376">
-    <w:abstractNumId w:val="75419376"/>
+  <w:num w:numId="21515909">
+    <w:abstractNumId w:val="21515909"/>
   </w:num>
-  <w:num w:numId="75419377">
-    <w:abstractNumId w:val="75419377"/>
+  <w:num w:numId="21515910">
+    <w:abstractNumId w:val="21515910"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId997771111" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665918626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId952169072bd5da97b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId736669072bd5da9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId556469072bd5dd0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId844969072bd5dd15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId744369072bd5dd1cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId131769072bd5dd20d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId454769072bd5dd898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId370769072bd5dc17e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370769072bd5dc17e.jpg"/><Relationship Id="rId100269072bd5dd92a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId100269072bd5dd92a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119250158" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId146198032" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333692567f51ce7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId7277692567f51cec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId2055692567f51f519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId2876692567f51f5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId3735692567f51f616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId8688692567f51f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3244692567f51fcda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5094692567f51e54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5094692567f51e54d.jpg"/><Relationship Id="rId3718692567f51fd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3718692567f51fd9f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>