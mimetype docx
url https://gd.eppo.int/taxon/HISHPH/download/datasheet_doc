--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4333692567f51ce7e" w:history="1">
+            <w:hyperlink r:id="rId74136940d5361eb00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7277692567f51cec5" w:history="1">
+            <w:hyperlink r:id="rId95736940d5361eb44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80678857" name="name4190692567f51e54f" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="63680902" name="name15456940d53620174" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5094692567f51e54d" cstate="print"/>
+                    <a:blip r:embed="rId17376940d53620171" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2055692567f51f519" w:history="1">
+      <w:hyperlink r:id="rId90056940d536219b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2876692567f51f5a4" w:history="1">
+      <w:hyperlink r:id="rId65566940d53621a44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3735692567f51f616" w:history="1">
+      <w:hyperlink r:id="rId90986940d53621ab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8688692567f51f658" w:history="1">
+      <w:hyperlink r:id="rId70316940d53621af8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3244692567f51fcda" w:history="1">
+      <w:hyperlink r:id="rId98296940d5362230c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16782331" name="name9690692567f51fda1" descr="eu_funding_250.png"/>
+            <wp:docPr id="40697911" name="name96526940d53622422" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3718692567f51fd9f" cstate="print"/>
+                    <a:blip r:embed="rId23776940d53622420" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21515910">
+  <w:abstractNum w:abstractNumId="70792681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39475689">
+    <w:lvl w:ilvl="0" w:tplc="33831407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39475689" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33831407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21515909">
+  <w:abstractNum w:abstractNumId="70792680">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72464792">
+    <w:lvl w:ilvl="0" w:tplc="44046629">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21515909">
-    <w:abstractNumId w:val="21515909"/>
+  <w:num w:numId="70792680">
+    <w:abstractNumId w:val="70792680"/>
   </w:num>
-  <w:num w:numId="21515910">
-    <w:abstractNumId w:val="21515910"/>
+  <w:num w:numId="70792681">
+    <w:abstractNumId w:val="70792681"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119250158" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId146198032" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333692567f51ce7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId7277692567f51cec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId2055692567f51f519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId2876692567f51f5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId3735692567f51f616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId8688692567f51f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3244692567f51fcda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5094692567f51e54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5094692567f51e54d.jpg"/><Relationship Id="rId3718692567f51fd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3718692567f51fd9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648792377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId453865090" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74136940d5361eb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId95736940d5361eb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId90056940d536219b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId65566940d53621a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId90986940d53621ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId70316940d53621af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId98296940d5362230c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17376940d53620171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17376940d53620171.jpg"/><Relationship Id="rId23776940d53622420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23776940d53622420.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>