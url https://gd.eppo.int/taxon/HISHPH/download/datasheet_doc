--- v3 (2025-12-16)
+++ v4 (2026-01-08)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74136940d5361eb00" w:history="1">
+            <w:hyperlink r:id="rId5379695f3db946861" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95736940d5361eb44" w:history="1">
+            <w:hyperlink r:id="rId8994695f3db9468b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63680902" name="name15456940d53620174" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="5629225" name="name2713695f3db94811a" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17376940d53620171" cstate="print"/>
+                    <a:blip r:embed="rId2807695f3db948118" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90056940d536219b7" w:history="1">
+      <w:hyperlink r:id="rId4326695f3db94918e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65566940d53621a44" w:history="1">
+      <w:hyperlink r:id="rId2129695f3db949251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90986940d53621ab5" w:history="1">
+      <w:hyperlink r:id="rId2641695f3db9492c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70316940d53621af8" w:history="1">
+      <w:hyperlink r:id="rId4946695f3db949308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4903,73 +4903,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98296940d5362230c" w:history="1">
+      <w:hyperlink r:id="rId5512695f3db949c10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40697911" name="name96526940d53622422" descr="eu_funding_250.png"/>
+            <wp:docPr id="61685694" name="name1224695f3db949ce4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23776940d53622420" cstate="print"/>
+                    <a:blip r:embed="rId7954695f3db949ce3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70792681">
+  <w:abstractNum w:abstractNumId="74999249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33831407">
+    <w:lvl w:ilvl="0" w:tplc="89669443">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33831407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89669443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70792680">
+  <w:abstractNum w:abstractNumId="74999248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44046629">
+    <w:lvl w:ilvl="0" w:tplc="46021463">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70792680">
-    <w:abstractNumId w:val="70792680"/>
+  <w:num w:numId="74999248">
+    <w:abstractNumId w:val="74999248"/>
   </w:num>
-  <w:num w:numId="70792681">
-    <w:abstractNumId w:val="70792681"/>
+  <w:num w:numId="74999249">
+    <w:abstractNumId w:val="74999249"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648792377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId453865090" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74136940d5361eb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId95736940d5361eb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId90056940d536219b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId65566940d53621a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId90986940d53621ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId70316940d53621af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId98296940d5362230c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17376940d53620171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17376940d53620171.jpg"/><Relationship Id="rId23776940d53622420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23776940d53622420.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId882529768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376475455" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5379695f3db946861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId8994695f3db9468b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId4326695f3db94918e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId2129695f3db949251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId2641695f3db9492c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId4946695f3db949308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5512695f3db949c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2807695f3db948118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2807695f3db948118.jpg"/><Relationship Id="rId7954695f3db949ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7954695f3db949ce3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>