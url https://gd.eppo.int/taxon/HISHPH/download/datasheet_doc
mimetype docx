--- v4 (2026-01-08)
+++ v5 (2026-01-28)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5379695f3db946861" w:history="1">
+            <w:hyperlink r:id="rId24916979eb353597e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8994695f3db9468b0" w:history="1">
+            <w:hyperlink r:id="rId55566979eb35359c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5629225" name="name2713695f3db94811a" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="3208981" name="name42946979eb3537144" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2807695f3db948118" cstate="print"/>
+                    <a:blip r:embed="rId43206979eb3537141" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4326695f3db94918e" w:history="1">
+      <w:hyperlink r:id="rId84006979eb3538515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2129695f3db949251" w:history="1">
+      <w:hyperlink r:id="rId47346979eb35385c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2641695f3db9492c5" w:history="1">
+      <w:hyperlink r:id="rId38366979eb35386c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4946695f3db949308" w:history="1">
+      <w:hyperlink r:id="rId15236979eb3538716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5512695f3db949c10" w:history="1">
+      <w:hyperlink r:id="rId43236979eb35390a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61685694" name="name1224695f3db949ce4" descr="eu_funding_250.png"/>
+            <wp:docPr id="30710171" name="name97756979eb353941f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7954695f3db949ce3" cstate="print"/>
+                    <a:blip r:embed="rId79056979eb3539417" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74999249">
+  <w:abstractNum w:abstractNumId="99254938">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89669443">
+    <w:lvl w:ilvl="0" w:tplc="49889420">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89669443" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49889420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74999248">
+  <w:abstractNum w:abstractNumId="99254937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46021463">
+    <w:lvl w:ilvl="0" w:tplc="99224460">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74999248">
-    <w:abstractNumId w:val="74999248"/>
+  <w:num w:numId="99254937">
+    <w:abstractNumId w:val="99254937"/>
   </w:num>
-  <w:num w:numId="74999249">
-    <w:abstractNumId w:val="74999249"/>
+  <w:num w:numId="99254938">
+    <w:abstractNumId w:val="99254938"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId882529768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376475455" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5379695f3db946861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId8994695f3db9468b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId4326695f3db94918e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId2129695f3db949251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId2641695f3db9492c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId4946695f3db949308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5512695f3db949c10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2807695f3db948118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2807695f3db948118.jpg"/><Relationship Id="rId7954695f3db949ce3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7954695f3db949ce3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855084681" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433890429" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24916979eb353597e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId55566979eb35359c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId84006979eb3538515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId47346979eb35385c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId38366979eb35386c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId15236979eb3538716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId43236979eb35390a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43206979eb3537141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43206979eb3537141.jpg"/><Relationship Id="rId79056979eb3539417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79056979eb3539417.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>