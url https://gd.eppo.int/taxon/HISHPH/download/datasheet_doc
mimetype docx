--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24916979eb353597e" w:history="1">
+            <w:hyperlink r:id="rId94416996730007972" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55566979eb35359c4" w:history="1">
+            <w:hyperlink r:id="rId13736996730007a1a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3208981" name="name42946979eb3537144" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="22539750" name="name5008699673000981a" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43206979eb3537141" cstate="print"/>
+                    <a:blip r:embed="rId54116996730009813" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84006979eb3538515" w:history="1">
+      <w:hyperlink r:id="rId8977699673000a97f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47346979eb35385c8" w:history="1">
+      <w:hyperlink r:id="rId3771699673000aa0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38366979eb35386c5" w:history="1">
+      <w:hyperlink r:id="rId5008699673000aa7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15236979eb3538716" w:history="1">
+      <w:hyperlink r:id="rId4258699673000aac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43236979eb35390a1" w:history="1">
+      <w:hyperlink r:id="rId5568699673000b168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30710171" name="name97756979eb353941f" descr="eu_funding_250.png"/>
+            <wp:docPr id="86416436" name="name3019699673000b662" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79056979eb3539417" cstate="print"/>
+                    <a:blip r:embed="rId9131699673000b660" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99254938">
+  <w:abstractNum w:abstractNumId="59971123">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49889420">
+    <w:lvl w:ilvl="0" w:tplc="20303454">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49889420" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20303454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99254937">
+  <w:abstractNum w:abstractNumId="59971122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99224460">
+    <w:lvl w:ilvl="0" w:tplc="46418605">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99254937">
-    <w:abstractNumId w:val="99254937"/>
+  <w:num w:numId="59971122">
+    <w:abstractNumId w:val="59971122"/>
   </w:num>
-  <w:num w:numId="99254938">
-    <w:abstractNumId w:val="99254938"/>
+  <w:num w:numId="59971123">
+    <w:abstractNumId w:val="59971123"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855084681" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId433890429" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24916979eb353597e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId55566979eb35359c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId84006979eb3538515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId47346979eb35385c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId38366979eb35386c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId15236979eb3538716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId43236979eb35390a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43206979eb3537141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43206979eb3537141.jpg"/><Relationship Id="rId79056979eb3539417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79056979eb3539417.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775164995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId197722953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94416996730007972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId13736996730007a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId8977699673000a97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId3771699673000aa0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId5008699673000aa7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId4258699673000aac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5568699673000b168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54116996730009813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54116996730009813.jpg"/><Relationship Id="rId9131699673000b660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9131699673000b660.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>