--- v6 (2026-02-19)
+++ v7 (2026-03-11)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94416996730007972" w:history="1">
+            <w:hyperlink r:id="rId527669b102d20a713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13736996730007a1a" w:history="1">
+            <w:hyperlink r:id="rId195969b102d20a759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22539750" name="name5008699673000981a" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="60395460" name="name621469b102d20be63" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54116996730009813" cstate="print"/>
+                    <a:blip r:embed="rId146269b102d20be5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8977699673000a97f" w:history="1">
+      <w:hyperlink r:id="rId433969b102d20ced6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3771699673000aa0c" w:history="1">
+      <w:hyperlink r:id="rId290469b102d20cf62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5008699673000aa7e" w:history="1">
+      <w:hyperlink r:id="rId804369b102d20cfd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4258699673000aac0" w:history="1">
+      <w:hyperlink r:id="rId868669b102d20d013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5568699673000b168" w:history="1">
+      <w:hyperlink r:id="rId524269b102d20d6b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86416436" name="name3019699673000b662" descr="eu_funding_250.png"/>
+            <wp:docPr id="23021260" name="name170069b102d20d8a0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9131699673000b660" cstate="print"/>
+                    <a:blip r:embed="rId573869b102d20d89e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59971123">
+  <w:abstractNum w:abstractNumId="94675309">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20303454">
+    <w:lvl w:ilvl="0" w:tplc="30732633">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20303454" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30732633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59971122">
+  <w:abstractNum w:abstractNumId="94675308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46418605">
+    <w:lvl w:ilvl="0" w:tplc="73051021">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59971122">
-    <w:abstractNumId w:val="59971122"/>
+  <w:num w:numId="94675308">
+    <w:abstractNumId w:val="94675308"/>
   </w:num>
-  <w:num w:numId="59971123">
-    <w:abstractNumId w:val="59971123"/>
+  <w:num w:numId="94675309">
+    <w:abstractNumId w:val="94675309"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId775164995" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId197722953" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94416996730007972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId13736996730007a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId8977699673000a97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId3771699673000aa0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId5008699673000aa7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId4258699673000aac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5568699673000b168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54116996730009813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54116996730009813.jpg"/><Relationship Id="rId9131699673000b660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9131699673000b660.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610925538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376304037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId527669b102d20a713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId195969b102d20a759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId433969b102d20ced6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId290469b102d20cf62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId804369b102d20cfd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId868669b102d20d013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId524269b102d20d6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId146269b102d20be5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146269b102d20be5f.jpg"/><Relationship Id="rId573869b102d20d89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573869b102d20d89e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>