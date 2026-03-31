--- v7 (2026-03-11)
+++ v8 (2026-03-31)
@@ -313,88 +313,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Distant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hishimonus orientalis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emeljanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527669b102d20a713" w:history="1">
+            <w:hyperlink r:id="rId991469cbcee6aa35d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195969b102d20a759" w:history="1">
+            <w:hyperlink r:id="rId149269cbcee6aa3a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1517,63 +1517,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was misreported in Australia (EFSA, 2017; Du &amp; Dai, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60395460" name="name621469b102d20be63" descr="HISHPH_distribution_map.jpg"/>
+            <wp:docPr id="78607752" name="name334269cbcee6ab876" descr="HISHPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HISHPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId146269b102d20be5f" cstate="print"/>
+                    <a:blip r:embed="rId779369cbcee6ab874" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433969b102d20ced6" w:history="1">
+      <w:hyperlink r:id="rId727369cbcee6ac94b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10050120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3785,51 +3785,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5030, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290469b102d20cf62" w:history="1">
+      <w:hyperlink r:id="rId901669cbcee6ac9d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3855,90 +3855,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804369b102d20cfd2" w:history="1">
+      <w:hyperlink r:id="rId142069cbcee6aca4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868669b102d20d013" w:history="1">
+      <w:hyperlink r:id="rId261269cbcee6aca8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4925,51 +4925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524269b102d20d6b2" w:history="1">
+      <w:hyperlink r:id="rId841769cbcee6ad12e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4982,63 +4982,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23021260" name="name170069b102d20d8a0" descr="eu_funding_250.png"/>
+            <wp:docPr id="53580182" name="name617069cbcee6ad1f4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573869b102d20d89e" cstate="print"/>
+                    <a:blip r:embed="rId330969cbcee6ad1f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5136,137 +5136,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94675309">
+  <w:abstractNum w:abstractNumId="82114439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30732633">
+    <w:lvl w:ilvl="0" w:tplc="20504589">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30732633" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20504589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94675308">
+  <w:abstractNum w:abstractNumId="82114438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73051021">
+    <w:lvl w:ilvl="0" w:tplc="20175287">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6018,55 +6018,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94675308">
-    <w:abstractNumId w:val="94675308"/>
+  <w:num w:numId="82114438">
+    <w:abstractNumId w:val="82114438"/>
   </w:num>
-  <w:num w:numId="94675309">
-    <w:abstractNumId w:val="94675309"/>
+  <w:num w:numId="82114439">
+    <w:abstractNumId w:val="82114439"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17616,51 +17616,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId610925538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376304037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId527669b102d20a713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId195969b102d20a759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId433969b102d20ced6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId290469b102d20cf62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId804369b102d20cfd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId868669b102d20d013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId524269b102d20d6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId146269b102d20be5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146269b102d20be5f.jpg"/><Relationship Id="rId573869b102d20d89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573869b102d20d89e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId817299351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475437220" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId991469cbcee6aa35d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/" TargetMode="External"/><Relationship Id="rId149269cbcee6aa3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HISHPH/categorization" TargetMode="External"/><Relationship Id="rId727369cbcee6ac94b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10050120" TargetMode="External"/><Relationship Id="rId901669cbcee6ac9d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5037" TargetMode="External"/><Relationship Id="rId142069cbcee6aca4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId261269cbcee6aca8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId841769cbcee6ad12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId779369cbcee6ab874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779369cbcee6ab874.jpg"/><Relationship Id="rId330969cbcee6ad1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId330969cbcee6ad1f3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>