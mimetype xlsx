--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>BUDSL</t>
   </si>
   <si>
-    <t>Buddleia saligna</t>
+    <t>Buddleja saligna</t>
   </si>
   <si>
     <t>* Miralles-Núñez A (2022) [New records of the exotic leafhopper Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Cicadellidae) from the Iberian Peninsula]. Boletín de la Sociedad Entomológica Aragonesa (S.E.A.) 71, 150–152 (in Spanish).</t>
   </si>
   <si>
     <t>CIDSS</t>
   </si>
   <si>
     <t>Citrus sp.</t>
   </si>
   <si>
     <t>* Bella S, Aguin-Pombo D, Aguiar AM, Kunz G, Miralles-Nunez A, Foster S, Sanchez-Garcia I, Wilson MR, D’Urso VE (2022) Discovery of Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Auchenorrhyncha: Cicadellidae) in Europe, with remarks on previously recorded species of the genus. Zootaxa 5159(4), 558–570. https://doi.org/10.11646/zootaxa.5159.4.5</t>
   </si>
   <si>
     <t>ELGEB</t>
   </si>
   <si>
     <t>Elaeagnus x submacrophylla</t>
   </si>
   <si>
     <t>* Den Bieman K, De Haas M &amp; Alferink L (2023) Hishimonus diffractus en Planaphrodes nigrita: twee nieuwe dwergcicaden voor Nederland (Homoptera: Cicadellidae). Nederlandse Faunistische Mededelingen 61, 1-6.
 ------- as Elaeagnus x ebbingei.</t>
   </si>
   <si>
     <t>IASOF</t>