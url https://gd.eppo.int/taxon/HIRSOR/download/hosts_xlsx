--- v0 (2025-10-08)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIRSOR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ORYSA</t>
   </si>
   <si>
     <t>Oryza sativa</t>
   </si>
   <si>
     <t>* Babatola JO and Bridge J (1979) Pathogenicity of Hirschmanniella oryzae, H. spinicaudata, and H. imamuri on rice. Journal of Nematology 11, 128–132.
 * Maung ZTZ, Win PP, Kyi PP, Myint YY, de Waele D (2013) Occurrence of the rice root nematode Hirschmanniella oryzae on monsoon rice in Myanmar. Archives of Phytopathology and Plant Protection 46 (3), 348-356.
 * Anwar SA, McKenry MV, Yasin SI (2011) Rice-root nematode, Hirschmaniella oryzae, infecting rice selections and weed genotypes. Pakistan Journal of Zoology 43, 373-378.
@@ -389,50 +389,59 @@
   <si>
     <t>* Suwanngam A, Schiffer PH, Sasnarukkit A, Siripattanapipong S, Jindapunnapat K, Ruang-areerate T, Chinnasri B (2025) Development of a closed tube loop-mediated isothermal amplification (LAMP) assay to detect Hirschmanniella oryzae (Tylenchida: Pratylenchidae) in exported aquatic plants. Crop Protection 187, 106989.
 ------- as Cryptocoryne costata.</t>
   </si>
   <si>
     <t>ECOGB</t>
   </si>
   <si>
     <t>Echinodorus grisebachii</t>
   </si>
   <si>
     <t>* Suwanngam A, Schiffer PH, Sasnarukkit A, Siripattanapipong S, Jindapunnapat K, Ruang-areerate T, Chinnasri B (2025) Development of a closed tube loop-mediated isothermal amplification (LAMP) assay to detect Hirschmanniella oryzae (Tylenchida: Pratylenchidae) in exported aquatic plants. Crop Protection 187, 106989.
 ------- as Echinodorus amazonicus.</t>
   </si>
   <si>
     <t>ECOHY</t>
   </si>
   <si>
     <t>Echinodorus hybrids</t>
   </si>
   <si>
     <t>* Suwanngam A, Schiffer PH, Sasnarukkit A, Siripattanapipong S, Jindapunnapat K, Ruang-areerate T, Chinnasri B (2025) Development of a closed tube loop-mediated isothermal amplification (LAMP) assay to detect Hirschmanniella oryzae (Tylenchida: Pratylenchidae) in exported aquatic plants. Crop Protection 187, 106989.
 ------- Echinodorus rose</t>
   </si>
   <si>
+    <t>SAGSU</t>
+  </si>
+  <si>
+    <t>Sagittaria subulata</t>
+  </si>
+  <si>
+    <t>* Brito JA, Mendes ML, Kaur R, Stanley  D (2010) Tri-ology, 49 (4), https://ccmedia.fdacs.gov/content/download/12556/file/triology_4904.pdf</t>
+  </si>
+  <si>
     <t>VAIGI</t>
   </si>
   <si>
     <t>Vallisneria nana</t>
   </si>
   <si>
     <t>* Suwanngam A, Schiffer PH, Sasnarukkit A, Siripattanapipong S, Jindapunnapat K, Ruang-areerate T, Chinnasri B (2025) Development of a closed tube loop-mediated isothermal amplification (LAMP) assay to detect Hirschmanniella oryzae (Tylenchida: Pratylenchidae) in exported aquatic plants. Crop Protection 187, 106989.
 ------- as Vallineria gigantea.</t>
   </si>
   <si>
     <t>VAISP</t>
   </si>
   <si>
     <t>Vallisneria spiralis</t>
   </si>
   <si>
     <t>* Suwanngam A, Schiffer PH, Sasnarukkit A, Siripattanapipong S, Jindapunnapat K, Ruang-areerate T, Chinnasri B (2025) Development of a closed tube loop-mediated isothermal amplification (LAMP) assay to detect Hirschmanniella oryzae (Tylenchida: Pratylenchidae) in exported aquatic plants. Crop Protection 187, 106989.
 ------- as Vallineria spirallis.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ABMES</t>
   </si>
@@ -547,50 +556,59 @@
   <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
   <si>
     <t>CIEAR</t>
   </si>
   <si>
     <t>Cicer arietinum</t>
   </si>
   <si>
     <t>GOSBA</t>
   </si>
   <si>
     <t>Gossypium barbadense</t>
   </si>
   <si>
     <t>* Ibrahim IKA, Mokbel AA, Handoo ZA (2010) Current status of phytoparasitic nematodes and their host plants in Egypt. Nematropica 40, 239-262.
 ------- Referring to other publications and it does not specify whether the nematode was found in the roots or in the soil.</t>
+  </si>
+  <si>
+    <t>PHXDA</t>
+  </si>
+  <si>
+    <t>Phoenix dactylifera</t>
+  </si>
+  <si>
+    <t>* Gill Z, Firoza K (2014) Nematodes associated with datepalm orchards of Kairpur district Sindh, Pakistan. Pakistan Journal of Nematology 32 (1), 113-119</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -900,51 +918,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="375.051" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1532,242 +1550,270 @@
         <v>115</v>
       </c>
       <c r="C43" t="s">
         <v>116</v>
       </c>
       <c r="D43" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>102</v>
       </c>
       <c r="B44" t="s">
         <v>118</v>
       </c>
       <c r="C44" t="s">
         <v>119</v>
       </c>
       <c r="D44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>102</v>
+      </c>
+      <c r="B45" t="s">
         <v>121</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>122</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B46" t="s">
         <v>125</v>
       </c>
       <c r="C46" t="s">
         <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
         <v>128</v>
       </c>
       <c r="C47" t="s">
         <v>129</v>
       </c>
       <c r="D47" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B49" t="s">
         <v>133</v>
       </c>
       <c r="C49" t="s">
         <v>134</v>
       </c>
       <c r="D49" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B50" t="s">
         <v>136</v>
       </c>
       <c r="C50" t="s">
         <v>137</v>
       </c>
       <c r="D50" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B51" t="s">
         <v>139</v>
       </c>
       <c r="C51" t="s">
         <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" t="s">
         <v>143</v>
       </c>
       <c r="D52" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B54" t="s">
         <v>147</v>
       </c>
       <c r="C54" t="s">
         <v>148</v>
       </c>
       <c r="D54" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>124</v>
+      </c>
+      <c r="B55" t="s">
         <v>150</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>151</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B56" t="s">
         <v>154</v>
       </c>
       <c r="C56" t="s">
         <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B57" t="s">
+        <v>157</v>
+      </c>
+      <c r="C57" t="s">
+        <v>158</v>
+      </c>
+      <c r="D57" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B58" t="s">
         <v>159</v>
       </c>
       <c r="C58" t="s">
         <v>160</v>
       </c>
       <c r="D58" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
         <v>153</v>
+      </c>
+      <c r="B59" t="s">
+        <v>162</v>
+      </c>
+      <c r="C59" t="s">
+        <v>163</v>
+      </c>
+      <c r="D59" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>153</v>
+      </c>
+      <c r="B60" t="s">
+        <v>165</v>
+      </c>
+      <c r="C60" t="s">
+        <v>166</v>
+      </c>
+      <c r="D60" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">