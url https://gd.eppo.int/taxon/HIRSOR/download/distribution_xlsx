--- v0 (2025-10-08)
+++ v1 (2026-03-19)
@@ -224,56 +224,50 @@
   <si>
     <t>la</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>tx</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
-    <t>Cambodia</t>
-[...4 lines deleted...]
-  <si>
     <t>China</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Anhui</t>
   </si>
   <si>
     <t>ah</t>
   </si>
   <si>
     <t>Fujian</t>
   </si>
   <si>
     <t>fj</t>
   </si>
   <si>
     <t>Guangdong</t>
   </si>
   <si>
     <t>gd</t>
   </si>
   <si>
     <t>Guangxi</t>
@@ -312,50 +306,56 @@
     <t>hb</t>
   </si>
   <si>
     <t>Hunan</t>
   </si>
   <si>
     <t>hu</t>
   </si>
   <si>
     <t>Jiangsu</t>
   </si>
   <si>
     <t>js</t>
   </si>
   <si>
     <t>Jiangxi</t>
   </si>
   <si>
     <t>jx</t>
   </si>
   <si>
     <t>Shaanxi</t>
   </si>
   <si>
     <t>sx</t>
+  </si>
+  <si>
+    <t>Shandong</t>
+  </si>
+  <si>
+    <t>sd</t>
   </si>
   <si>
     <t>Sichuan</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Xianggang (Hong Kong)</t>
   </si>
   <si>
     <t>hk</t>
   </si>
   <si>
     <t>Yunnan</t>
   </si>
   <si>
     <t>yn</t>
   </si>
   <si>
     <t>Zhejiang</t>
   </si>
   <si>
     <t>zj</t>
   </si>
@@ -1518,393 +1518,397 @@
       <c r="F30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>70</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" t="s">
         <v>72</v>
       </c>
-      <c r="C32"/>
       <c r="D32" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" t="s">
         <v>73</v>
       </c>
-      <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>75</v>
       </c>
       <c r="F33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>67</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C34" t="s">
         <v>76</v>
       </c>
       <c r="D34" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>77</v>
       </c>
       <c r="F34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>67</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E35" t="s">
         <v>79</v>
       </c>
       <c r="F35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>67</v>
       </c>
       <c r="B36" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C36" t="s">
         <v>80</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
         <v>81</v>
       </c>
       <c r="F36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>67</v>
       </c>
       <c r="B37" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C37" t="s">
         <v>82</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E37" t="s">
         <v>83</v>
       </c>
       <c r="F37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>67</v>
       </c>
       <c r="B38" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C38" t="s">
         <v>84</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E38" t="s">
         <v>85</v>
       </c>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>67</v>
       </c>
       <c r="B39" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C39" t="s">
         <v>86</v>
       </c>
       <c r="D39" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>87</v>
       </c>
       <c r="F39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>89</v>
       </c>
       <c r="F40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>67</v>
       </c>
       <c r="B41" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E41" t="s">
         <v>91</v>
       </c>
       <c r="F41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>67</v>
       </c>
       <c r="B42" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E42" t="s">
         <v>93</v>
       </c>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>67</v>
       </c>
       <c r="B43" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C43" t="s">
         <v>94</v>
       </c>
       <c r="D43" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E43" t="s">
         <v>95</v>
       </c>
       <c r="F43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>67</v>
       </c>
       <c r="B44" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C44" t="s">
         <v>96</v>
       </c>
       <c r="D44" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E44" t="s">
         <v>97</v>
       </c>
       <c r="F44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>67</v>
       </c>
       <c r="B45" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C45" t="s">
         <v>98</v>
       </c>
       <c r="D45" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>99</v>
       </c>
       <c r="F45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>67</v>
       </c>
       <c r="B46" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C46" t="s">
         <v>100</v>
       </c>
       <c r="D46" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E46" t="s">
         <v>101</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>67</v>
       </c>
       <c r="B47" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C47" t="s">
         <v>102</v>
       </c>
       <c r="D47" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E47" t="s">
         <v>103</v>
       </c>
       <c r="F47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>67</v>
       </c>
       <c r="B48" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C48" t="s">
         <v>104</v>
       </c>
       <c r="D48" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E48" t="s">
         <v>105</v>
       </c>
       <c r="F48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>67</v>
       </c>
       <c r="B49" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C49" t="s">
         <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E49" t="s">
         <v>107</v>
       </c>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>67</v>
       </c>
       <c r="B50" t="s">
         <v>108</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>109</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:6">