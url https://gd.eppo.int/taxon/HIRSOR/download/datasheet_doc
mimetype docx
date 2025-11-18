--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId701468e651ee8339c" w:history="1">
+            <w:hyperlink r:id="rId9753691c1a7d21296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87054207" name="name246268e651ee83b90" descr="14870.jpg"/>
+                  <wp:docPr id="27784917" name="name1059691c1a7d2137c" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId581668e651ee83b8e" cstate="print"/>
+                          <a:blip r:embed="rId7363691c1a7d2137a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId113068e651ee83cba" w:history="1">
+            <w:hyperlink r:id="rId1580691c1a7d21474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2647,63 +2647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79161126" name="name137968e651ee8602d" descr="HIRSOR_distribution_map.jpg"/>
+            <wp:docPr id="63649852" name="name1430691c1a7d232bd" descr="HIRSOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HIRSOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId592768e651ee8602a" cstate="print"/>
+                    <a:blip r:embed="rId6378691c1a7d232ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805768e651ee88902" w:history="1">
+      <w:hyperlink r:id="rId7044691c1a7d25adb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8994,51 +8994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659168e651ee88a6f" w:history="1">
+      <w:hyperlink r:id="rId9142691c1a7d25c31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9051,63 +9051,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6478568" name="name154568e651ee88b69" descr="eu_funding_250.png"/>
+            <wp:docPr id="73994031" name="name4929691c1a7d25cd0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId563568e651ee88b68" cstate="print"/>
+                    <a:blip r:embed="rId9864691c1a7d25ccf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9205,137 +9205,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53555409">
+  <w:abstractNum w:abstractNumId="86083186">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13736757">
+    <w:lvl w:ilvl="0" w:tplc="29979555">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13736757" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29979555" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53555408">
+  <w:abstractNum w:abstractNumId="86083185">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63730865">
+    <w:lvl w:ilvl="0" w:tplc="98829160">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10087,55 +10087,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53555408">
-    <w:abstractNumId w:val="53555408"/>
+  <w:num w:numId="86083185">
+    <w:abstractNumId w:val="86083185"/>
   </w:num>
-  <w:num w:numId="53555409">
-    <w:abstractNumId w:val="53555409"/>
+  <w:num w:numId="86083186">
+    <w:abstractNumId w:val="86083186"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21685,51 +21685,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId484306440" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId467963179" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId701468e651ee8339c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId113068e651ee83cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId805768e651ee88902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId659168e651ee88a6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId581668e651ee83b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581668e651ee83b8e.jpg"/><Relationship Id="rId592768e651ee8602a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId592768e651ee8602a.jpg"/><Relationship Id="rId563568e651ee88b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563568e651ee88b68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846345951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId370215876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9753691c1a7d21296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId1580691c1a7d21474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId7044691c1a7d25adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId9142691c1a7d25c31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7363691c1a7d2137a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7363691c1a7d2137a.jpg"/><Relationship Id="rId6378691c1a7d232ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6378691c1a7d232ba.jpg"/><Relationship Id="rId9864691c1a7d25ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9864691c1a7d25ccf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>