--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9753691c1a7d21296" w:history="1">
+            <w:hyperlink r:id="rId301169397fbfe007f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27784917" name="name1059691c1a7d2137c" descr="14870.jpg"/>
+                  <wp:docPr id="20836451" name="name763169397fbfe0149" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7363691c1a7d2137a" cstate="print"/>
+                          <a:blip r:embed="rId892669397fbfe0148" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1580691c1a7d21474" w:history="1">
+            <w:hyperlink r:id="rId646769397fbfe0254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2647,63 +2647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63649852" name="name1430691c1a7d232bd" descr="HIRSOR_distribution_map.jpg"/>
+            <wp:docPr id="28269153" name="name358069397fbfe1edd" descr="HIRSOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HIRSOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6378691c1a7d232ba" cstate="print"/>
+                    <a:blip r:embed="rId196369397fbfe1eda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7044691c1a7d25adb" w:history="1">
+      <w:hyperlink r:id="rId724969397fbfe4758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8994,51 +8994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9142691c1a7d25c31" w:history="1">
+      <w:hyperlink r:id="rId256569397fbfe48cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9051,63 +9051,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73994031" name="name4929691c1a7d25cd0" descr="eu_funding_250.png"/>
+            <wp:docPr id="22112259" name="name139669397fbfe496e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9864691c1a7d25ccf" cstate="print"/>
+                    <a:blip r:embed="rId612069397fbfe496d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9205,137 +9205,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86083186">
+  <w:abstractNum w:abstractNumId="33121149">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29979555">
+    <w:lvl w:ilvl="0" w:tplc="98551592">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29979555" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98551592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86083185">
+  <w:abstractNum w:abstractNumId="33121148">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98829160">
+    <w:lvl w:ilvl="0" w:tplc="44763131">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10087,55 +10087,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86083185">
-    <w:abstractNumId w:val="86083185"/>
+  <w:num w:numId="33121148">
+    <w:abstractNumId w:val="33121148"/>
   </w:num>
-  <w:num w:numId="86083186">
-    <w:abstractNumId w:val="86083186"/>
+  <w:num w:numId="33121149">
+    <w:abstractNumId w:val="33121149"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21685,51 +21685,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846345951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId370215876" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9753691c1a7d21296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId1580691c1a7d21474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId7044691c1a7d25adb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId9142691c1a7d25c31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7363691c1a7d2137a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7363691c1a7d2137a.jpg"/><Relationship Id="rId6378691c1a7d232ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6378691c1a7d232ba.jpg"/><Relationship Id="rId9864691c1a7d25ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9864691c1a7d25ccf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482296524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550261655" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId301169397fbfe007f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId646769397fbfe0254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId724969397fbfe4758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId256569397fbfe48cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId892669397fbfe0148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId892669397fbfe0148.jpg"/><Relationship Id="rId196369397fbfe1eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196369397fbfe1eda.jpg"/><Relationship Id="rId612069397fbfe496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612069397fbfe496d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>