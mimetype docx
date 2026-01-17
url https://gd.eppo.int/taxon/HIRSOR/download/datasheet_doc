--- v2 (2025-12-10)
+++ v3 (2026-01-17)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301169397fbfe007f" w:history="1">
+            <w:hyperlink r:id="rId6684696c0102133fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20836451" name="name763169397fbfe0149" descr="14870.jpg"/>
+                  <wp:docPr id="74076705" name="name2075696c010213d40" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId892669397fbfe0148" cstate="print"/>
+                          <a:blip r:embed="rId3573696c010213d3d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId646769397fbfe0254" w:history="1">
+            <w:hyperlink r:id="rId5124696c010213ebe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2647,63 +2647,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28269153" name="name358069397fbfe1edd" descr="HIRSOR_distribution_map.jpg"/>
+            <wp:docPr id="29389332" name="name3552696c010215bf0" descr="HIRSOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HIRSOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId196369397fbfe1eda" cstate="print"/>
+                    <a:blip r:embed="rId5691696c010215bec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8786,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724969397fbfe4758" w:history="1">
+      <w:hyperlink r:id="rId9523696c010218563" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8972,73 +8972,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256569397fbfe48cc" w:history="1">
+      <w:hyperlink r:id="rId8897696c0102186d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9051,63 +9051,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22112259" name="name139669397fbfe496e" descr="eu_funding_250.png"/>
+            <wp:docPr id="4598884" name="name1445696c01021877a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId612069397fbfe496d" cstate="print"/>
+                    <a:blip r:embed="rId1420696c010218779" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9205,137 +9205,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33121149">
+  <w:abstractNum w:abstractNumId="91783088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98551592">
+    <w:lvl w:ilvl="0" w:tplc="50567050">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98551592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50567050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33121148">
+  <w:abstractNum w:abstractNumId="91783087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44763131">
+    <w:lvl w:ilvl="0" w:tplc="94547116">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10087,55 +10087,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33121148">
-    <w:abstractNumId w:val="33121148"/>
+  <w:num w:numId="91783087">
+    <w:abstractNumId w:val="91783087"/>
   </w:num>
-  <w:num w:numId="33121149">
-    <w:abstractNumId w:val="33121149"/>
+  <w:num w:numId="91783088">
+    <w:abstractNumId w:val="91783088"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21685,51 +21685,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId482296524" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550261655" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId301169397fbfe007f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId646769397fbfe0254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId724969397fbfe4758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId256569397fbfe48cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId892669397fbfe0148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId892669397fbfe0148.jpg"/><Relationship Id="rId196369397fbfe1eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196369397fbfe1eda.jpg"/><Relationship Id="rId612069397fbfe496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612069397fbfe496d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823155730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843701111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6684696c0102133fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId5124696c010213ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId9523696c010218563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId8897696c0102186d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3573696c010213d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3573696c010213d3d.jpg"/><Relationship Id="rId5691696c010215bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5691696c010215bec.jpg"/><Relationship Id="rId1420696c010218779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1420696c010218779.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>