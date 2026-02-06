--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6684696c0102133fd" w:history="1">
+            <w:hyperlink r:id="rId2052698674944e2a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74076705" name="name2075696c010213d40" descr="14870.jpg"/>
+                  <wp:docPr id="94278544" name="name6297698674944e96c" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3573696c010213d3d" cstate="print"/>
+                          <a:blip r:embed="rId4856698674944e96a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5124696c010213ebe" w:history="1">
+            <w:hyperlink r:id="rId1426698674944ead6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2642,100 +2642,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Burkina Faso, Cote d'Ivoire, Egypt, Gambia, Ghana, Guinea, Kenya, Madagascar, Mali, Mauritania, Niger, Nigeria, Senegal, Sierra Leone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8786,51 +8754,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9523696c010218563" w:history="1">
+      <w:hyperlink r:id="rId6603698674945250b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8994,51 +8962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8897696c0102186d5" w:history="1">
+      <w:hyperlink r:id="rId98006986749452683" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9051,63 +9019,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4598884" name="name1445696c01021877a" descr="eu_funding_250.png"/>
+            <wp:docPr id="21397986" name="name80326986749452748" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1420696c010218779" cstate="print"/>
+                    <a:blip r:embed="rId73146986749452747" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9205,137 +9173,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91783088">
+  <w:abstractNum w:abstractNumId="26134098">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50567050">
+    <w:lvl w:ilvl="0" w:tplc="12137872">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50567050" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12137872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91783087">
+  <w:abstractNum w:abstractNumId="26134097">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94547116">
+    <w:lvl w:ilvl="0" w:tplc="39317473">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10087,55 +10055,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91783087">
-    <w:abstractNumId w:val="91783087"/>
+  <w:num w:numId="26134097">
+    <w:abstractNumId w:val="26134097"/>
   </w:num>
-  <w:num w:numId="91783088">
-    <w:abstractNumId w:val="91783088"/>
+  <w:num w:numId="26134098">
+    <w:abstractNumId w:val="26134098"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21685,51 +21653,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId823155730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843701111" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6684696c0102133fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId5124696c010213ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId9523696c010218563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId8897696c0102186d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3573696c010213d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3573696c010213d3d.jpg"/><Relationship Id="rId5691696c010215bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5691696c010215bec.jpg"/><Relationship Id="rId1420696c010218779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1420696c010218779.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149507784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506196718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2052698674944e2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId1426698674944ead6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId6603698674945250b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId98006986749452683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4856698674944e96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4856698674944e96a.jpg"/><Relationship Id="rId73146986749452747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73146986749452747.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>