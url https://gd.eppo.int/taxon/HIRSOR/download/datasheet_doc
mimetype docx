--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2052698674944e2a6" w:history="1">
+            <w:hyperlink r:id="rId752569a10f85863a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94278544" name="name6297698674944e96c" descr="14870.jpg"/>
+                  <wp:docPr id="3391415" name="name567969a10f85867eb" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4856698674944e96a" cstate="print"/>
+                          <a:blip r:embed="rId620969a10f85867ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1426698674944ead6" w:history="1">
+            <w:hyperlink r:id="rId862269a10f858697e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2642,68 +2642,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="62342212" name="name701069a10f8588408" descr="HIRSOR_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="HIRSOR_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId566069a10f8588406" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Burkina Faso, Cote d'Ivoire, Egypt, Gambia, Ghana, Guinea, Kenya, Madagascar, Mali, Mauritania, Niger, Nigeria, Senegal, Sierra Leone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8754,51 +8786,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6603698674945250b" w:history="1">
+      <w:hyperlink r:id="rId214469a10f858c098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8962,51 +8994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98006986749452683" w:history="1">
+      <w:hyperlink r:id="rId311669a10f858c203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9019,63 +9051,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21397986" name="name80326986749452748" descr="eu_funding_250.png"/>
+            <wp:docPr id="61506935" name="name638869a10f858c2cf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73146986749452747" cstate="print"/>
+                    <a:blip r:embed="rId978869a10f858c2cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9173,137 +9205,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26134098">
+  <w:abstractNum w:abstractNumId="43500247">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12137872">
+    <w:lvl w:ilvl="0" w:tplc="24068443">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12137872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24068443" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26134097">
+  <w:abstractNum w:abstractNumId="43500246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39317473">
+    <w:lvl w:ilvl="0" w:tplc="38745627">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10055,55 +10087,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26134097">
-    <w:abstractNumId w:val="26134097"/>
+  <w:num w:numId="43500246">
+    <w:abstractNumId w:val="43500246"/>
   </w:num>
-  <w:num w:numId="26134098">
-    <w:abstractNumId w:val="26134098"/>
+  <w:num w:numId="43500247">
+    <w:abstractNumId w:val="43500247"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21653,51 +21685,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149507784" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId506196718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2052698674944e2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId1426698674944ead6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId6603698674945250b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId98006986749452683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4856698674944e96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4856698674944e96a.jpg"/><Relationship Id="rId73146986749452747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73146986749452747.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912386982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId538681631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId752569a10f85863a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId862269a10f858697e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId214469a10f858c098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId311669a10f858c203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId620969a10f85867ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId620969a10f85867ea.jpg"/><Relationship Id="rId566069a10f8588406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId566069a10f8588406.jpg"/><Relationship Id="rId978869a10f858c2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978869a10f858c2cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>