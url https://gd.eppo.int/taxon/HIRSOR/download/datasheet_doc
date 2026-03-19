--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> van Breda de Haan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rice root nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId752569a10f85863a9" w:history="1">
+            <w:hyperlink r:id="rId234469bbdf56d77d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -504,86 +504,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HIRSOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3391415" name="name567969a10f85867eb" descr="14870.jpg"/>
+                  <wp:docPr id="92846809" name="name760569bbdf56d7f70" descr="14870.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14870.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId620969a10f85867ea" cstate="print"/>
+                          <a:blip r:embed="rId136969bbdf56d7f67" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId862269a10f858697e" w:history="1">
+            <w:hyperlink r:id="rId632869bbdf56d81ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2489,50 +2489,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rumex dentatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Sagittaria subulata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Schoenoplectiella supina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sphenoclea zeylanica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2647,63 +2667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is present in different regions and countries in Asia, the Asia-Pacific region, South America, Central America, Africa and the United States (Arkansas, Florida, Louisiana and Texas).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62342212" name="name701069a10f8588408" descr="HIRSOR_distribution_map.jpg"/>
+            <wp:docPr id="7573725" name="name250769bbdf56da754" descr="HIRSOR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HIRSOR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId566069a10f8588406" cstate="print"/>
+                    <a:blip r:embed="rId656969bbdf56da752" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2722,51 +2742,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Burkina Faso, Cote d'Ivoire, Egypt, Gambia, Ghana, Guinea, Kenya, Madagascar, Mali, Mauritania, Niger, Nigeria, Senegal, Sierra Leone</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bangladesh, Cambodia, China (Anhui, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Shaanxi, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Goa, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Mizoram, Odisha, Punjab, Rajasthan, Tamil Nadu, Tripura, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Kalimantan), Iran, Islamic Republic of, Japan (Honshu, Kyushu), Korea, Republic of, Malaysia (West), Myanmar, Nepal, Pakistan, Philippines, Singapore, Sri Lanka, Taiwan, Thailand, Vietnam</w:t>
+        <w:t xml:space="preserve"> Bangladesh, China (Anhui, Fujian, Guangdong, Guangxi, Guizhou, Hainan, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Shaanxi, Shandong, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), India (Andhra Pradesh, Assam, Bihar, Chhattisgarh, Goa, Gujarat, Haryana, Himachal Pradesh, Jammu &amp; Kashmir, Karnataka, Kerala, Madhya Pradesh, Maharashtra, Mizoram, Odisha, Punjab, Rajasthan, Tamil Nadu, Tripura, Uttarakhand, Uttar Pradesh, West Bengal), Indonesia (Java, Kalimantan), Iran, Islamic Republic of, Japan (Honshu, Kyushu), Korea, Republic of, Malaysia (West), Myanmar, Nepal, Pakistan, Philippines, Singapore, Sri Lanka, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States of America (Arkansas, Florida, Louisiana, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8786,51 +8806,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rice root nematode). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214469a10f858c098" w:history="1">
+      <w:hyperlink r:id="rId618069bbdf56dcf8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.27867</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8994,51 +9014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hirschmanniella oryzae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311669a10f858c203" w:history="1">
+      <w:hyperlink r:id="rId156869bbdf56dd0e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9051,63 +9071,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61506935" name="name638869a10f858c2cf" descr="eu_funding_250.png"/>
+            <wp:docPr id="40902477" name="name909069bbdf56dd1c9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId978869a10f858c2cd" cstate="print"/>
+                    <a:blip r:embed="rId394869bbdf56dd1c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9205,137 +9225,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43500247">
+  <w:abstractNum w:abstractNumId="65854156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24068443">
+    <w:lvl w:ilvl="0" w:tplc="76893534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24068443" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76893534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43500246">
+  <w:abstractNum w:abstractNumId="65854155">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38745627">
+    <w:lvl w:ilvl="0" w:tplc="83640499">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10087,55 +10107,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43500246">
-    <w:abstractNumId w:val="43500246"/>
+  <w:num w:numId="65854155">
+    <w:abstractNumId w:val="65854155"/>
   </w:num>
-  <w:num w:numId="43500247">
-    <w:abstractNumId w:val="43500247"/>
+  <w:num w:numId="65854156">
+    <w:abstractNumId w:val="65854156"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21685,51 +21705,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912386982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId538681631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId752569a10f85863a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId862269a10f858697e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId214469a10f858c098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId311669a10f858c203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId620969a10f85867ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId620969a10f85867ea.jpg"/><Relationship Id="rId566069a10f8588406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId566069a10f8588406.jpg"/><Relationship Id="rId978869a10f858c2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId978869a10f858c2cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId644344041" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId353345830" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId234469bbdf56d77d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/" TargetMode="External"/><Relationship Id="rId632869bbdf56d81ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HIRSOR/photos" TargetMode="External"/><Relationship Id="rId618069bbdf56dcf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.27867" TargetMode="External"/><Relationship Id="rId156869bbdf56dd0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId136969bbdf56d7f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136969bbdf56d7f67.jpg"/><Relationship Id="rId656969bbdf56da752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656969bbdf56da752.jpg"/><Relationship Id="rId394869bbdf56dd1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394869bbdf56dd1c8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>