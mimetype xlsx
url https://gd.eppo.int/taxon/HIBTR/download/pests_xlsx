--- v0 (2025-10-14)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBTR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
@@ -184,50 +184,54 @@
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Hibiscus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>OXYALV</t>
   </si>
   <si>
     <t>Oxycarenus lavaterae (as Hibiscus)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Poromarto SH, Gramig GG, Nelson BD,  Jain S (2015) Evaluation of weed species from the Northern Great Plains as hosts of soybean cyst nematode. Plant Health Progress 16, 23-28.
 * Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
 </sst>
 </file>
@@ -849,76 +853,78 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">