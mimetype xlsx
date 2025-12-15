--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -12,93 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Hibiscus)</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ASCOGO</t>
   </si>
   <si>
     <t>Ascochyta gossypiicola (as Hibiscus)</t>
   </si>
   <si>
     <t>CLCRV0</t>
   </si>
   <si>
     <t>Begomovirus gossypii (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>CLCUMV</t>
+  </si>
+  <si>
+    <t>Begomovirus gossypimultanense</t>
+  </si>
+  <si>
+    <t>* Arif M, Lin W, Lin L, Islam W, Jie Z, He Z, Du Z, Wu Z. 2018. Cotton leaf curl Multan virus infecting Hibiscus sabdariffa in China. Canadian Journal of Plant Pathology, 40(1), 128–131. doi: 10.1080/07060661.2017.1389770</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Hibiscus)</t>
   </si>
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi (as Hibiscus)</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
   </si>
   <si>
     <t>DYSDCI</t>
   </si>
   <si>
     <t>Dysdercus cingulatus (as Hibiscus)</t>
   </si>
   <si>
     <t>DYSDFA</t>
   </si>
@@ -554,51 +563,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -642,297 +651,311 @@
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>18</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>29</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>46</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>47</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>50</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>54</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
       <c r="C23" t="s">
         <v>56</v>
       </c>
       <c r="D23" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>4</v>
+      </c>
+      <c r="B24" t="s">
         <v>58</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>59</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>