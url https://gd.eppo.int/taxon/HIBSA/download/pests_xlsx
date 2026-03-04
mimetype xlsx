--- v1 (2025-12-15)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
@@ -179,50 +179,54 @@
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Hibiscus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Wu YF, Cheng AS, Lin CH, Chen CY (2013) First report of bacterial wilt caused by Ralstonia solanacearum on Roselle in Taiwan. Plant Disease 97, p 1375. doi: 10.1094/PDIS-02-13-0186-PDN</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>* Wu YF, Cheng AS, Lin CH, Chen CY (2013) First report of bacterial wilt caused by Ralstonia solanacearum on Roselle in Taiwan. Plant Disease 97, p 1375. doi: 10.1094/PDIS-02-13-0186-PDN
 ------- Phylotype I (Ralstonia pseudosolanacearum).</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>EMPOBI</t>
@@ -857,103 +861,105 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>50</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>