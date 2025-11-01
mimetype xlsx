--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -91,51 +91,53 @@
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
-    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
+    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.
+* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Hibiscus)</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ASCOGO</t>
   </si>
   <si>
     <t>Ascochyta gossypiicola (as Hibiscus)</t>
   </si>
   <si>
     <t>CLCRV0</t>
   </si>
   <si>
     <t>Begomovirus gossypii (as Hibiscus)</t>
   </si>
   <si>
     <t>CLCUMV</t>