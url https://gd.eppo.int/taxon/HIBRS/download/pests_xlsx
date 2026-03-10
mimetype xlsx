--- v1 (2025-11-01)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBRS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Montano HG, Contaldo N, David TVA, Silva IB, Paltrinieri S, Bertaccini A (2011)  Hibiscus  witches’  broom  disease  associated  with  different  phytoplasma  taxa  in  Brazil.  Bulletin  of  Insectology 64(Supplement), S249–S250.
 ------- Isolate found on Hibiscus rosa-sinensis is not confirmed to belong 'Ca. Phytoplasma solani' (limited data about 16SrXII subgroup; nucleotide sequence not available).</t>
   </si>
@@ -360,50 +360,54 @@
   </si>
   <si>
     <t>Paratachardina silvestri</t>
   </si>
   <si>
     <t>PECTGO</t>
   </si>
   <si>
     <t>Pectinophora gossypiella (as Hibiscus)</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Hibiscus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Kumar V, Xiao Y, Borden MA, Ahmed MZ, McKenzie CL, Osborne LS (2023) Distribution of Scirtothrips dorsalis (Thysanoptera: Thripidae) cryptic species complex in the United States and reproductive host assessment of its dominant member. Journal of Economic Entomology, toad138. https://doi.org/10.1093/jee/toad138
 ------- reproductive host of Scirtothrips dorsalis South Asia 1.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu184</t>
   </si>
   <si>
     <t>PRODLI</t>
   </si>
   <si>
     <t>Spodoptera litura</t>
@@ -1346,186 +1350,188 @@
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>103</v>
       </c>
       <c r="C40" t="s">
         <v>104</v>
       </c>
       <c r="D40" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>106</v>
       </c>
       <c r="C41" t="s">
         <v>107</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B48" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B49" t="s">
         <v>97</v>
       </c>
       <c r="C49" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C50" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D50" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B51" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C51" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D51" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">