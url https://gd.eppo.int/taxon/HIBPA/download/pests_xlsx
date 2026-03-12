--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
@@ -152,50 +152,54 @@
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>Popillia japonica (as Hibiscus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>OXYALV</t>
   </si>
   <si>
     <t>Oxycarenus lavaterae (as Hibiscus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,61 +766,63 @@
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>