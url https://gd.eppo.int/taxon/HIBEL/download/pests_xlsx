--- v0 (2025-10-14)
+++ v1 (2026-02-14)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Hibiscus)</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ASCOGO</t>
   </si>
   <si>
     <t>Ascochyta gossypiicola (as Hibiscus)</t>
   </si>
   <si>
     <t>CLCRV0</t>
   </si>
   <si>
     <t>Begomovirus gossypii (as Hibiscus)</t>
   </si>
   <si>
     <t>BEMITA</t>
@@ -549,249 +552,251 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>