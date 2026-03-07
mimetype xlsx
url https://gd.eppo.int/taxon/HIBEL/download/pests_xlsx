--- v1 (2026-02-14)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="HIBEL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus (as Hibiscus)</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
@@ -146,50 +146,54 @@
   </si>
   <si>
     <t>Parasaissetia nigra (as Hibiscus)</t>
   </si>
   <si>
     <t>PECTGO</t>
   </si>
   <si>
     <t>Pectinophora gossypiella (as Hibiscus)</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica (as Hibiscus)</t>
   </si>
   <si>
     <t>* INTERNET
 Regione Piemonte. Servizio fitosanitario. Lotte obbligatorie - Coleottero scarabeide del Giappone (Popillia japonica Newman). Popillia danni e difesa. https://www.regione.piemonte.it/web/sites/default/files/media/documenti/2019-06/popillia_danni_difesa.pdf</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Hibiscus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>OXYALV</t>
   </si>
   <si>
     <t>Oxycarenus lavaterae (as Hibiscus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,61 +746,63 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>