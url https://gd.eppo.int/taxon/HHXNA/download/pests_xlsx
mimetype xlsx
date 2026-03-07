--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.</t>
+    <t>* Roux J, Granados GM, Shuey L, Barnes I, Wingfield MJ, McTaggart AR (2016) A unique genotype of the rust pathogen, Puccinia psidii, on Myrtaceae in South Africa. Australasian Plant Pathology 45 (6), 645-652.
+* Alfenas AC, Zauza EAV, Wingfield MJ, Roux J, Glen M (2005) Heteropyxis natalensis, a new host of Puccinia psidii rust. Australasian Plant Pathology 34, 285-286</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>