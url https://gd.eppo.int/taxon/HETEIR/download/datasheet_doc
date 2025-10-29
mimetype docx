--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436868e72bb5916dc" w:history="1">
+            <w:hyperlink r:id="rId572469028f0f924df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166868e72bb591721" w:history="1">
+            <w:hyperlink r:id="rId443969028f0f92524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="6066946" name="name103868e72bb591831" descr="5897.jpg"/>
+                  <wp:docPr id="29766023" name="name349669028f0f92c49" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId366368e72bb591830" cstate="print"/>
+                          <a:blip r:embed="rId846869028f0f92c47" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId289668e72bb591936" w:history="1">
+            <w:hyperlink r:id="rId652769028f0f92d59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45308082" name="name907568e72bb59307f" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="48849589" name="name444469028f0f94620" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId110168e72bb59307d" cstate="print"/>
+                    <a:blip r:embed="rId259269028f0f9461e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131868e72bb593b79" w:history="1">
+      <w:hyperlink r:id="rId222469028f0f9509e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649868e72bb594216" w:history="1">
+      <w:hyperlink r:id="rId904369028f0f9577f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44466265" name="name881968e72bb5942d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="38206961" name="name250569028f0f95a8e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId584868e72bb5942d8" cstate="print"/>
+                    <a:blip r:embed="rId183069028f0f95a8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96942398">
+  <w:abstractNum w:abstractNumId="22159214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79916856">
+    <w:lvl w:ilvl="0" w:tplc="19831140">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79916856" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19831140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96942397">
+  <w:abstractNum w:abstractNumId="22159213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43362029">
+    <w:lvl w:ilvl="0" w:tplc="54356277">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96942397">
-    <w:abstractNumId w:val="96942397"/>
+  <w:num w:numId="22159213">
+    <w:abstractNumId w:val="22159213"/>
   </w:num>
-  <w:num w:numId="96942398">
-    <w:abstractNumId w:val="96942398"/>
+  <w:num w:numId="22159214">
+    <w:abstractNumId w:val="22159214"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId959123407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId731751257" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId436868e72bb5916dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId166868e72bb591721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId289668e72bb591936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId131868e72bb593b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId649868e72bb594216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId366368e72bb591830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366368e72bb591830.jpg"/><Relationship Id="rId110168e72bb59307d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId110168e72bb59307d.jpg"/><Relationship Id="rId584868e72bb5942d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId584868e72bb5942d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId496471125" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822925517" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId572469028f0f924df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId443969028f0f92524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId652769028f0f92d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId222469028f0f9509e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId904369028f0f9577f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId846869028f0f92c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846869028f0f92c47.jpg"/><Relationship Id="rId259269028f0f9461e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259269028f0f9461e.jpg"/><Relationship Id="rId183069028f0f95a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183069028f0f95a8c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>