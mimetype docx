--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId572469028f0f924df" w:history="1">
+            <w:hyperlink r:id="rId6710691ff5ccdf983" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443969028f0f92524" w:history="1">
+            <w:hyperlink r:id="rId9409691ff5ccdf9dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="29766023" name="name349669028f0f92c49" descr="5897.jpg"/>
+                  <wp:docPr id="30893584" name="name9748691ff5cce01c5" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId846869028f0f92c47" cstate="print"/>
+                          <a:blip r:embed="rId8439691ff5cce01c4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId652769028f0f92d59" w:history="1">
+            <w:hyperlink r:id="rId6259691ff5cce02da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48849589" name="name444469028f0f94620" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="7562344" name="name3616691ff5cce16d3" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId259269028f0f9461e" cstate="print"/>
+                    <a:blip r:embed="rId7378691ff5cce16d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222469028f0f9509e" w:history="1">
+      <w:hyperlink r:id="rId8698691ff5cce2191" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904369028f0f9577f" w:history="1">
+      <w:hyperlink r:id="rId2225691ff5cce2830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38206961" name="name250569028f0f95a8e" descr="eu_funding_250.png"/>
+            <wp:docPr id="2274560" name="name2426691ff5cce29eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId183069028f0f95a8c" cstate="print"/>
+                    <a:blip r:embed="rId6746691ff5cce29e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22159214">
+  <w:abstractNum w:abstractNumId="19693867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19831140">
+    <w:lvl w:ilvl="0" w:tplc="20499987">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19831140" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20499987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22159213">
+  <w:abstractNum w:abstractNumId="19693866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54356277">
+    <w:lvl w:ilvl="0" w:tplc="35134423">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22159213">
-    <w:abstractNumId w:val="22159213"/>
+  <w:num w:numId="19693866">
+    <w:abstractNumId w:val="19693866"/>
   </w:num>
-  <w:num w:numId="22159214">
-    <w:abstractNumId w:val="22159214"/>
+  <w:num w:numId="19693867">
+    <w:abstractNumId w:val="19693867"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId496471125" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822925517" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId572469028f0f924df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId443969028f0f92524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId652769028f0f92d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId222469028f0f9509e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId904369028f0f9577f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId846869028f0f92c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846869028f0f92c47.jpg"/><Relationship Id="rId259269028f0f9461e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId259269028f0f9461e.jpg"/><Relationship Id="rId183069028f0f95a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183069028f0f95a8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId730629289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328514660" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6710691ff5ccdf983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId9409691ff5ccdf9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId6259691ff5cce02da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId8698691ff5cce2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2225691ff5cce2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8439691ff5cce01c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8439691ff5cce01c4.jpg"/><Relationship Id="rId7378691ff5cce16d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7378691ff5cce16d0.jpg"/><Relationship Id="rId6746691ff5cce29e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6746691ff5cce29e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>