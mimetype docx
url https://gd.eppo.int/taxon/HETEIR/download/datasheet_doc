--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6710691ff5ccdf983" w:history="1">
+            <w:hyperlink r:id="rId7877693bc3baa4ae8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9409691ff5ccdf9dd" w:history="1">
+            <w:hyperlink r:id="rId9569693bc3baa4b2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="30893584" name="name9748691ff5cce01c5" descr="5897.jpg"/>
+                  <wp:docPr id="27670205" name="name3025693bc3baa553d" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8439691ff5cce01c4" cstate="print"/>
+                          <a:blip r:embed="rId2502693bc3baa553a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6259691ff5cce02da" w:history="1">
+            <w:hyperlink r:id="rId4013693bc3baa57b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7562344" name="name3616691ff5cce16d3" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="5728309" name="name9509693bc3baa6f91" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7378691ff5cce16d0" cstate="print"/>
+                    <a:blip r:embed="rId1922693bc3baa6f8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8698691ff5cce2191" w:history="1">
+      <w:hyperlink r:id="rId9832693bc3baa7bd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2225691ff5cce2830" w:history="1">
+      <w:hyperlink r:id="rId2351693bc3baa8362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2274560" name="name2426691ff5cce29eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="39773692" name="name2028693bc3baa83c1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6746691ff5cce29e9" cstate="print"/>
+                    <a:blip r:embed="rId4064693bc3baa83c0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19693867">
+  <w:abstractNum w:abstractNumId="14780229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20499987">
+    <w:lvl w:ilvl="0" w:tplc="51448158">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20499987" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51448158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19693866">
+  <w:abstractNum w:abstractNumId="14780228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35134423">
+    <w:lvl w:ilvl="0" w:tplc="26947278">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19693866">
-    <w:abstractNumId w:val="19693866"/>
+  <w:num w:numId="14780228">
+    <w:abstractNumId w:val="14780228"/>
   </w:num>
-  <w:num w:numId="19693867">
-    <w:abstractNumId w:val="19693867"/>
+  <w:num w:numId="14780229">
+    <w:abstractNumId w:val="14780229"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId730629289" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId328514660" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6710691ff5ccdf983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId9409691ff5ccdf9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId6259691ff5cce02da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId8698691ff5cce2191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2225691ff5cce2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8439691ff5cce01c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8439691ff5cce01c4.jpg"/><Relationship Id="rId7378691ff5cce16d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7378691ff5cce16d0.jpg"/><Relationship Id="rId6746691ff5cce29e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6746691ff5cce29e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319274999" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615315604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7877693bc3baa4ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId9569693bc3baa4b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId4013693bc3baa57b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId9832693bc3baa7bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2351693bc3baa8362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2502693bc3baa553a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2502693bc3baa553a.jpg"/><Relationship Id="rId1922693bc3baa6f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1922693bc3baa6f8f.jpg"/><Relationship Id="rId4064693bc3baa83c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4064693bc3baa83c0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>