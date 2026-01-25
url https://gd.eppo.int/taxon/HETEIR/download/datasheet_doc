--- v3 (2025-12-12)
+++ v4 (2026-01-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7877693bc3baa4ae8" w:history="1">
+            <w:hyperlink r:id="rId425469764ffa621e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9569693bc3baa4b2d" w:history="1">
+            <w:hyperlink r:id="rId741769764ffa6222c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="27670205" name="name3025693bc3baa553d" descr="5897.jpg"/>
+                  <wp:docPr id="40010933" name="name676869764ffa62323" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2502693bc3baa553a" cstate="print"/>
+                          <a:blip r:embed="rId611469764ffa62321" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4013693bc3baa57b3" w:history="1">
+            <w:hyperlink r:id="rId136369764ffa62483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5728309" name="name9509693bc3baa6f91" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="34382341" name="name177969764ffa63e53" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1922693bc3baa6f8f" cstate="print"/>
+                    <a:blip r:embed="rId938569764ffa63e4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9832693bc3baa7bd1" w:history="1">
+      <w:hyperlink r:id="rId996069764ffa64945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4151,103 +4151,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2351693bc3baa8362" w:history="1">
+      <w:hyperlink r:id="rId262169764ffa6502c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39773692" name="name2028693bc3baa83c1" descr="eu_funding_250.png"/>
+            <wp:docPr id="98883151" name="name296069764ffa650b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4064693bc3baa83c0" cstate="print"/>
+                    <a:blip r:embed="rId237669764ffa650b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14780229">
+  <w:abstractNum w:abstractNumId="52451399">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51448158">
+    <w:lvl w:ilvl="0" w:tplc="11534353">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51448158" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11534353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14780228">
+  <w:abstractNum w:abstractNumId="52451398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26947278">
+    <w:lvl w:ilvl="0" w:tplc="48334548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14780228">
-    <w:abstractNumId w:val="14780228"/>
+  <w:num w:numId="52451398">
+    <w:abstractNumId w:val="52451398"/>
   </w:num>
-  <w:num w:numId="14780229">
-    <w:abstractNumId w:val="14780229"/>
+  <w:num w:numId="52451399">
+    <w:abstractNumId w:val="52451399"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319274999" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615315604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7877693bc3baa4ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId9569693bc3baa4b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId4013693bc3baa57b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId9832693bc3baa7bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2351693bc3baa8362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2502693bc3baa553a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2502693bc3baa553a.jpg"/><Relationship Id="rId1922693bc3baa6f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1922693bc3baa6f8f.jpg"/><Relationship Id="rId4064693bc3baa83c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4064693bc3baa83c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485362789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886342040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId425469764ffa621e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId741769764ffa6222c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId136369764ffa62483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId996069764ffa64945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId262169764ffa6502c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId611469764ffa62321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611469764ffa62321.jpg"/><Relationship Id="rId938569764ffa63e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938569764ffa63e4f.jpg"/><Relationship Id="rId237669764ffa650b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237669764ffa650b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>