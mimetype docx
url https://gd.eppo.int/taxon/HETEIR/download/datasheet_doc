--- v4 (2026-01-25)
+++ v5 (2026-02-15)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425469764ffa621e7" w:history="1">
+            <w:hyperlink r:id="rId210969912cd5e075e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId741769764ffa6222c" w:history="1">
+            <w:hyperlink r:id="rId581069912cd5e07a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="40010933" name="name676869764ffa62323" descr="5897.jpg"/>
+                  <wp:docPr id="36750838" name="name859069912cd5e0c5c" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId611469764ffa62321" cstate="print"/>
+                          <a:blip r:embed="rId763569912cd5e0c5a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId136369764ffa62483" w:history="1">
+            <w:hyperlink r:id="rId418769912cd5e0d67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34382341" name="name177969764ffa63e53" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="2260280" name="name185269912cd5e204b" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId938569764ffa63e4f" cstate="print"/>
+                    <a:blip r:embed="rId240569912cd5e2048" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996069764ffa64945" w:history="1">
+      <w:hyperlink r:id="rId355769912cd5e2b25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262169764ffa6502c" w:history="1">
+      <w:hyperlink r:id="rId614969912cd5e31e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98883151" name="name296069764ffa650b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="56188024" name="name351069912cd5e356e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId237669764ffa650b3" cstate="print"/>
+                    <a:blip r:embed="rId511369912cd5e356c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52451399">
+  <w:abstractNum w:abstractNumId="48583132">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11534353">
+    <w:lvl w:ilvl="0" w:tplc="27265567">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11534353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27265567" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52451398">
+  <w:abstractNum w:abstractNumId="48583131">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48334548">
+    <w:lvl w:ilvl="0" w:tplc="19546393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52451398">
-    <w:abstractNumId w:val="52451398"/>
+  <w:num w:numId="48583131">
+    <w:abstractNumId w:val="48583131"/>
   </w:num>
-  <w:num w:numId="52451399">
-    <w:abstractNumId w:val="52451399"/>
+  <w:num w:numId="48583132">
+    <w:abstractNumId w:val="48583132"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId485362789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886342040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId425469764ffa621e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId741769764ffa6222c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId136369764ffa62483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId996069764ffa64945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId262169764ffa6502c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId611469764ffa62321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611469764ffa62321.jpg"/><Relationship Id="rId938569764ffa63e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938569764ffa63e4f.jpg"/><Relationship Id="rId237669764ffa650b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237669764ffa650b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709149946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569257244" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId210969912cd5e075e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId581069912cd5e07a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId418769912cd5e0d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId355769912cd5e2b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId614969912cd5e31e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId763569912cd5e0c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId763569912cd5e0c5a.jpg"/><Relationship Id="rId240569912cd5e2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240569912cd5e2048.jpg"/><Relationship Id="rId511369912cd5e356c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511369912cd5e356c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>