--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210969912cd5e075e" w:history="1">
+            <w:hyperlink r:id="rId820569abcb5ac5360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581069912cd5e07a4" w:history="1">
+            <w:hyperlink r:id="rId712969abcb5ac53a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="36750838" name="name859069912cd5e0c5c" descr="5897.jpg"/>
+                  <wp:docPr id="41804544" name="name352969abcb5ac5849" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId763569912cd5e0c5a" cstate="print"/>
+                          <a:blip r:embed="rId981669abcb5ac5847" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId418769912cd5e0d67" w:history="1">
+            <w:hyperlink r:id="rId267669abcb5ac595c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2260280" name="name185269912cd5e204b" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="588217" name="name444969abcb5ac6fc6" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId240569912cd5e2048" cstate="print"/>
+                    <a:blip r:embed="rId887269abcb5ac6fc3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355769912cd5e2b25" w:history="1">
+      <w:hyperlink r:id="rId814369abcb5ac7a45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614969912cd5e31e1" w:history="1">
+      <w:hyperlink r:id="rId108469abcb5ac80e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56188024" name="name351069912cd5e356e" descr="eu_funding_250.png"/>
+            <wp:docPr id="96356175" name="name973169abcb5ac8245" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId511369912cd5e356c" cstate="print"/>
+                    <a:blip r:embed="rId737269abcb5ac8243" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48583132">
+  <w:abstractNum w:abstractNumId="49467328">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27265567">
+    <w:lvl w:ilvl="0" w:tplc="44395019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27265567" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44395019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48583131">
+  <w:abstractNum w:abstractNumId="49467327">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19546393">
+    <w:lvl w:ilvl="0" w:tplc="14789714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48583131">
-    <w:abstractNumId w:val="48583131"/>
+  <w:num w:numId="49467327">
+    <w:abstractNumId w:val="49467327"/>
   </w:num>
-  <w:num w:numId="48583132">
-    <w:abstractNumId w:val="48583132"/>
+  <w:num w:numId="49467328">
+    <w:abstractNumId w:val="49467328"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709149946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569257244" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId210969912cd5e075e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId581069912cd5e07a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId418769912cd5e0d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId355769912cd5e2b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId614969912cd5e31e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId763569912cd5e0c5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId763569912cd5e0c5a.jpg"/><Relationship Id="rId240569912cd5e2048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240569912cd5e2048.jpg"/><Relationship Id="rId511369912cd5e356c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511369912cd5e356c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916167526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId115506193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId820569abcb5ac5360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId712969abcb5ac53a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId267669abcb5ac595c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId814369abcb5ac7a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId108469abcb5ac80e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId981669abcb5ac5847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981669abcb5ac5847.jpg"/><Relationship Id="rId887269abcb5ac6fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId887269abcb5ac6fc3.jpg"/><Relationship Id="rId737269abcb5ac8243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737269abcb5ac8243.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>