--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Garbelotto &amp; Otrosina</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fungi: Basidiomycota: Agaricomycotina: Agaricomycetes: Russulales: Bondarzewiaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId820569abcb5ac5360" w:history="1">
+            <w:hyperlink r:id="rId750669c7fa00067e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId712969abcb5ac53a5" w:history="1">
+            <w:hyperlink r:id="rId660969c7fa0006832" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETEIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="41804544" name="name352969abcb5ac5849" descr="5897.jpg"/>
+                  <wp:docPr id="98760119" name="name978769c7fa0006e2f" descr="5897.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5897.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId981669abcb5ac5847" cstate="print"/>
+                          <a:blip r:embed="rId105769c7fa0006e2d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId267669abcb5ac595c" w:history="1">
+            <w:hyperlink r:id="rId817369c7fa0006f56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1731,63 +1731,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="588217" name="name444969abcb5ac6fc6" descr="HETEIR_distribution_map.jpg"/>
+            <wp:docPr id="60540578" name="name843169c7fa00083c7" descr="HETEIR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETEIR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId887269abcb5ac6fc3" cstate="print"/>
+                    <a:blip r:embed="rId477869c7fa00083c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3103,51 +3103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814369abcb5ac7a45" w:history="1">
+      <w:hyperlink r:id="rId286769c7fa0008e8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4173,81 +4173,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heterobasidion irregulare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108469abcb5ac80e8" w:history="1">
+      <w:hyperlink r:id="rId205669c7fa000958c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96356175" name="name973169abcb5ac8245" descr="eu_funding_250.png"/>
+            <wp:docPr id="24877687" name="name159269c7fa0009a31" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId737269abcb5ac8243" cstate="print"/>
+                    <a:blip r:embed="rId357369c7fa0009a2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4345,137 +4345,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49467328">
+  <w:abstractNum w:abstractNumId="73219707">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44395019">
+    <w:lvl w:ilvl="0" w:tplc="53934596">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44395019" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53934596" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49467327">
+  <w:abstractNum w:abstractNumId="73219706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14789714">
+    <w:lvl w:ilvl="0" w:tplc="76615722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5227,55 +5227,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49467327">
-    <w:abstractNumId w:val="49467327"/>
+  <w:num w:numId="73219706">
+    <w:abstractNumId w:val="73219706"/>
   </w:num>
-  <w:num w:numId="49467328">
-    <w:abstractNumId w:val="49467328"/>
+  <w:num w:numId="73219707">
+    <w:abstractNumId w:val="73219707"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16825,51 +16825,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916167526" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId115506193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId820569abcb5ac5360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId712969abcb5ac53a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId267669abcb5ac595c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId814369abcb5ac7a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId108469abcb5ac80e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId981669abcb5ac5847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId981669abcb5ac5847.jpg"/><Relationship Id="rId887269abcb5ac6fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId887269abcb5ac6fc3.jpg"/><Relationship Id="rId737269abcb5ac8243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737269abcb5ac8243.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId952349400" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId517077857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId750669c7fa00067e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/" TargetMode="External"/><Relationship Id="rId660969c7fa0006832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/categorization" TargetMode="External"/><Relationship Id="rId817369c7fa0006f56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETEIR/photos" TargetMode="External"/><Relationship Id="rId286769c7fa0008e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId205669c7fa000958c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105769c7fa0006e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId105769c7fa0006e2d.jpg"/><Relationship Id="rId477869c7fa00083c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId477869c7fa00083c4.jpg"/><Relationship Id="rId357369c7fa0009a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357369c7fa0009a2f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>