--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -464,51 +464,51 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
@@ -1915,51 +1915,51 @@
       <c r="B56" t="s">
         <v>124</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>125</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>103</v>
       </c>
       <c r="B57" t="s">
         <v>126</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>127</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
         <v>103</v>
       </c>
       <c r="B58" t="s">
         <v>128</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>129</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
         <v>103</v>
       </c>
       <c r="B59" t="s">
         <v>130</v>
       </c>