--- v0 (2025-10-01)
+++ v1 (2025-10-24)
@@ -235,50 +235,72 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Other scientific names:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">Globodera vulgaris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Xu, Yang, Xie, He, Chen, Pan &amp; Xie, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve">Heterodera rostochiensis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wollenweber, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Heterodera schachtii rostochiensis</w:t>
             </w:r>
             <w:r>
@@ -292,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323868ddb558b2049" w:history="1">
+            <w:hyperlink r:id="rId880768fb49bdefa42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId882568ddb558b20b1" w:history="1">
+            <w:hyperlink r:id="rId598068fb49bdefaad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79624842" name="name318268ddb558b26b2" descr="17785.jpg"/>
+                  <wp:docPr id="91272109" name="name745868fb49bdefb92" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId603668ddb558b26b1" cstate="print"/>
+                          <a:blip r:embed="rId983168fb49bdefb91" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId438868ddb558b27cc" w:history="1">
+            <w:hyperlink r:id="rId391168fb49bdefcac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1400,63 +1422,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90410640" name="name581868ddb558b3c18" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="20370471" name="name926268fb49bdf1557" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId115068ddb558b3c15" cstate="print"/>
+                    <a:blip r:embed="rId258268fb49bdf1554" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3903,51 +3925,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192568ddb558b4e52" w:history="1">
+      <w:hyperlink r:id="rId729668fb49bdf27d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4238,51 +4260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId838968ddb558b506b" w:history="1">
+      <w:hyperlink r:id="rId222568fb49bdf29f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4308,51 +4330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606968ddb558b50dd" w:history="1">
+      <w:hyperlink r:id="rId573468fb49bdf2a6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4770,51 +4792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805668ddb558b53c7" w:history="1">
+      <w:hyperlink r:id="rId960068fb49bdf313e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4956,51 +4978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125268ddb558b54ef" w:history="1">
+      <w:hyperlink r:id="rId146068fb49bdf328f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5683,51 +5705,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186668ddb558b5969" w:history="1">
+      <w:hyperlink r:id="rId619368fb49bdf373c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6489,51 +6511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256668ddb558b5e9a" w:history="1">
+      <w:hyperlink r:id="rId911068fb49bdf3c79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6695,81 +6717,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294268ddb558b6009" w:history="1">
+      <w:hyperlink r:id="rId952368fb49bdf3dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4801232" name="name497668ddb558b60b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="43956412" name="name946768fb49bdf3e88" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId698568ddb558b60b5" cstate="print"/>
+                    <a:blip r:embed="rId687368fb49bdf3e87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6867,137 +6889,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96203510">
+  <w:abstractNum w:abstractNumId="64688258">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75872724">
+    <w:lvl w:ilvl="0" w:tplc="50953072">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75872724" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50953072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96203509">
+  <w:abstractNum w:abstractNumId="64688257">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25526414">
+    <w:lvl w:ilvl="0" w:tplc="12291303">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7749,55 +7771,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96203509">
-    <w:abstractNumId w:val="96203509"/>
+  <w:num w:numId="64688257">
+    <w:abstractNumId w:val="64688257"/>
   </w:num>
-  <w:num w:numId="96203510">
-    <w:abstractNumId w:val="96203510"/>
+  <w:num w:numId="64688258">
+    <w:abstractNumId w:val="64688258"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19347,51 +19369,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId623157727" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId409946899" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId323868ddb558b2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId882568ddb558b20b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId438868ddb558b27cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId192568ddb558b4e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId838968ddb558b506b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId606968ddb558b50dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId805668ddb558b53c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId125268ddb558b54ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId186668ddb558b5969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId256668ddb558b5e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId294268ddb558b6009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId603668ddb558b26b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId603668ddb558b26b1.jpg"/><Relationship Id="rId115068ddb558b3c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115068ddb558b3c15.jpg"/><Relationship Id="rId698568ddb558b60b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId698568ddb558b60b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId363375503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751334599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId880768fb49bdefa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId598068fb49bdefaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId391168fb49bdefcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId729668fb49bdf27d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId222568fb49bdf29f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId573468fb49bdf2a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId960068fb49bdf313e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId146068fb49bdf328f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId619368fb49bdf373c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId911068fb49bdf3c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId952368fb49bdf3dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId983168fb49bdefb91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983168fb49bdefb91.jpg"/><Relationship Id="rId258268fb49bdf1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId258268fb49bdf1554.jpg"/><Relationship Id="rId687368fb49bdf3e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId687368fb49bdf3e87.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>