--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId880768fb49bdefa42" w:history="1">
+            <w:hyperlink r:id="rId81016917cac950fda" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598068fb49bdefaad" w:history="1">
+            <w:hyperlink r:id="rId97556917cac951044" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91272109" name="name745868fb49bdefb92" descr="17785.jpg"/>
+                  <wp:docPr id="19684449" name="name88376917cac9517d8" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId983168fb49bdefb91" cstate="print"/>
+                          <a:blip r:embed="rId11076917cac9517d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId391168fb49bdefcac" w:history="1">
+            <w:hyperlink r:id="rId12276917cac9518fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1157,50 +1157,70 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Host list:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Solanum demissum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Solanum lycopersicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum melongena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1422,63 +1442,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20370471" name="name926268fb49bdf1557" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="38037153" name="name31356917cac952a5d" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId258268fb49bdf1554" cstate="print"/>
+                    <a:blip r:embed="rId76346917cac952a5a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3925,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729668fb49bdf27d2" w:history="1">
+      <w:hyperlink r:id="rId79726917cac953c39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4260,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222568fb49bdf29f8" w:history="1">
+      <w:hyperlink r:id="rId10416917cac953e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4330,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573468fb49bdf2a6c" w:history="1">
+      <w:hyperlink r:id="rId16466917cac953ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960068fb49bdf313e" w:history="1">
+      <w:hyperlink r:id="rId13926917cac9541c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4978,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146068fb49bdf328f" w:history="1">
+      <w:hyperlink r:id="rId98666917cac954305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5705,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619368fb49bdf373c" w:history="1">
+      <w:hyperlink r:id="rId21386917cac954793" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6511,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911068fb49bdf3c79" w:history="1">
+      <w:hyperlink r:id="rId72636917cac954cb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6717,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952368fb49bdf3dc1" w:history="1">
+      <w:hyperlink r:id="rId61756917cac954dfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43956412" name="name946768fb49bdf3e88" descr="eu_funding_250.png"/>
+            <wp:docPr id="21175645" name="name78926917cac954f9f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId687368fb49bdf3e87" cstate="print"/>
+                    <a:blip r:embed="rId28986917cac954f9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6889,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64688258">
+  <w:abstractNum w:abstractNumId="21608093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50953072">
+    <w:lvl w:ilvl="0" w:tplc="55056015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50953072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55056015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64688257">
+  <w:abstractNum w:abstractNumId="21608092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12291303">
+    <w:lvl w:ilvl="0" w:tplc="56628071">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7771,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64688257">
-    <w:abstractNumId w:val="64688257"/>
+  <w:num w:numId="21608092">
+    <w:abstractNumId w:val="21608092"/>
   </w:num>
-  <w:num w:numId="64688258">
-    <w:abstractNumId w:val="64688258"/>
+  <w:num w:numId="21608093">
+    <w:abstractNumId w:val="21608093"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19369,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId363375503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751334599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId880768fb49bdefa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId598068fb49bdefaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId391168fb49bdefcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId729668fb49bdf27d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId222568fb49bdf29f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId573468fb49bdf2a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId960068fb49bdf313e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId146068fb49bdf328f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId619368fb49bdf373c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId911068fb49bdf3c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId952368fb49bdf3dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId983168fb49bdefb91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId983168fb49bdefb91.jpg"/><Relationship Id="rId258268fb49bdf1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId258268fb49bdf1554.jpg"/><Relationship Id="rId687368fb49bdf3e87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId687368fb49bdf3e87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId277599457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126943433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81016917cac950fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId97556917cac951044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId12276917cac9518fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId79726917cac953c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId10416917cac953e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId16466917cac953ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId13926917cac9541c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId98666917cac954305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId21386917cac954793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId72636917cac954cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61756917cac954dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId11076917cac9517d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11076917cac9517d6.jpg"/><Relationship Id="rId76346917cac952a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76346917cac952a5a.jpg"/><Relationship Id="rId28986917cac954f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28986917cac954f9d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>