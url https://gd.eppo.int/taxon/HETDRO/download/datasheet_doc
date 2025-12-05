--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81016917cac950fda" w:history="1">
+            <w:hyperlink r:id="rId41686932d42440e34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97556917cac951044" w:history="1">
+            <w:hyperlink r:id="rId67326932d42440ea0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19684449" name="name88376917cac9517d8" descr="17785.jpg"/>
+                  <wp:docPr id="35305946" name="name69986932d4244472c" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11076917cac9517d6" cstate="print"/>
+                          <a:blip r:embed="rId53946932d42444728" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId12276917cac9518fc" w:history="1">
+            <w:hyperlink r:id="rId83956932d42444850" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1442,63 +1442,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38037153" name="name31356917cac952a5d" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="49641786" name="name18516932d42445e3d" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76346917cac952a5a" cstate="print"/>
+                    <a:blip r:embed="rId80296932d42445e38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3945,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79726917cac953c39" w:history="1">
+      <w:hyperlink r:id="rId68476932d424471d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10416917cac953e59" w:history="1">
+      <w:hyperlink r:id="rId93236932d424473fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4350,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16466917cac953ecc" w:history="1">
+      <w:hyperlink r:id="rId11306932d42449416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13926917cac9541c8" w:history="1">
+      <w:hyperlink r:id="rId45256932d4244977f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98666917cac954305" w:history="1">
+      <w:hyperlink r:id="rId20486932d424498b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21386917cac954793" w:history="1">
+      <w:hyperlink r:id="rId53796932d42449d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72636917cac954cb1" w:history="1">
+      <w:hyperlink r:id="rId48786932d4244a2f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6737,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61756917cac954dfe" w:history="1">
+      <w:hyperlink r:id="rId62866932d4244a44b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21175645" name="name78926917cac954f9f" descr="eu_funding_250.png"/>
+            <wp:docPr id="34389525" name="name91276932d4244ddc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28986917cac954f9d" cstate="print"/>
+                    <a:blip r:embed="rId98786932d4244ddc6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6909,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21608093">
+  <w:abstractNum w:abstractNumId="56087351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55056015">
+    <w:lvl w:ilvl="0" w:tplc="96521856">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55056015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96521856" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21608092">
+  <w:abstractNum w:abstractNumId="56087350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56628071">
+    <w:lvl w:ilvl="0" w:tplc="14683917">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7791,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21608092">
-    <w:abstractNumId w:val="21608092"/>
+  <w:num w:numId="56087350">
+    <w:abstractNumId w:val="56087350"/>
   </w:num>
-  <w:num w:numId="21608093">
-    <w:abstractNumId w:val="21608093"/>
+  <w:num w:numId="56087351">
+    <w:abstractNumId w:val="56087351"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19389,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId277599457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126943433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81016917cac950fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId97556917cac951044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId12276917cac9518fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId79726917cac953c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId10416917cac953e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId16466917cac953ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId13926917cac9541c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId98666917cac954305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId21386917cac954793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId72636917cac954cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61756917cac954dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId11076917cac9517d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11076917cac9517d6.jpg"/><Relationship Id="rId76346917cac952a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76346917cac952a5a.jpg"/><Relationship Id="rId28986917cac954f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28986917cac954f9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295924984" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId741700820" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41686932d42440e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId67326932d42440ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId83956932d42444850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId68476932d424471d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId93236932d424473fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId11306932d42449416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId45256932d4244977f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId20486932d424498b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId53796932d42449d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId48786932d4244a2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62866932d4244a44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId53946932d42444728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53946932d42444728.jpg"/><Relationship Id="rId80296932d42445e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80296932d42445e38.jpg"/><Relationship Id="rId98786932d4244ddc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98786932d4244ddc6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>