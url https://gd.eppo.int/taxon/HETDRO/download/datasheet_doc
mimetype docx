--- v3 (2025-12-05)
+++ v4 (2026-01-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41686932d42440e34" w:history="1">
+            <w:hyperlink r:id="rId5482695de6ce5c1ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67326932d42440ea0" w:history="1">
+            <w:hyperlink r:id="rId3400695de6ce5c217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35305946" name="name69986932d4244472c" descr="17785.jpg"/>
+                  <wp:docPr id="28301012" name="name8647695de6ce5c2fa" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53946932d42444728" cstate="print"/>
+                          <a:blip r:embed="rId8825695de6ce5c2f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId83956932d42444850" w:history="1">
+            <w:hyperlink r:id="rId5885695de6ce5c433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1442,105 +1442,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49641786" name="name18516932d42445e3d" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="34861272" name="name1573695de6ce5db7b" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80296932d42445e38" cstate="print"/>
+                    <a:blip r:embed="rId9549695de6ce5db78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Lithuania, Luxembourg, Malta, Netherlands, Norway, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Malta, Netherlands, Norway, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Egypt, Kenya, Libya, Rwanda, South Africa, Tunisia, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3945,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68476932d424471d3" w:history="1">
+      <w:hyperlink r:id="rId8556695de6ce5ef1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93236932d424473fd" w:history="1">
+      <w:hyperlink r:id="rId8663695de6ce5f146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4350,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11306932d42449416" w:history="1">
+      <w:hyperlink r:id="rId4986695de6ce5f1b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45256932d4244977f" w:history="1">
+      <w:hyperlink r:id="rId5131695de6ce5f4b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20486932d424498b8" w:history="1">
+      <w:hyperlink r:id="rId8848695de6ce5f5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53796932d42449d8e" w:history="1">
+      <w:hyperlink r:id="rId6154695de6ce5fa7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6509,73 +6509,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48786932d4244a2f0" w:history="1">
+      <w:hyperlink r:id="rId2331695de6ce5ffd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6737,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62866932d4244a44b" w:history="1">
+      <w:hyperlink r:id="rId4820695de6ce60142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34389525" name="name91276932d4244ddc9" descr="eu_funding_250.png"/>
+            <wp:docPr id="9108049" name="name8608695de6ce601a3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98786932d4244ddc6" cstate="print"/>
+                    <a:blip r:embed="rId2834695de6ce601a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6909,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56087351">
+  <w:abstractNum w:abstractNumId="86976850">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96521856">
+    <w:lvl w:ilvl="0" w:tplc="82947005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96521856" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82947005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56087350">
+  <w:abstractNum w:abstractNumId="86976849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14683917">
+    <w:lvl w:ilvl="0" w:tplc="94927012">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7791,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56087350">
-    <w:abstractNumId w:val="56087350"/>
+  <w:num w:numId="86976849">
+    <w:abstractNumId w:val="86976849"/>
   </w:num>
-  <w:num w:numId="56087351">
-    <w:abstractNumId w:val="56087351"/>
+  <w:num w:numId="86976850">
+    <w:abstractNumId w:val="86976850"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19389,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295924984" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId741700820" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41686932d42440e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId67326932d42440ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId83956932d42444850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId68476932d424471d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId93236932d424473fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId11306932d42449416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId45256932d4244977f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId20486932d424498b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId53796932d42449d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId48786932d4244a2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62866932d4244a44b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId53946932d42444728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53946932d42444728.jpg"/><Relationship Id="rId80296932d42445e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80296932d42445e38.jpg"/><Relationship Id="rId98786932d4244ddc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98786932d4244ddc6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316864846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId624243234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5482695de6ce5c1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId3400695de6ce5c217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId5885695de6ce5c433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId8556695de6ce5ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId8663695de6ce5f146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId4986695de6ce5f1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId5131695de6ce5f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8848695de6ce5f5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId6154695de6ce5fa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2331695de6ce5ffd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4820695de6ce60142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId8825695de6ce5c2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8825695de6ce5c2f9.jpg"/><Relationship Id="rId9549695de6ce5db78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9549695de6ce5db78.jpg"/><Relationship Id="rId2834695de6ce601a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834695de6ce601a2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>