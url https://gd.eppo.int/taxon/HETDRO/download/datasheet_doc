--- v4 (2026-01-07)
+++ v5 (2026-02-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5482695de6ce5c1ab" w:history="1">
+            <w:hyperlink r:id="rId27846991736f2a272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3400695de6ce5c217" w:history="1">
+            <w:hyperlink r:id="rId11216991736f2a2db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28301012" name="name8647695de6ce5c2fa" descr="17785.jpg"/>
+                  <wp:docPr id="44773533" name="name68126991736f2a961" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8825695de6ce5c2f9" cstate="print"/>
+                          <a:blip r:embed="rId56036991736f2a95e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5885695de6ce5c433" w:history="1">
+            <w:hyperlink r:id="rId84426991736f2aa94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1442,126 +1442,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34861272" name="name1573695de6ce5db7b" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="32268639" name="name78506991736f2bd37" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9549695de6ce5db78" cstate="print"/>
+                    <a:blip r:embed="rId60136991736f2bd32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Malta, Netherlands, Norway, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Denmark, Estonia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Hungary, Ireland, Italy (mainland, Sicilia), Kazakhstan, Kyrgyzstan, Latvia, Liechtenstein, Lithuania, Luxembourg, Malta, Netherlands, Norway, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Egypt, Kenya, Libya, Rwanda, South Africa, Tunisia, Uganda</w:t>
+        <w:t xml:space="preserve"> Algeria, Egypt, Kenya, Libya, Rwanda, South Africa, Tanzania, United Republic of, Tunisia, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guizhou, Sichuan, Yunnan), India (Himachal Pradesh, Jammu &amp; Kashmir, Tamil Nadu, Uttarakhand), Indonesia (Java, Sulawesi, Sumatra), Iran, Islamic Republic of, Japan (Hokkaido, Kyushu), Kazakhstan, Kyrgyzstan, Lebanon, Oman, Pakistan, Philippines, Sri Lanka, Tajikistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3945,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8556695de6ce5ef1d" w:history="1">
+      <w:hyperlink r:id="rId36026991736f2cf84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8663695de6ce5f146" w:history="1">
+      <w:hyperlink r:id="rId12726991736f2d1a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4350,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4986695de6ce5f1b9" w:history="1">
+      <w:hyperlink r:id="rId88606991736f2d217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5131695de6ce5f4b5" w:history="1">
+      <w:hyperlink r:id="rId97116991736f2d517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8848695de6ce5f5e2" w:history="1">
+      <w:hyperlink r:id="rId66676991736f2d641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6154695de6ce5fa7b" w:history="1">
+      <w:hyperlink r:id="rId76286991736f2dacb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2331695de6ce5ffd2" w:history="1">
+      <w:hyperlink r:id="rId12366991736f2e01e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6737,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820695de6ce60142" w:history="1">
+      <w:hyperlink r:id="rId63936991736f2e165" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9108049" name="name8608695de6ce601a3" descr="eu_funding_250.png"/>
+            <wp:docPr id="39936094" name="name32346991736f2e1fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2834695de6ce601a2" cstate="print"/>
+                    <a:blip r:embed="rId16576991736f2e1fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6909,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86976850">
+  <w:abstractNum w:abstractNumId="40496173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82947005">
+    <w:lvl w:ilvl="0" w:tplc="39635881">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82947005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39635881" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86976849">
+  <w:abstractNum w:abstractNumId="40496172">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94927012">
+    <w:lvl w:ilvl="0" w:tplc="77736337">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7791,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86976849">
-    <w:abstractNumId w:val="86976849"/>
+  <w:num w:numId="40496172">
+    <w:abstractNumId w:val="40496172"/>
   </w:num>
-  <w:num w:numId="86976850">
-    <w:abstractNumId w:val="86976850"/>
+  <w:num w:numId="40496173">
+    <w:abstractNumId w:val="40496173"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19389,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316864846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId624243234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5482695de6ce5c1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId3400695de6ce5c217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId5885695de6ce5c433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId8556695de6ce5ef1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId8663695de6ce5f146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId4986695de6ce5f1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId5131695de6ce5f4b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8848695de6ce5f5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId6154695de6ce5fa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2331695de6ce5ffd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4820695de6ce60142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId8825695de6ce5c2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8825695de6ce5c2f9.jpg"/><Relationship Id="rId9549695de6ce5db78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9549695de6ce5db78.jpg"/><Relationship Id="rId2834695de6ce601a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834695de6ce601a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459329541" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498763146" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27846991736f2a272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId11216991736f2a2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId84426991736f2aa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId36026991736f2cf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId12726991736f2d1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId88606991736f2d217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId97116991736f2d517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId66676991736f2d641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId76286991736f2dacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId12366991736f2e01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63936991736f2e165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId56036991736f2a95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56036991736f2a95e.jpg"/><Relationship Id="rId60136991736f2bd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60136991736f2bd32.jpg"/><Relationship Id="rId16576991736f2e1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16576991736f2e1fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>