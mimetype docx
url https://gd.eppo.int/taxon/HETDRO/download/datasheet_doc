--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27846991736f2a272" w:history="1">
+            <w:hyperlink r:id="rId791869abfcff5b2f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11216991736f2a2db" w:history="1">
+            <w:hyperlink r:id="rId669269abfcff5b359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44773533" name="name68126991736f2a961" descr="17785.jpg"/>
+                  <wp:docPr id="53861974" name="name803269abfcff5bad9" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56036991736f2a95e" cstate="print"/>
+                          <a:blip r:embed="rId809069abfcff5bad7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84426991736f2aa94" w:history="1">
+            <w:hyperlink r:id="rId442369abfcff5bc14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1442,63 +1442,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32268639" name="name78506991736f2bd37" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="87755024" name="name466169abfcff5d3b4" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60136991736f2bd32" cstate="print"/>
+                    <a:blip r:embed="rId847569abfcff5d3b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3945,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36026991736f2cf84" w:history="1">
+      <w:hyperlink r:id="rId441369abfcff5e54c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12726991736f2d1a5" w:history="1">
+      <w:hyperlink r:id="rId957669abfcff5e764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4350,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88606991736f2d217" w:history="1">
+      <w:hyperlink r:id="rId490069abfcff5e7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97116991736f2d517" w:history="1">
+      <w:hyperlink r:id="rId602869abfcff5eac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66676991736f2d641" w:history="1">
+      <w:hyperlink r:id="rId389169abfcff5ec01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76286991736f2dacb" w:history="1">
+      <w:hyperlink r:id="rId339969abfcff5f08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12366991736f2e01e" w:history="1">
+      <w:hyperlink r:id="rId707469abfcff5f5bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6737,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63936991736f2e165" w:history="1">
+      <w:hyperlink r:id="rId884869abfcff5f703" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39936094" name="name32346991736f2e1fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="99599459" name="name851369abfcff5f799" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16576991736f2e1fc" cstate="print"/>
+                    <a:blip r:embed="rId660869abfcff5f798" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6909,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40496173">
+  <w:abstractNum w:abstractNumId="36483856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39635881">
+    <w:lvl w:ilvl="0" w:tplc="38793852">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39635881" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38793852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40496172">
+  <w:abstractNum w:abstractNumId="36483855">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77736337">
+    <w:lvl w:ilvl="0" w:tplc="80799972">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7791,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40496172">
-    <w:abstractNumId w:val="40496172"/>
+  <w:num w:numId="36483855">
+    <w:abstractNumId w:val="36483855"/>
   </w:num>
-  <w:num w:numId="40496173">
-    <w:abstractNumId w:val="40496173"/>
+  <w:num w:numId="36483856">
+    <w:abstractNumId w:val="36483856"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19389,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459329541" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId498763146" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27846991736f2a272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId11216991736f2a2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId84426991736f2aa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId36026991736f2cf84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId12726991736f2d1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId88606991736f2d217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId97116991736f2d517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId66676991736f2d641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId76286991736f2dacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId12366991736f2e01e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63936991736f2e165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId56036991736f2a95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56036991736f2a95e.jpg"/><Relationship Id="rId60136991736f2bd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60136991736f2bd32.jpg"/><Relationship Id="rId16576991736f2e1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16576991736f2e1fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117873103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId531682235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId791869abfcff5b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId669269abfcff5b359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId442369abfcff5bc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId441369abfcff5e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId957669abfcff5e764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId490069abfcff5e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId602869abfcff5eac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId389169abfcff5ec01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId339969abfcff5f08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId707469abfcff5f5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId884869abfcff5f703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId809069abfcff5bad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809069abfcff5bad7.jpg"/><Relationship Id="rId847569abfcff5d3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847569abfcff5d3b2.jpg"/><Relationship Id="rId660869abfcff5f798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660869abfcff5f798.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>