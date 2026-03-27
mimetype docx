--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Wollenweber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> golden nematode, golden potato nematode, potato cyst nematode, yellow potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId791869abfcff5b2f1" w:history="1">
+            <w:hyperlink r:id="rId515169c6bbee40c31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId669269abfcff5b359" w:history="1">
+            <w:hyperlink r:id="rId500969c6bbee40c9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53861974" name="name803269abfcff5bad9" descr="17785.jpg"/>
+                  <wp:docPr id="18162979" name="name162769c6bbee41239" descr="17785.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17785.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId809069abfcff5bad7" cstate="print"/>
+                          <a:blip r:embed="rId608669c6bbee41237" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId442369abfcff5bc14" w:history="1">
+            <w:hyperlink r:id="rId671369c6bbee41360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1442,63 +1442,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87755024" name="name466169abfcff5d3b4" descr="HETDRO_distribution_map.jpg"/>
+            <wp:docPr id="59790602" name="name656669c6bbee424b3" descr="HETDRO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDRO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId847569abfcff5d3b2" cstate="print"/>
+                    <a:blip r:embed="rId200869c6bbee424b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3945,51 +3945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 606178.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441369abfcff5e54c" w:history="1">
+      <w:hyperlink r:id="rId473869c6bbee436b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2020.606178</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4280,51 +4280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957669abfcff5e764" w:history="1">
+      <w:hyperlink r:id="rId477369c6bbee438db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4350,51 +4350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490069abfcff5e7d5" w:history="1">
+      <w:hyperlink r:id="rId252269c6bbee4394e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602869abfcff5eac2" w:history="1">
+      <w:hyperlink r:id="rId992169c6bbee43c3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4998,51 +4998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389169abfcff5ec01" w:history="1">
+      <w:hyperlink r:id="rId755569c6bbee43d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5725,51 +5725,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-153.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339969abfcff5f08f" w:history="1">
+      <w:hyperlink r:id="rId405269c6bbee441f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6531,51 +6531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707469abfcff5f5bd" w:history="1">
+      <w:hyperlink r:id="rId496469c6bbee44804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6737,81 +6737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera rostochiensis. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884869abfcff5f703" w:history="1">
+      <w:hyperlink r:id="rId559169c6bbee4494f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01753.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99599459" name="name851369abfcff5f799" descr="eu_funding_250.png"/>
+            <wp:docPr id="57292215" name="name541169c6bbee44be0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId660869abfcff5f798" cstate="print"/>
+                    <a:blip r:embed="rId835269c6bbee44bdf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6909,137 +6909,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36483856">
+  <w:abstractNum w:abstractNumId="58216058">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38793852">
+    <w:lvl w:ilvl="0" w:tplc="20539911">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38793852" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20539911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36483855">
+  <w:abstractNum w:abstractNumId="58216057">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80799972">
+    <w:lvl w:ilvl="0" w:tplc="11877341">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7791,55 +7791,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36483855">
-    <w:abstractNumId w:val="36483855"/>
+  <w:num w:numId="58216057">
+    <w:abstractNumId w:val="58216057"/>
   </w:num>
-  <w:num w:numId="36483856">
-    <w:abstractNumId w:val="36483856"/>
+  <w:num w:numId="58216058">
+    <w:abstractNumId w:val="58216058"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19389,51 +19389,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117873103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId531682235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId791869abfcff5b2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId669269abfcff5b359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId442369abfcff5bc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId441369abfcff5e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId957669abfcff5e764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId490069abfcff5e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId602869abfcff5eac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId389169abfcff5ec01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId339969abfcff5f08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId707469abfcff5f5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId884869abfcff5f703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId809069abfcff5bad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809069abfcff5bad7.jpg"/><Relationship Id="rId847569abfcff5d3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847569abfcff5d3b2.jpg"/><Relationship Id="rId660869abfcff5f798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660869abfcff5f798.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId287341807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId742801217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515169c6bbee40c31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/" TargetMode="External"/><Relationship Id="rId500969c6bbee40c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/categorization" TargetMode="External"/><Relationship Id="rId671369c6bbee41360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDRO/photos" TargetMode="External"/><Relationship Id="rId473869c6bbee436b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2020.606178" TargetMode="External"/><Relationship Id="rId477369c6bbee438db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId252269c6bbee4394e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId992169c6bbee43c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId755569c6bbee43d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId405269c6bbee441f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId496469c6bbee44804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId559169c6bbee4494f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01753.x" TargetMode="External"/><Relationship Id="rId608669c6bbee41237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608669c6bbee41237.jpg"/><Relationship Id="rId200869c6bbee424b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200869c6bbee424b0.jpg"/><Relationship Id="rId835269c6bbee44bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835269c6bbee44bdf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>