--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372968e0957291d37" w:history="1">
+            <w:hyperlink r:id="rId790768fbc393d5a40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId930368e0957291d9f" w:history="1">
+            <w:hyperlink r:id="rId694768fbc393d5aab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3500178" name="name121168e09572923c7" descr="17783.jpg"/>
+                  <wp:docPr id="30458058" name="name288968fbc393d5ecb" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId909068e09572923c6" cstate="print"/>
+                          <a:blip r:embed="rId911168fbc393d5ec9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId180668e09572924ee" w:history="1">
+            <w:hyperlink r:id="rId399068fbc393d5faf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51558347" name="name304068e09572937a6" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="15231552" name="name240768fbc393d726d" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId952168e09572937a3" cstate="print"/>
+                    <a:blip r:embed="rId239668fbc393d726b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227568e09572949c7" w:history="1">
+      <w:hyperlink r:id="rId867568fbc393d8372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955568e0957294a59" w:history="1">
+      <w:hyperlink r:id="rId572768fbc393d83e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813768e0957294a9a" w:history="1">
+      <w:hyperlink r:id="rId784168fbc393d8417" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208968e0957294efc" w:history="1">
+      <w:hyperlink r:id="rId158168fbc393d8832" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId937168e0957295295" w:history="1">
+      <w:hyperlink r:id="rId971768fbc393d8b82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199268e0957295bee" w:history="1">
+      <w:hyperlink r:id="rId301768fbc393d93c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678568e0957295d9c" w:history="1">
+      <w:hyperlink r:id="rId900368fbc393d9527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12573692" name="name167968e0957295e02" descr="eu_funding_250.png"/>
+            <wp:docPr id="16114013" name="name445768fbc393d9575" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId423368e0957295e01" cstate="print"/>
+                    <a:blip r:embed="rId960468fbc393d9574" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62969690">
+  <w:abstractNum w:abstractNumId="24271200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24918572">
+    <w:lvl w:ilvl="0" w:tplc="49569741">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24918572" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49569741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62969689">
+  <w:abstractNum w:abstractNumId="24271199">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30274772">
+    <w:lvl w:ilvl="0" w:tplc="11869873">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62969689">
-    <w:abstractNumId w:val="62969689"/>
+  <w:num w:numId="24271199">
+    <w:abstractNumId w:val="24271199"/>
   </w:num>
-  <w:num w:numId="62969690">
-    <w:abstractNumId w:val="62969690"/>
+  <w:num w:numId="24271200">
+    <w:abstractNumId w:val="24271200"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118473335" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237853808" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId372968e0957291d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId930368e0957291d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId180668e09572924ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId227568e09572949c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId955568e0957294a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId813768e0957294a9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId208968e0957294efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId937168e0957295295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId199268e0957295bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId678568e0957295d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId909068e09572923c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId909068e09572923c6.jpg"/><Relationship Id="rId952168e09572937a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId952168e09572937a3.jpg"/><Relationship Id="rId423368e0957295e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423368e0957295e01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397048858" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220607404" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790768fbc393d5a40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId694768fbc393d5aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId399068fbc393d5faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId867568fbc393d8372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId572768fbc393d83e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId784168fbc393d8417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId158168fbc393d8832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId971768fbc393d8b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId301768fbc393d93c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900368fbc393d9527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId911168fbc393d5ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911168fbc393d5ec9.jpg"/><Relationship Id="rId239668fbc393d726b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239668fbc393d726b.jpg"/><Relationship Id="rId960468fbc393d9574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960468fbc393d9574.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>