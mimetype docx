--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790768fbc393d5a40" w:history="1">
+            <w:hyperlink r:id="rId75186917cb830250c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId694768fbc393d5aab" w:history="1">
+            <w:hyperlink r:id="rId27096917cb8302574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30458058" name="name288968fbc393d5ecb" descr="17783.jpg"/>
+                  <wp:docPr id="90460372" name="name75296917cb8302bae" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId911168fbc393d5ec9" cstate="print"/>
+                          <a:blip r:embed="rId37506917cb8302bac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId399068fbc393d5faf" w:history="1">
+            <w:hyperlink r:id="rId64116917cb8302cee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15231552" name="name240768fbc393d726d" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="70419244" name="name45776917cb8304279" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId239668fbc393d726b" cstate="print"/>
+                    <a:blip r:embed="rId59626917cb8304275" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867568fbc393d8372" w:history="1">
+      <w:hyperlink r:id="rId45746917cb8305422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572768fbc393d83e4" w:history="1">
+      <w:hyperlink r:id="rId99596917cb83054a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784168fbc393d8417" w:history="1">
+      <w:hyperlink r:id="rId76296917cb83054de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158168fbc393d8832" w:history="1">
+      <w:hyperlink r:id="rId16686917cb8305933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971768fbc393d8b82" w:history="1">
+      <w:hyperlink r:id="rId17146917cb8305c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301768fbc393d93c9" w:history="1">
+      <w:hyperlink r:id="rId86036917cb830650c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900368fbc393d9527" w:history="1">
+      <w:hyperlink r:id="rId36956917cb830665f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16114013" name="name445768fbc393d9575" descr="eu_funding_250.png"/>
+            <wp:docPr id="64032725" name="name11016917cb83066c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId960468fbc393d9574" cstate="print"/>
+                    <a:blip r:embed="rId19146917cb83066c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24271200">
+  <w:abstractNum w:abstractNumId="81562085">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49569741">
+    <w:lvl w:ilvl="0" w:tplc="75031118">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49569741" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75031118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24271199">
+  <w:abstractNum w:abstractNumId="81562084">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11869873">
+    <w:lvl w:ilvl="0" w:tplc="14946871">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24271199">
-    <w:abstractNumId w:val="24271199"/>
+  <w:num w:numId="81562084">
+    <w:abstractNumId w:val="81562084"/>
   </w:num>
-  <w:num w:numId="24271200">
-    <w:abstractNumId w:val="24271200"/>
+  <w:num w:numId="81562085">
+    <w:abstractNumId w:val="81562085"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397048858" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220607404" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790768fbc393d5a40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId694768fbc393d5aab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId399068fbc393d5faf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId867568fbc393d8372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId572768fbc393d83e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId784168fbc393d8417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId158168fbc393d8832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId971768fbc393d8b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId301768fbc393d93c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900368fbc393d9527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId911168fbc393d5ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911168fbc393d5ec9.jpg"/><Relationship Id="rId239668fbc393d726b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239668fbc393d726b.jpg"/><Relationship Id="rId960468fbc393d9574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId960468fbc393d9574.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455541386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId410817642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75186917cb830250c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId27096917cb8302574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId64116917cb8302cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId45746917cb8305422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId99596917cb83054a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId76296917cb83054de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId16686917cb8305933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId17146917cb8305c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId86036917cb830650c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36956917cb830665f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId37506917cb8302bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37506917cb8302bac.jpg"/><Relationship Id="rId59626917cb8304275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59626917cb8304275.jpg"/><Relationship Id="rId19146917cb83066c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19146917cb83066c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>