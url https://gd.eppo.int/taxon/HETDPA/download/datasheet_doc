--- v2 (2025-11-15)
+++ v3 (2025-12-05)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75186917cb830250c" w:history="1">
+            <w:hyperlink r:id="rId11476932d33b18653" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27096917cb8302574" w:history="1">
+            <w:hyperlink r:id="rId41766932d33b186e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90460372" name="name75296917cb8302bae" descr="17783.jpg"/>
+                  <wp:docPr id="96813340" name="name42556932d33b18e59" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37506917cb8302bac" cstate="print"/>
+                          <a:blip r:embed="rId21736932d33b18e57" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId64116917cb8302cee" w:history="1">
+            <w:hyperlink r:id="rId99386932d33b18fa4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70419244" name="name45776917cb8304279" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="15600125" name="name82156932d33b1a432" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59626917cb8304275" cstate="print"/>
+                    <a:blip r:embed="rId17386932d33b1a42d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45746917cb8305422" w:history="1">
+      <w:hyperlink r:id="rId11186932d33b1b699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99596917cb83054a7" w:history="1">
+      <w:hyperlink r:id="rId75476932d33b1b712" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76296917cb83054de" w:history="1">
+      <w:hyperlink r:id="rId16436932d33b1b749" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16686917cb8305933" w:history="1">
+      <w:hyperlink r:id="rId10876932d33b1bba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17146917cb8305c89" w:history="1">
+      <w:hyperlink r:id="rId28026932d33b1bf03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86036917cb830650c" w:history="1">
+      <w:hyperlink r:id="rId81906932d33b1c9c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36956917cb830665f" w:history="1">
+      <w:hyperlink r:id="rId97286932d33b1cb1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64032725" name="name11016917cb83066c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="64484077" name="name89906932d33b1cb8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19146917cb83066c2" cstate="print"/>
+                    <a:blip r:embed="rId47806932d33b1cb89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81562085">
+  <w:abstractNum w:abstractNumId="43169676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75031118">
+    <w:lvl w:ilvl="0" w:tplc="11302823">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75031118" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11302823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81562084">
+  <w:abstractNum w:abstractNumId="43169675">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14946871">
+    <w:lvl w:ilvl="0" w:tplc="38742447">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81562084">
-    <w:abstractNumId w:val="81562084"/>
+  <w:num w:numId="43169675">
+    <w:abstractNumId w:val="43169675"/>
   </w:num>
-  <w:num w:numId="81562085">
-    <w:abstractNumId w:val="81562085"/>
+  <w:num w:numId="43169676">
+    <w:abstractNumId w:val="43169676"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455541386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId410817642" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75186917cb830250c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId27096917cb8302574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId64116917cb8302cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId45746917cb8305422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId99596917cb83054a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId76296917cb83054de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId16686917cb8305933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId17146917cb8305c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId86036917cb830650c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId36956917cb830665f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId37506917cb8302bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37506917cb8302bac.jpg"/><Relationship Id="rId59626917cb8304275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59626917cb8304275.jpg"/><Relationship Id="rId19146917cb83066c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19146917cb83066c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912632491" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344058562" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11476932d33b18653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId41766932d33b186e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId99386932d33b18fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId11186932d33b1b699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId75476932d33b1b712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId16436932d33b1b749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId10876932d33b1bba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId28026932d33b1bf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId81906932d33b1c9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97286932d33b1cb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId21736932d33b18e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736932d33b18e57.jpg"/><Relationship Id="rId17386932d33b1a42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17386932d33b1a42d.jpg"/><Relationship Id="rId47806932d33b1cb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47806932d33b1cb89.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>