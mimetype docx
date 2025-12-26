--- v3 (2025-12-05)
+++ v4 (2025-12-26)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11476932d33b18653" w:history="1">
+            <w:hyperlink r:id="rId8448694dd6c2adea4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41766932d33b186e4" w:history="1">
+            <w:hyperlink r:id="rId8667694dd6c2adf0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96813340" name="name42556932d33b18e59" descr="17783.jpg"/>
+                  <wp:docPr id="85683017" name="name6076694dd6c2ae3d3" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21736932d33b18e57" cstate="print"/>
+                          <a:blip r:embed="rId7388694dd6c2ae3d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99386932d33b18fa4" w:history="1">
+            <w:hyperlink r:id="rId1073694dd6c2ae4da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15600125" name="name82156932d33b1a432" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="11454223" name="name8209694dd6c2af99f" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17386932d33b1a42d" cstate="print"/>
+                    <a:blip r:embed="rId4799694dd6c2af99c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11186932d33b1b699" w:history="1">
+      <w:hyperlink r:id="rId6025694dd6c2b0b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75476932d33b1b712" w:history="1">
+      <w:hyperlink r:id="rId7901694dd6c2b0bc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16436932d33b1b749" w:history="1">
+      <w:hyperlink r:id="rId9727694dd6c2b0c16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10876932d33b1bba8" w:history="1">
+      <w:hyperlink r:id="rId8452694dd6c2b106c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28026932d33b1bf03" w:history="1">
+      <w:hyperlink r:id="rId4485694dd6c2b13c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81906932d33b1c9c1" w:history="1">
+      <w:hyperlink r:id="rId2633694dd6c2b1c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97286932d33b1cb1d" w:history="1">
+      <w:hyperlink r:id="rId8016694dd6c2b1d9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64484077" name="name89906932d33b1cb8a" descr="eu_funding_250.png"/>
+            <wp:docPr id="45380878" name="name4806694dd6c2b1e2e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47806932d33b1cb89" cstate="print"/>
+                    <a:blip r:embed="rId1009694dd6c2b1e2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43169676">
+  <w:abstractNum w:abstractNumId="97088168">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11302823">
+    <w:lvl w:ilvl="0" w:tplc="70635952">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11302823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70635952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43169675">
+  <w:abstractNum w:abstractNumId="97088167">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38742447">
+    <w:lvl w:ilvl="0" w:tplc="63278846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43169675">
-    <w:abstractNumId w:val="43169675"/>
+  <w:num w:numId="97088167">
+    <w:abstractNumId w:val="97088167"/>
   </w:num>
-  <w:num w:numId="43169676">
-    <w:abstractNumId w:val="43169676"/>
+  <w:num w:numId="97088168">
+    <w:abstractNumId w:val="97088168"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912632491" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344058562" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11476932d33b18653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId41766932d33b186e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId99386932d33b18fa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId11186932d33b1b699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId75476932d33b1b712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId16436932d33b1b749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId10876932d33b1bba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId28026932d33b1bf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId81906932d33b1c9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97286932d33b1cb1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId21736932d33b18e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736932d33b18e57.jpg"/><Relationship Id="rId17386932d33b1a42d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17386932d33b1a42d.jpg"/><Relationship Id="rId47806932d33b1cb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47806932d33b1cb89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415070207" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713960398" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8448694dd6c2adea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId8667694dd6c2adf0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId1073694dd6c2ae4da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId6025694dd6c2b0b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId7901694dd6c2b0bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId9727694dd6c2b0c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId8452694dd6c2b106c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId4485694dd6c2b13c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2633694dd6c2b1c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8016694dd6c2b1d9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId7388694dd6c2ae3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7388694dd6c2ae3d2.jpg"/><Relationship Id="rId4799694dd6c2af99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4799694dd6c2af99c.jpg"/><Relationship Id="rId1009694dd6c2b1e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1009694dd6c2b1e2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>