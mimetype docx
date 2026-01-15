--- v4 (2025-12-26)
+++ v5 (2026-01-15)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8448694dd6c2adea4" w:history="1">
+            <w:hyperlink r:id="rId86116968ac4d6ab26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8667694dd6c2adf0c" w:history="1">
+            <w:hyperlink r:id="rId92896968ac4d6ab72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85683017" name="name6076694dd6c2ae3d3" descr="17783.jpg"/>
+                  <wp:docPr id="4506813" name="name18896968ac4d6af57" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7388694dd6c2ae3d2" cstate="print"/>
+                          <a:blip r:embed="rId14446968ac4d6af56" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1073694dd6c2ae4da" w:history="1">
+            <w:hyperlink r:id="rId92636968ac4d6b053" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11454223" name="name8209694dd6c2af99f" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="71554956" name="name73776968ac4d6bd6b" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4799694dd6c2af99c" cstate="print"/>
+                    <a:blip r:embed="rId85076968ac4d6bd69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6025694dd6c2b0b53" w:history="1">
+      <w:hyperlink r:id="rId28536968ac4d6cbb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7901694dd6c2b0bc9" w:history="1">
+      <w:hyperlink r:id="rId74036968ac4d6cc28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9727694dd6c2b0c16" w:history="1">
+      <w:hyperlink r:id="rId45276968ac4d6cc51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8452694dd6c2b106c" w:history="1">
+      <w:hyperlink r:id="rId20876968ac4d6cfa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4485694dd6c2b13c0" w:history="1">
+      <w:hyperlink r:id="rId10166968ac4d6d244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6596,73 +6596,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2633694dd6c2b1c44" w:history="1">
+      <w:hyperlink r:id="rId42656968ac4d6d88c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8016694dd6c2b1d9a" w:history="1">
+      <w:hyperlink r:id="rId22836968ac4d6d97d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45380878" name="name4806694dd6c2b1e2e" descr="eu_funding_250.png"/>
+            <wp:docPr id="45438315" name="name87016968ac4d6d9c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1009694dd6c2b1e2d" cstate="print"/>
+                    <a:blip r:embed="rId82496968ac4d6d9c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97088168">
+  <w:abstractNum w:abstractNumId="45096539">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70635952">
+    <w:lvl w:ilvl="0" w:tplc="21893666">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70635952" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21893666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97088167">
+  <w:abstractNum w:abstractNumId="45096538">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63278846">
+    <w:lvl w:ilvl="0" w:tplc="21435710">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97088167">
-    <w:abstractNumId w:val="97088167"/>
+  <w:num w:numId="45096538">
+    <w:abstractNumId w:val="45096538"/>
   </w:num>
-  <w:num w:numId="97088168">
-    <w:abstractNumId w:val="97088168"/>
+  <w:num w:numId="45096539">
+    <w:abstractNumId w:val="45096539"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId415070207" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713960398" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8448694dd6c2adea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId8667694dd6c2adf0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId1073694dd6c2ae4da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId6025694dd6c2b0b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId7901694dd6c2b0bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId9727694dd6c2b0c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId8452694dd6c2b106c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId4485694dd6c2b13c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2633694dd6c2b1c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8016694dd6c2b1d9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId7388694dd6c2ae3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7388694dd6c2ae3d2.jpg"/><Relationship Id="rId4799694dd6c2af99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4799694dd6c2af99c.jpg"/><Relationship Id="rId1009694dd6c2b1e2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1009694dd6c2b1e2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508043390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715896525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86116968ac4d6ab26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId92896968ac4d6ab72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId92636968ac4d6b053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId28536968ac4d6cbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId74036968ac4d6cc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId45276968ac4d6cc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId20876968ac4d6cfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId10166968ac4d6d244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId42656968ac4d6d88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22836968ac4d6d97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId14446968ac4d6af56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14446968ac4d6af56.jpg"/><Relationship Id="rId85076968ac4d6bd69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85076968ac4d6bd69.jpg"/><Relationship Id="rId82496968ac4d6d9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82496968ac4d6d9c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>