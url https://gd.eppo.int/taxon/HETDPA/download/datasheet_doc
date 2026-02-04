--- v5 (2026-01-15)
+++ v6 (2026-02-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86116968ac4d6ab26" w:history="1">
+            <w:hyperlink r:id="rId569269838c50c1a4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92896968ac4d6ab72" w:history="1">
+            <w:hyperlink r:id="rId753869838c50c1ab7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4506813" name="name18896968ac4d6af57" descr="17783.jpg"/>
+                  <wp:docPr id="23402052" name="name780469838c50c204d" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14446968ac4d6af56" cstate="print"/>
+                          <a:blip r:embed="rId686569838c50c204c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92636968ac4d6b053" w:history="1">
+            <w:hyperlink r:id="rId588669838c50c2160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71554956" name="name73776968ac4d6bd6b" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="55128708" name="name549169838c50c3108" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85076968ac4d6bd69" cstate="print"/>
+                    <a:blip r:embed="rId382369838c50c3105" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28536968ac4d6cbb4" w:history="1">
+      <w:hyperlink r:id="rId248269838c50c4256" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74036968ac4d6cc28" w:history="1">
+      <w:hyperlink r:id="rId547769838c50c42ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45276968ac4d6cc51" w:history="1">
+      <w:hyperlink r:id="rId224669838c50c42ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20876968ac4d6cfa3" w:history="1">
+      <w:hyperlink r:id="rId521769838c50c474f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10166968ac4d6d244" w:history="1">
+      <w:hyperlink r:id="rId280069838c50c4aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42656968ac4d6d88c" w:history="1">
+      <w:hyperlink r:id="rId209869838c50c52f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22836968ac4d6d97d" w:history="1">
+      <w:hyperlink r:id="rId605869838c50c545f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45438315" name="name87016968ac4d6d9c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="96805928" name="name377069838c50c54b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82496968ac4d6d9c1" cstate="print"/>
+                    <a:blip r:embed="rId197169838c50c54b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45096539">
+  <w:abstractNum w:abstractNumId="16471043">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21893666">
+    <w:lvl w:ilvl="0" w:tplc="42241041">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21893666" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42241041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45096538">
+  <w:abstractNum w:abstractNumId="16471042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21435710">
+    <w:lvl w:ilvl="0" w:tplc="42051423">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45096538">
-    <w:abstractNumId w:val="45096538"/>
+  <w:num w:numId="16471042">
+    <w:abstractNumId w:val="16471042"/>
   </w:num>
-  <w:num w:numId="45096539">
-    <w:abstractNumId w:val="45096539"/>
+  <w:num w:numId="16471043">
+    <w:abstractNumId w:val="16471043"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId508043390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId715896525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86116968ac4d6ab26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId92896968ac4d6ab72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId92636968ac4d6b053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId28536968ac4d6cbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId74036968ac4d6cc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId45276968ac4d6cc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId20876968ac4d6cfa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId10166968ac4d6d244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId42656968ac4d6d88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22836968ac4d6d97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId14446968ac4d6af56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14446968ac4d6af56.jpg"/><Relationship Id="rId85076968ac4d6bd69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85076968ac4d6bd69.jpg"/><Relationship Id="rId82496968ac4d6d9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82496968ac4d6d9c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId856791509" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239748552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId569269838c50c1a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId753869838c50c1ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId588669838c50c2160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId248269838c50c4256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId547769838c50c42ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId224669838c50c42ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId521769838c50c474f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId280069838c50c4aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId209869838c50c52f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId605869838c50c545f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId686569838c50c204c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686569838c50c204c.jpg"/><Relationship Id="rId382369838c50c3105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382369838c50c3105.jpg"/><Relationship Id="rId197169838c50c54b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197169838c50c54b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>