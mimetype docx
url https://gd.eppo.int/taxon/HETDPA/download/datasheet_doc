--- v6 (2026-02-04)
+++ v7 (2026-02-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569269838c50c1a4f" w:history="1">
+            <w:hyperlink r:id="rId8106699f63fc68a29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId753869838c50c1ab7" w:history="1">
+            <w:hyperlink r:id="rId2195699f63fc68a94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23402052" name="name780469838c50c204d" descr="17783.jpg"/>
+                  <wp:docPr id="1769905" name="name4896699f63fc68fa0" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId686569838c50c204c" cstate="print"/>
+                          <a:blip r:embed="rId3338699f63fc68f9e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId588669838c50c2160" w:history="1">
+            <w:hyperlink r:id="rId7924699f63fc690f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55128708" name="name549169838c50c3108" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="27697174" name="name5886699f63fc6aa6f" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId382369838c50c3105" cstate="print"/>
+                    <a:blip r:embed="rId7624699f63fc6aa6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248269838c50c4256" w:history="1">
+      <w:hyperlink r:id="rId2820699f63fc6c4a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547769838c50c42ca" w:history="1">
+      <w:hyperlink r:id="rId8630699f63fc6c520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224669838c50c42ff" w:history="1">
+      <w:hyperlink r:id="rId3111699f63fc6c556" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521769838c50c474f" w:history="1">
+      <w:hyperlink r:id="rId4519699f63fc6cb34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280069838c50c4aa7" w:history="1">
+      <w:hyperlink r:id="rId2013699f63fc6cfe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209869838c50c52f1" w:history="1">
+      <w:hyperlink r:id="rId2426699f63fc6da20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605869838c50c545f" w:history="1">
+      <w:hyperlink r:id="rId5041699f63fc6db8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96805928" name="name377069838c50c54b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="63562131" name="name8156699f63fc6e12d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId197169838c50c54b7" cstate="print"/>
+                    <a:blip r:embed="rId4133699f63fc6e12b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16471043">
+  <w:abstractNum w:abstractNumId="93427178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42241041">
+    <w:lvl w:ilvl="0" w:tplc="62327709">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42241041" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62327709" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16471042">
+  <w:abstractNum w:abstractNumId="93427177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42051423">
+    <w:lvl w:ilvl="0" w:tplc="46721309">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16471042">
-    <w:abstractNumId w:val="16471042"/>
+  <w:num w:numId="93427177">
+    <w:abstractNumId w:val="93427177"/>
   </w:num>
-  <w:num w:numId="16471043">
-    <w:abstractNumId w:val="16471043"/>
+  <w:num w:numId="93427178">
+    <w:abstractNumId w:val="93427178"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId856791509" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239748552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId569269838c50c1a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId753869838c50c1ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId588669838c50c2160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId248269838c50c4256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId547769838c50c42ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId224669838c50c42ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId521769838c50c474f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId280069838c50c4aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId209869838c50c52f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId605869838c50c545f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId686569838c50c204c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686569838c50c204c.jpg"/><Relationship Id="rId382369838c50c3105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId382369838c50c3105.jpg"/><Relationship Id="rId197169838c50c54b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197169838c50c54b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId426790546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId905631827" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8106699f63fc68a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId2195699f63fc68a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId7924699f63fc690f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId2820699f63fc6c4a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId8630699f63fc6c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId3111699f63fc6c556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId4519699f63fc6cb34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId2013699f63fc6cfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2426699f63fc6da20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5041699f63fc6db8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId3338699f63fc68f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3338699f63fc68f9e.jpg"/><Relationship Id="rId7624699f63fc6aa6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7624699f63fc6aa6b.jpg"/><Relationship Id="rId4133699f63fc6e12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4133699f63fc6e12b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>