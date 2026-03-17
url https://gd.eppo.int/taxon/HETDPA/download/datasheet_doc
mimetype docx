--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pale potato cyst nematode, white potato cyst nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8106699f63fc68a29" w:history="1">
+            <w:hyperlink r:id="rId752769b9e7abc5551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2195699f63fc68a94" w:history="1">
+            <w:hyperlink r:id="rId624869b9e7abc560e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> HETDPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1769905" name="name4896699f63fc68fa0" descr="17783.jpg"/>
+                  <wp:docPr id="35791126" name="name920169b9e7abc59c7" descr="17783.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17783.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3338699f63fc68f9e" cstate="print"/>
+                          <a:blip r:embed="rId533869b9e7abc59c5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7924699f63fc690f8" w:history="1">
+            <w:hyperlink r:id="rId856269b9e7abc5b42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1516,63 +1516,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">G. rostochiensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, a different centre of origin was suggested in the Andes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27697174" name="name5886699f63fc6aa6f" descr="HETDPA_distribution_map.jpg"/>
+            <wp:docPr id="66108020" name="name296269b9e7abc7231" descr="HETDPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="HETDPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7624699f63fc6aa6b" cstate="print"/>
+                    <a:blip r:embed="rId946269b9e7abc722e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3993,51 +3993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2644, 71 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2820699f63fc6c4a0" w:history="1">
+      <w:hyperlink r:id="rId835769b9e7abc86c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2644</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4063,81 +4063,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication EN-1566. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8630699f63fc6c520" w:history="1">
+      <w:hyperlink r:id="rId900969b9e7abc874f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1566</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Grenier E, Kiewnick S, Smant G, Fournet S, Montarry J, Holterman M, Helder J &amp; Goverse A. Monitoring and tackling genetic selection in the potato cyst nematode Globodera pallida. EFSA supporting publication 2020:EN-1874. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3111699f63fc6c556" w:history="1">
+      <w:hyperlink r:id="rId778969b9e7abc878a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1874 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4769,51 +4769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2007) Council Directive 2007/33/EC of 11 June 2007 on the control of potato cyst nematodes and repealing Directive 69/465/EEC. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L 156, p. 12-22. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4519699f63fc6cb34" w:history="1">
+      <w:hyperlink r:id="rId357269b9e7abc8e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5298,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molendijk LPG &amp; de Jongh E (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Beheersing van aardappelmoeheid in de akkerbouw: Een update! Alles over aardappelmoeheid (AM): achtergronden, regelgeving, bemonstering, bestrijding en beheersing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2013699f63fc6cfe0" w:history="1">
+      <w:hyperlink r:id="rId931569b9e7abc92e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/517931</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Dutch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Globodera pallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2426699f63fc6da20" w:history="1">
+      <w:hyperlink r:id="rId277269b9e7abc9ca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6833,81 +6833,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 131-133. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5041699f63fc6db8e" w:history="1">
+      <w:hyperlink r:id="rId614069b9e7abc9df9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02785.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63562131" name="name8156699f63fc6e12d" descr="eu_funding_250.png"/>
+            <wp:docPr id="66533305" name="name419869b9e7abc9e5d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4133699f63fc6e12b" cstate="print"/>
+                    <a:blip r:embed="rId986269b9e7abc9e5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7005,137 +7005,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93427178">
+  <w:abstractNum w:abstractNumId="56318815">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62327709">
+    <w:lvl w:ilvl="0" w:tplc="50792594">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62327709" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50792594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93427177">
+  <w:abstractNum w:abstractNumId="56318814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46721309">
+    <w:lvl w:ilvl="0" w:tplc="98260613">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7887,55 +7887,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93427177">
-    <w:abstractNumId w:val="93427177"/>
+  <w:num w:numId="56318814">
+    <w:abstractNumId w:val="56318814"/>
   </w:num>
-  <w:num w:numId="93427178">
-    <w:abstractNumId w:val="93427178"/>
+  <w:num w:numId="56318815">
+    <w:abstractNumId w:val="56318815"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19485,51 +19485,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId426790546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId905631827" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8106699f63fc68a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId2195699f63fc68a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId7924699f63fc690f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId2820699f63fc6c4a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId8630699f63fc6c520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId3111699f63fc6c556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId4519699f63fc6cb34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId2013699f63fc6cfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId2426699f63fc6da20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5041699f63fc6db8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId3338699f63fc68f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3338699f63fc68f9e.jpg"/><Relationship Id="rId7624699f63fc6aa6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7624699f63fc6aa6b.jpg"/><Relationship Id="rId4133699f63fc6e12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4133699f63fc6e12b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348247306" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456187914" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId752769b9e7abc5551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/" TargetMode="External"/><Relationship Id="rId624869b9e7abc560e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/categorization" TargetMode="External"/><Relationship Id="rId856269b9e7abc5b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HETDPA/photos" TargetMode="External"/><Relationship Id="rId835769b9e7abc86c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2644" TargetMode="External"/><Relationship Id="rId900969b9e7abc874f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1566" TargetMode="External"/><Relationship Id="rId778969b9e7abc878a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1874" TargetMode="External"/><Relationship Id="rId357269b9e7abc8e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32007L0033" TargetMode="External"/><Relationship Id="rId931569b9e7abc92e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/517931" TargetMode="External"/><Relationship Id="rId277269b9e7abc9ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId614069b9e7abc9df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02785.x" TargetMode="External"/><Relationship Id="rId533869b9e7abc59c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533869b9e7abc59c5.jpg"/><Relationship Id="rId946269b9e7abc722e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId946269b9e7abc722e.jpg"/><Relationship Id="rId986269b9e7abc9e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986269b9e7abc9e5b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>